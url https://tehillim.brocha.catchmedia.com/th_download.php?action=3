--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="CodexWorld\PhpXlsxGenerator"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1577" uniqueCount="1577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1576" uniqueCount="1576">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>last email sent</t>
   </si>
   <si>
     <t>max names</t>
   </si>
   <si>
     <t>current count</t>
   </si>
   <si>
     <t>Ilana Zigelman </t>
   </si>
   <si>
     <t>zigelman1@gmail.com</t>
   </si>
   <si>
@@ -3798,207 +3798,204 @@
   <si>
     <t>Amy Schneider</t>
   </si>
   <si>
     <t>amysimcha@gmail.com</t>
   </si>
   <si>
     <t>Miriam Therese Dorfman</t>
   </si>
   <si>
     <t>miriamtova7@gmail.com</t>
   </si>
   <si>
     <t>Dobra</t>
   </si>
   <si>
     <t>dobraspin@gmail.com</t>
   </si>
   <si>
     <t>Feige Rivka Grama</t>
   </si>
   <si>
     <t>frgrama@gmail.com</t>
   </si>
   <si>
+    <t>Elana Kaplan</t>
+  </si>
+  <si>
+    <t>elanakaplan@gmail.com</t>
+  </si>
+  <si>
+    <t>Leah Kaplan</t>
+  </si>
+  <si>
+    <t>kaplanrl@gmail.com</t>
+  </si>
+  <si>
+    <t>Fruma Frost</t>
+  </si>
+  <si>
+    <t>frumaestherfrost@gmail.com</t>
+  </si>
+  <si>
+    <t>Lauren Perlman</t>
+  </si>
+  <si>
+    <t>laurenrperlman@gmail.com</t>
+  </si>
+  <si>
+    <t>Leah Rubin</t>
+  </si>
+  <si>
+    <t>leahrubin01@gmail.com</t>
+  </si>
+  <si>
+    <t>Atara Gottesman</t>
+  </si>
+  <si>
+    <t>ataraphoto@gmail.com</t>
+  </si>
+  <si>
+    <t>Shulamit Rubin</t>
+  </si>
+  <si>
+    <t>shuvyshuvy@gmail.com</t>
+  </si>
+  <si>
+    <t>Michael Markovits</t>
+  </si>
+  <si>
+    <t>mdmarkovits@gmail.com</t>
+  </si>
+  <si>
+    <t>Mimi Pollins</t>
+  </si>
+  <si>
+    <t>mimimousegold@gmail.com</t>
+  </si>
+  <si>
+    <t>Hylton Stein</t>
+  </si>
+  <si>
+    <t>hylton.stein@gmail.com</t>
+  </si>
+  <si>
+    <t>Dina Slotkin</t>
+  </si>
+  <si>
+    <t>dinachaya@gmail.com</t>
+  </si>
+  <si>
+    <t>Yocheved Blum</t>
+  </si>
+  <si>
+    <t>ymblum@sbtaxadvice.com</t>
+  </si>
+  <si>
+    <t>Havivah Goldsmith</t>
+  </si>
+  <si>
+    <t>havivah.goldsmith@yahoo.com</t>
+  </si>
+  <si>
+    <t>Jay Wolff</t>
+  </si>
+  <si>
+    <t>Israelwolfden@protonmail.com</t>
+  </si>
+  <si>
+    <t>Miriam Cohen</t>
+  </si>
+  <si>
+    <t>miriamshaindel@gmail.com</t>
+  </si>
+  <si>
+    <t>Rachel Dayanim</t>
+  </si>
+  <si>
+    <t>rdayanim@gmail.com</t>
+  </si>
+  <si>
+    <t>Miriam Reinfeld</t>
+  </si>
+  <si>
+    <t>miriamandvel@gmail.com</t>
+  </si>
+  <si>
+    <t>Eleanor Lebowitz</t>
+  </si>
+  <si>
+    <t>lebowitza@gmail.com</t>
+  </si>
+  <si>
+    <t>Debbi Lederman</t>
+  </si>
+  <si>
+    <t>debbilederman@gmail.com</t>
+  </si>
+  <si>
+    <t>Aliza Felberman</t>
+  </si>
+  <si>
+    <t>alissafel@gmail.com</t>
+  </si>
+  <si>
+    <t>Sarah Rochel Hewitt</t>
+  </si>
+  <si>
+    <t>srhewitt@bell.net</t>
+  </si>
+  <si>
+    <t>Varda Birnbaum</t>
+  </si>
+  <si>
+    <t>bbirnbaum2@gmail.com</t>
+  </si>
+  <si>
+    <t>Aviva Aronov</t>
+  </si>
+  <si>
+    <t>avivarivkaaranov@gmail.com</t>
+  </si>
+  <si>
+    <t>Daniel L</t>
+  </si>
+  <si>
+    <t>howdy613@hotmail.com</t>
+  </si>
+  <si>
+    <t>Tamar Eben Ezra</t>
+  </si>
+  <si>
+    <t>writime@gmail.com</t>
+  </si>
+  <si>
     <t>Chana Lebow</t>
   </si>
   <si>
     <t>chana.lebow@gmail.com</t>
-  </si>
-[...151 lines deleted...]
-    <t>writime@gmail.com</t>
   </si>
   <si>
     <t>Aliza Altmark</t>
   </si>
   <si>
     <t>kessaliza@aol.com</t>
   </si>
   <si>
     <t>Tzippora Shemen</t>
   </si>
   <si>
     <t>tzipporashemen@gmail.com</t>
   </si>
   <si>
     <t>Yael Klein</t>
   </si>
   <si>
     <t>yaelklein613@gmail.com</t>
   </si>
   <si>
     <t>Henna Kenigsberg</t>
   </si>
   <si>
     <t>henna.k@gmail.com</t>
   </si>
@@ -5436,16031 +5433,16010 @@
 <Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weddingsbytt@gmail.com" TargetMode="External"/>
 <Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dschogger@gmail.com" TargetMode="External"/>
 <Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shiraberkowitz7@gmail.com" TargetMode="External"/>
 <Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rikikoenig@gmail.com" TargetMode="External"/>
 <Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adinab613@gmail.com" TargetMode="External"/>
 <Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rivkiep@gmail.com" TargetMode="External"/>
 <Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saritabarziv1@gmail.com" TargetMode="External"/>
 <Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enfriedman33@icloud.com" TargetMode="External"/>
 <Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daviv30@virginmedia.com" TargetMode="External"/>
 <Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrnbrooke@gmail.com" TargetMode="External"/>
 <Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leahc50@gmail.com" TargetMode="External"/>
 <Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyafreilich@gmail.com" TargetMode="External"/>
 <Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpinchuck@yahoo.com" TargetMode="External"/>
 <Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claireellen60@gmail.com" TargetMode="External"/>
 <Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:symarcus@parksyn.org" TargetMode="External"/>
 <Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgoldwater@gmail.com" TargetMode="External"/>
 <Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobbymedow@gmail.com" TargetMode="External"/>
 <Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaya.fay@gmail.com" TargetMode="External"/>
 <Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zgoldsmith25@gmail.com" TargetMode="External"/>
 <Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbyrswolf@aol.com" TargetMode="External"/>
 <Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvora.bulman@gmail.com" TargetMode="External"/>
 <Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amysimcha@gmail.com" TargetMode="External"/>
 <Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamtova7@gmail.com" TargetMode="External"/>
 <Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dobraspin@gmail.com" TargetMode="External"/>
 <Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frgrama@gmail.com" TargetMode="External"/>
-<Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chana.lebow@gmail.com" TargetMode="External"/>
-[...156 lines deleted...]
-<Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gittlegould120@icloud.com" TargetMode="External"/></Relationships>
+<Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elanakaplan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kaplanrl@gmail.com" TargetMode="External"/>
+<Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frumaestherfrost@gmail.com" TargetMode="External"/>
+<Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurenrperlman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leahrubin01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ataraphoto@gmail.com" TargetMode="External"/>
+<Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shuvyshuvy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdmarkovits@gmail.com" TargetMode="External"/>
+<Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mimimousegold@gmail.com" TargetMode="External"/>
+<Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hylton.stein@gmail.com" TargetMode="External"/>
+<Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dinachaya@gmail.com" TargetMode="External"/>
+<Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ymblum@sbtaxadvice.com" TargetMode="External"/>
+<Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:havivah.goldsmith@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Israelwolfden@protonmail.com" TargetMode="External"/>
+<Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamshaindel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rdayanim@gmail.com" TargetMode="External"/>
+<Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamandvel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lebowitza@gmail.com" TargetMode="External"/>
+<Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:debbilederman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alissafel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srhewitt@bell.net" TargetMode="External"/>
+<Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbirnbaum2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avivarivkaaranov@gmail.com" TargetMode="External"/>
+<Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:howdy613@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:writime@gmail.com" TargetMode="External"/>
+<Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chana.lebow@gmail.com" TargetMode="External"/>
+<Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kessaliza@aol.com" TargetMode="External"/>
+<Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tzipporashemen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yaelklein613@gmail.com" TargetMode="External"/>
+<Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henna.k@gmail.com" TargetMode="External"/>
+<Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chanacmeow@gmail.com" TargetMode="External"/>
+<Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilanaklein53@icloud.com" TargetMode="External"/>
+<Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boren1381@gmail.com" TargetMode="External"/>
+<Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yonithk@gmail.com" TargetMode="External"/>
+<Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yona.morgenstern@gmail.com" TargetMode="External"/>
+<Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninaraye18@icloud.com" TargetMode="External"/>
+<Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tova8321@gmail.com" TargetMode="External"/>
+<Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maureen@bgu.ac.il" TargetMode="External"/>
+<Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:P0548415993@gmail.com" TargetMode="External"/>
+<Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saftasaragluch@gmail.com" TargetMode="External"/>
+<Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elissasetareh@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rivkazstern@gmail.com" TargetMode="External"/>
+<Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarahstraus1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fionakark@gmail.com" TargetMode="External"/>
+<Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joannedove80@gmail.com" TargetMode="External"/>
+<Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mitzmom700@gmail.com" TargetMode="External"/>
+<Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingridcohen1457@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eda835@gmail.com" TargetMode="External"/>
+<Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hatlady16@aol.com" TargetMode="External"/>
+<Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yolros@googlemail.com" TargetMode="External"/>
+<Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joelledeutsch1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:myerslynne@gmail.com" TargetMode="External"/>
+<Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcysegal@gmail.com" TargetMode="External"/>
+<Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tzvi.silver@gmail.com" TargetMode="External"/>
+<Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saul@beachheadgroup.com" TargetMode="External"/>
+<Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brochaleahe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frockoff@comcast.net" TargetMode="External"/>
+<Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evviheller@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naomi.neta@gmail.com" TargetMode="External"/>
+<Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avi.clark@gmail.com" TargetMode="External"/>
+<Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aemeallem@gmail.com" TargetMode="External"/>
+<Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zakon@artscroll.com" TargetMode="External"/>
+<Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smess5@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faigepeskin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marshat@013net.net" TargetMode="External"/>
+<Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yoelz@phillykollel.org" TargetMode="External"/>
+<Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennysolomon613@gmail.com" TargetMode="External"/>
+<Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naomilfranklin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rivkahvogel@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ginsbergsharon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:radars123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dherschaft@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggalili@parksyn.org" TargetMode="External"/>
+<Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:libihart@gmail.com" TargetMode="External"/>
+<Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estherwachstock@gmail.com" TargetMode="External"/>
+<Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:temima12304@gmail.com" TargetMode="External"/>
+<Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msstatf@gmail.com" TargetMode="External"/>
+<Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:greeneyotgreene@gmail.com" TargetMode="External"/>
+<Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michalrubinot@gmail.com" TargetMode="External"/>
+<Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marzee1207@gmail.com" TargetMode="External"/>
+<Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cm.schulgasser@gmail.com" TargetMode="External"/>
+<Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wchaim@aol.com" TargetMode="External"/>
+<Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ylktyh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabetaviva@gmail.com" TargetMode="External"/>
+<Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sajbescott@gmail.com" TargetMode="External"/>
+<Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bialikrivka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yintract@gmail.com" TargetMode="External"/>
+<Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mparker7629@gmail.com" TargetMode="External"/>
+<Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolstern575@gmail.com" TargetMode="External"/>
+<Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lkotlarsky99@gmail.com" TargetMode="External"/>
+<Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreakeehn@gmail.com" TargetMode="External"/>
+<Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n0533184883@gmail.com" TargetMode="External"/>
+<Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:7yatf7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barwein1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juditha24@gmail.com" TargetMode="External"/>
+<Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheila.shelnitz@gmail.com" TargetMode="External"/>
+<Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hilatamar@gmail.com" TargetMode="External"/>
+<Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarakohen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hndrch@gmail.com" TargetMode="External"/>
+<Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esther0482@gmail.com" TargetMode="External"/>
+<Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thiya2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phzlotnick@gmail.com" TargetMode="External"/>
+<Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariel22.sdw@gmail.com" TargetMode="External"/>
+<Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pragerh@icloud.com" TargetMode="External"/>
+<Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adymdly@gmail.com" TargetMode="External"/>
+<Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jack@abramoff.com" TargetMode="External"/>
+<Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marciaweinblatt@gmail.com" TargetMode="External"/>
+<Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolkierman@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamiprus@gmail.com" TargetMode="External"/>
+<Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dibragimov@yszqueens.org" TargetMode="External"/>
+<Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:33callig@gmail.com" TargetMode="External"/>
+<Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:silene.bohadana@gmail.com" TargetMode="External"/>
+<Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yisroelavraham@gmail.com" TargetMode="External"/>
+<Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glaserjudy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tara@tarawayne.com" TargetMode="External"/>
+<Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:etbc77@gmail.com" TargetMode="External"/>
+<Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonigordon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:profneva@icloud.com" TargetMode="External"/>
+<Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgurspan@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonimickey@gmail.com" TargetMode="External"/>
+<Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hkpe@msn.com" TargetMode="External"/>
+<Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levi1@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:savta.mateh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Noam@avichai.org.il" TargetMode="External"/>
+<Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wendy.dickstein@gmail.com" TargetMode="External"/>
+<Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bethgordon0912@gmail.com" TargetMode="External"/>
+<Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karmela.wener@gmail.com" TargetMode="External"/>
+<Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daliak@rogers.com" TargetMode="External"/>
+<Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crbee613@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gennis2243@gmail.com" TargetMode="External"/>
+<Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raefischer26@gmail.com" TargetMode="External"/>
+<Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindasegal@gmail.com" TargetMode="External"/>
+<Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sglanz55@gmail.com" TargetMode="External"/>
+<Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:squires774@aol.com" TargetMode="External"/>
+<Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shirahorowitz2014@gmail.com" TargetMode="External"/>
+<Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgloriamay1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:derosen@michlalah.edu" TargetMode="External"/>
+<Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerryzias@gmail.com" TargetMode="External"/>
+<Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phyllis@jesselson.com" TargetMode="External"/>
+<Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpkelsen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bruchemonsey@gmail.com" TargetMode="External"/>
+<Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonyadesigns@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yitz.sandler@gmail.com" TargetMode="External"/>
+<Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elanajkahan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gingeravocado@gmail.com" TargetMode="External"/>
+<Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbnder@gmail.com" TargetMode="External"/>
+<Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:simonehorwitzphysio@gmail.com" TargetMode="External"/>
+<Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shaynabroitman7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcilangbaum@gmail.com" TargetMode="External"/>
+<Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidrurka1939@gmail.com" TargetMode="External"/>
+<Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rivkasandracohen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franganz@gmail.com" TargetMode="External"/>
+<Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eileenfeldernj@gmail.com" TargetMode="External"/>
+<Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:israelhv@015.net.il" TargetMode="External"/>
+<Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.zolty@icloud.com" TargetMode="External"/>
+<Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaelreserve@gmail.com" TargetMode="External"/>
+<Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gittlegould120@icloud.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F791"/>
+  <dimension ref="A1:F790"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="33" customWidth="1"/>
     <col min="3" max="3" width="35" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="10" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>583</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s" s="2">
         <v>7</v>
       </c>
       <c r="D2" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E2">
         <v>30</v>
       </c>
       <c r="F2">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>585</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s" s="2">
         <v>9</v>
       </c>
       <c r="D3" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E3">
         <v>10</v>
       </c>
       <c r="F3">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>587</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s" s="2">
         <v>11</v>
       </c>
       <c r="D4" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
         <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>589</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s" s="2">
         <v>13</v>
       </c>
       <c r="D5" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E5">
         <v>10</v>
       </c>
       <c r="F5">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>591</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s" s="2">
         <v>15</v>
       </c>
       <c r="D6" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E6">
         <v>10</v>
       </c>
       <c r="F6">
         <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>1505</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s" s="2">
         <v>17</v>
       </c>
       <c r="D7" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E7">
         <v>10</v>
       </c>
       <c r="F7">
         <v>8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>1927</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s" s="2">
         <v>19</v>
       </c>
       <c r="D8" s="3">
-        <v>45942.429016204</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E8">
         <v>20</v>
       </c>
       <c r="F8">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>2205</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s" s="2">
         <v>21</v>
       </c>
       <c r="D9" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E9">
         <v>10</v>
       </c>
       <c r="F9">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>1503</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10" t="s" s="2">
         <v>23</v>
       </c>
       <c r="D10" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E10">
         <v>20</v>
       </c>
       <c r="F10">
         <v>20</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>593</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s" s="2">
         <v>25</v>
       </c>
       <c r="D11" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E11">
         <v>10</v>
       </c>
       <c r="F11">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>595</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="2">
         <v>27</v>
       </c>
       <c r="D12" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E12">
         <v>10</v>
       </c>
       <c r="F12">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>597</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s" s="2">
         <v>29</v>
       </c>
       <c r="D13" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E13">
         <v>10</v>
       </c>
       <c r="F13">
         <v>11</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>599</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s" s="2">
         <v>31</v>
       </c>
       <c r="D14" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E14">
         <v>10</v>
       </c>
       <c r="F14">
         <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>601</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15" t="s" s="2">
         <v>33</v>
       </c>
       <c r="D15" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E15">
         <v>20</v>
       </c>
       <c r="F15">
         <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>603</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16" t="s" s="2">
         <v>35</v>
       </c>
       <c r="D16" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E16">
         <v>10</v>
       </c>
       <c r="F16">
         <v>11</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>605</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17" t="s" s="2">
         <v>37</v>
       </c>
       <c r="D17" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E17">
         <v>20</v>
       </c>
       <c r="F17">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>607</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18" t="s" s="2">
         <v>39</v>
       </c>
       <c r="D18" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E18">
         <v>10</v>
       </c>
       <c r="F18">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>609</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19" t="s" s="2">
         <v>41</v>
       </c>
       <c r="D19" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E19">
         <v>20</v>
       </c>
       <c r="F19">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>611</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20" t="s" s="2">
         <v>43</v>
       </c>
       <c r="D20" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E20">
         <v>10</v>
       </c>
       <c r="F20">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>613</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21" t="s" s="2">
         <v>45</v>
       </c>
       <c r="D21" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E21">
         <v>10</v>
       </c>
       <c r="F21">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>2207</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22" t="s" s="2">
         <v>47</v>
       </c>
       <c r="D22" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E22">
         <v>10</v>
       </c>
       <c r="F22">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>615</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23" t="s" s="2">
         <v>49</v>
       </c>
       <c r="D23" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E23">
         <v>10</v>
       </c>
       <c r="F23">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>617</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" t="s" s="2">
         <v>51</v>
       </c>
       <c r="D24" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E24">
         <v>10</v>
       </c>
       <c r="F24">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>619</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25" t="s" s="2">
         <v>53</v>
       </c>
       <c r="D25" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E25">
         <v>10</v>
       </c>
       <c r="F25">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>621</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26" t="s" s="2">
         <v>55</v>
       </c>
       <c r="D26" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E26">
         <v>10</v>
       </c>
       <c r="F26">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>1507</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27" t="s" s="2">
         <v>57</v>
       </c>
       <c r="D27" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E27">
         <v>10</v>
       </c>
       <c r="F27">
         <v>9</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>1929</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28" t="s" s="2">
         <v>59</v>
       </c>
       <c r="D28" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E28">
         <v>10</v>
       </c>
       <c r="F28">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>2209</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29" t="s" s="2">
         <v>61</v>
       </c>
       <c r="D29" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>623</v>
       </c>
       <c r="B30" t="s">
         <v>62</v>
       </c>
       <c r="C30" t="s" s="2">
         <v>63</v>
       </c>
       <c r="D30" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E30">
         <v>10</v>
       </c>
       <c r="F30">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>625</v>
       </c>
       <c r="B31" t="s">
         <v>64</v>
       </c>
       <c r="C31" t="s" s="2">
         <v>65</v>
       </c>
       <c r="D31" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E31">
         <v>10</v>
       </c>
       <c r="F31">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>627</v>
       </c>
       <c r="B32" t="s">
         <v>66</v>
       </c>
       <c r="C32" t="s" s="2">
         <v>67</v>
       </c>
       <c r="D32" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E32">
         <v>10</v>
       </c>
       <c r="F32">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>629</v>
       </c>
       <c r="B33" t="s">
         <v>68</v>
       </c>
       <c r="C33" t="s" s="2">
         <v>69</v>
       </c>
       <c r="D33" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
       <c r="F33">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>1817</v>
       </c>
       <c r="B34" t="s">
         <v>70</v>
       </c>
       <c r="C34" t="s" s="2">
         <v>71</v>
       </c>
       <c r="D34" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E34">
         <v>10</v>
       </c>
       <c r="F34">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>2409</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="s" s="2">
         <v>73</v>
       </c>
       <c r="D35" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E35">
         <v>19</v>
       </c>
       <c r="F35">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>1931</v>
       </c>
       <c r="B36" t="s">
         <v>74</v>
       </c>
       <c r="C36" t="s" s="2">
         <v>75</v>
       </c>
       <c r="D36" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E36">
         <v>10</v>
       </c>
       <c r="F36">
         <v>9</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>631</v>
       </c>
       <c r="B37" t="s">
         <v>76</v>
       </c>
       <c r="C37" t="s" s="2">
         <v>77</v>
       </c>
       <c r="D37" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E37">
         <v>10</v>
       </c>
       <c r="F37">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>633</v>
       </c>
       <c r="B38" t="s">
         <v>78</v>
       </c>
       <c r="C38" t="s" s="2">
         <v>79</v>
       </c>
       <c r="D38" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E38">
         <v>10</v>
       </c>
       <c r="F38">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>635</v>
       </c>
       <c r="B39" t="s">
         <v>80</v>
       </c>
       <c r="C39" t="s" s="2">
         <v>81</v>
       </c>
       <c r="D39" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E39">
         <v>10</v>
       </c>
       <c r="F39">
         <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>637</v>
       </c>
       <c r="B40" t="s">
         <v>82</v>
       </c>
       <c r="C40" t="s" s="2">
         <v>83</v>
       </c>
       <c r="D40" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E40">
         <v>10</v>
       </c>
       <c r="F40">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>1511</v>
       </c>
       <c r="B41" t="s">
         <v>84</v>
       </c>
       <c r="C41" t="s" s="2">
         <v>85</v>
       </c>
       <c r="D41" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E41">
         <v>5</v>
       </c>
       <c r="F41">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>2211</v>
       </c>
       <c r="B42" t="s">
         <v>86</v>
       </c>
       <c r="C42" t="s" s="2">
         <v>87</v>
       </c>
       <c r="D42" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E42">
         <v>10</v>
       </c>
       <c r="F42">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>639</v>
       </c>
       <c r="B43" t="s">
         <v>88</v>
       </c>
       <c r="C43" t="s" s="2">
         <v>89</v>
       </c>
       <c r="D43" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E43">
         <v>10</v>
       </c>
       <c r="F43">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>641</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44" t="s" s="2">
         <v>91</v>
       </c>
       <c r="D44" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E44">
         <v>10</v>
       </c>
       <c r="F44">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>643</v>
       </c>
       <c r="B45" t="s">
         <v>92</v>
       </c>
       <c r="C45" t="s" s="2">
         <v>93</v>
       </c>
       <c r="D45" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E45">
         <v>10</v>
       </c>
       <c r="F45">
         <v>9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>645</v>
       </c>
       <c r="B46" t="s">
         <v>94</v>
       </c>
       <c r="C46" t="s" s="2">
         <v>95</v>
       </c>
       <c r="D46" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E46">
         <v>10</v>
       </c>
       <c r="F46">
         <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>647</v>
       </c>
       <c r="B47" t="s">
         <v>96</v>
       </c>
       <c r="C47" t="s" s="2">
         <v>97</v>
       </c>
       <c r="D47" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E47">
         <v>10</v>
       </c>
       <c r="F47">
         <v>9</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>649</v>
       </c>
       <c r="B48" t="s">
         <v>98</v>
       </c>
       <c r="C48" t="s" s="2">
         <v>99</v>
       </c>
       <c r="D48" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E48">
         <v>10</v>
       </c>
       <c r="F48">
         <v>8</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>1933</v>
       </c>
       <c r="B49" t="s">
         <v>100</v>
       </c>
       <c r="C49" t="s" s="2">
         <v>101</v>
       </c>
       <c r="D49" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E49">
         <v>10</v>
       </c>
       <c r="F49">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>2203</v>
       </c>
       <c r="B50" t="s">
         <v>102</v>
       </c>
       <c r="C50" t="s" s="2">
         <v>103</v>
       </c>
       <c r="D50" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E50">
         <v>10</v>
       </c>
       <c r="F50">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>651</v>
       </c>
       <c r="B51" t="s">
         <v>104</v>
       </c>
       <c r="C51" t="s" s="2">
         <v>105</v>
       </c>
       <c r="D51" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E51">
         <v>10</v>
       </c>
       <c r="F51">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>653</v>
       </c>
       <c r="B52" t="s">
         <v>106</v>
       </c>
       <c r="C52" t="s" s="2">
         <v>107</v>
       </c>
       <c r="D52" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E52">
         <v>10</v>
       </c>
       <c r="F52">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>655</v>
       </c>
       <c r="B53" t="s">
         <v>108</v>
       </c>
       <c r="C53" t="s" s="2">
         <v>109</v>
       </c>
       <c r="D53" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E53">
         <v>10</v>
       </c>
       <c r="F53">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>657</v>
       </c>
       <c r="B54" t="s">
         <v>110</v>
       </c>
       <c r="C54" t="s" s="2">
         <v>111</v>
       </c>
       <c r="D54" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E54">
         <v>10</v>
       </c>
       <c r="F54">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>1285</v>
       </c>
       <c r="B55" t="s">
         <v>112</v>
       </c>
       <c r="C55" t="s" s="2">
         <v>113</v>
       </c>
       <c r="D55" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E55">
         <v>10</v>
       </c>
       <c r="F55">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>1513</v>
       </c>
       <c r="B56" t="s">
         <v>114</v>
       </c>
       <c r="C56" t="s" s="2">
         <v>115</v>
       </c>
       <c r="D56" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E56">
         <v>10</v>
       </c>
       <c r="F56">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>2213</v>
       </c>
       <c r="B57" t="s">
         <v>116</v>
       </c>
       <c r="C57" t="s" s="2">
         <v>117</v>
       </c>
       <c r="D57" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E57">
         <v>10</v>
       </c>
       <c r="F57">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>1935</v>
       </c>
       <c r="B58" t="s">
         <v>118</v>
       </c>
       <c r="C58" t="s" s="2">
         <v>119</v>
       </c>
       <c r="D58" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E58">
         <v>5</v>
       </c>
       <c r="F58">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>659</v>
       </c>
       <c r="B59" t="s">
         <v>120</v>
       </c>
       <c r="C59" t="s" s="2">
         <v>121</v>
       </c>
       <c r="D59" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E59">
         <v>20</v>
       </c>
       <c r="F59">
         <v>19</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>661</v>
       </c>
       <c r="B60" t="s">
         <v>122</v>
       </c>
       <c r="C60" t="s" s="2">
         <v>123</v>
       </c>
       <c r="D60" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E60">
         <v>10</v>
       </c>
       <c r="F60">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>1107</v>
       </c>
       <c r="B61" t="s">
         <v>124</v>
       </c>
       <c r="C61" t="s" s="2">
         <v>125</v>
       </c>
       <c r="D61" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E61">
         <v>10</v>
       </c>
       <c r="F61">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>1131</v>
       </c>
       <c r="B62" t="s">
         <v>126</v>
       </c>
       <c r="C62" t="s" s="2">
         <v>127</v>
       </c>
       <c r="D62" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E62">
         <v>10</v>
       </c>
       <c r="F62">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>2215</v>
       </c>
       <c r="B63" t="s">
         <v>128</v>
       </c>
       <c r="C63" t="s" s="2">
         <v>129</v>
       </c>
       <c r="D63" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E63">
         <v>15</v>
       </c>
       <c r="F63">
         <v>15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>1517</v>
       </c>
       <c r="B64" t="s">
         <v>130</v>
       </c>
       <c r="C64" t="s" s="2">
         <v>131</v>
       </c>
       <c r="D64" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E64">
         <v>10</v>
       </c>
       <c r="F64">
         <v>9</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>1109</v>
       </c>
       <c r="B65" t="s">
         <v>132</v>
       </c>
       <c r="C65" t="s" s="2">
         <v>133</v>
       </c>
       <c r="D65" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E65">
         <v>10</v>
       </c>
       <c r="F65">
         <v>9</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>1937</v>
       </c>
       <c r="B66" t="s">
         <v>134</v>
       </c>
       <c r="C66" t="s" s="2">
         <v>135</v>
       </c>
       <c r="D66" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E66">
         <v>35</v>
       </c>
       <c r="F66">
         <v>32</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>1519</v>
       </c>
       <c r="B67" t="s">
         <v>136</v>
       </c>
       <c r="C67" t="s" s="2">
         <v>137</v>
       </c>
       <c r="D67" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E67">
         <v>10</v>
       </c>
       <c r="F67">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>663</v>
       </c>
       <c r="B68" t="s">
         <v>138</v>
       </c>
       <c r="C68" t="s" s="2">
         <v>139</v>
       </c>
       <c r="D68" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E68">
         <v>10</v>
       </c>
       <c r="F68">
         <v>8</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>665</v>
       </c>
       <c r="B69" t="s">
         <v>140</v>
       </c>
       <c r="C69" t="s" s="2">
         <v>141</v>
       </c>
       <c r="D69" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E69">
         <v>10</v>
       </c>
       <c r="F69">
         <v>8</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>669</v>
       </c>
       <c r="B70" t="s">
         <v>142</v>
       </c>
       <c r="C70" t="s" s="2">
         <v>143</v>
       </c>
       <c r="D70" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E70">
         <v>20</v>
       </c>
       <c r="F70">
         <v>20</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>1781</v>
       </c>
       <c r="B71" t="s">
         <v>144</v>
       </c>
       <c r="C71" t="s" s="2">
         <v>145</v>
       </c>
       <c r="D71" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E71">
         <v>10</v>
       </c>
       <c r="F71">
         <v>6</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>1521</v>
       </c>
       <c r="B72" t="s">
         <v>146</v>
       </c>
       <c r="C72" t="s" s="2">
         <v>147</v>
       </c>
       <c r="D72" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E72">
         <v>10</v>
       </c>
       <c r="F72">
         <v>9</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>1783</v>
       </c>
       <c r="B73" t="s">
         <v>148</v>
       </c>
       <c r="C73" t="s" s="2">
         <v>149</v>
       </c>
       <c r="D73" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E73">
         <v>10</v>
       </c>
       <c r="F73">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>671</v>
       </c>
       <c r="B74" t="s">
         <v>150</v>
       </c>
       <c r="C74" t="s" s="2">
         <v>151</v>
       </c>
       <c r="D74" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E74">
         <v>10</v>
       </c>
       <c r="F74">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>1821</v>
       </c>
       <c r="B75" t="s">
         <v>152</v>
       </c>
       <c r="C75" t="s" s="2">
         <v>153</v>
       </c>
       <c r="D75" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E75">
         <v>10</v>
       </c>
       <c r="F75">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>2219</v>
       </c>
       <c r="B76" t="s">
         <v>154</v>
       </c>
       <c r="C76" t="s" s="2">
         <v>155</v>
       </c>
       <c r="D76" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E76">
         <v>15</v>
       </c>
       <c r="F76">
         <v>13</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>2221</v>
       </c>
       <c r="B77" t="s">
         <v>156</v>
       </c>
       <c r="C77" t="s" s="2">
         <v>157</v>
       </c>
       <c r="D77" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E77">
         <v>20</v>
       </c>
       <c r="F77">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>673</v>
       </c>
       <c r="B78" t="s">
         <v>158</v>
       </c>
       <c r="C78" t="s" s="2">
         <v>159</v>
       </c>
       <c r="D78" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E78">
         <v>20</v>
       </c>
       <c r="F78">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>675</v>
       </c>
       <c r="B79" t="s">
         <v>160</v>
       </c>
       <c r="C79" t="s" s="2">
         <v>161</v>
       </c>
       <c r="D79" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E79">
         <v>10</v>
       </c>
       <c r="F79">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>677</v>
       </c>
       <c r="B80" t="s">
         <v>162</v>
       </c>
       <c r="C80" t="s" s="2">
         <v>163</v>
       </c>
       <c r="D80" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E80">
         <v>40</v>
       </c>
       <c r="F80">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>679</v>
       </c>
       <c r="B81" t="s">
         <v>164</v>
       </c>
       <c r="C81" t="s" s="2">
         <v>165</v>
       </c>
       <c r="D81" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E81">
         <v>10</v>
       </c>
       <c r="F81">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>1523</v>
       </c>
       <c r="B82" t="s">
         <v>166</v>
       </c>
       <c r="C82" t="s" s="2">
         <v>167</v>
       </c>
       <c r="D82" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E82">
         <v>10</v>
       </c>
       <c r="F82">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>1831</v>
       </c>
       <c r="B83" t="s">
         <v>168</v>
       </c>
       <c r="C83" t="s" s="2">
         <v>169</v>
       </c>
       <c r="D83" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E83">
         <v>10</v>
       </c>
       <c r="F83">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>1939</v>
       </c>
       <c r="B84" t="s">
         <v>170</v>
       </c>
       <c r="C84" t="s" s="2">
         <v>171</v>
       </c>
       <c r="D84" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E84">
         <v>15</v>
       </c>
       <c r="F84">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>1093</v>
       </c>
       <c r="B85" t="s">
         <v>172</v>
       </c>
       <c r="C85" t="s" s="2">
         <v>173</v>
       </c>
       <c r="D85" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E85">
         <v>10</v>
       </c>
       <c r="F85">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>2223</v>
       </c>
       <c r="B86" t="s">
         <v>174</v>
       </c>
       <c r="C86" t="s" s="2">
         <v>175</v>
       </c>
       <c r="D86" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E86">
         <v>10</v>
       </c>
       <c r="F86">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>1133</v>
       </c>
       <c r="B87" t="s">
         <v>176</v>
       </c>
       <c r="C87" t="s" s="2">
         <v>177</v>
       </c>
       <c r="D87" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E87">
         <v>10</v>
       </c>
       <c r="F87">
         <v>9</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>1525</v>
       </c>
       <c r="B88" t="s">
         <v>178</v>
       </c>
       <c r="C88" t="s" s="2">
         <v>179</v>
       </c>
       <c r="D88" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E88">
         <v>10</v>
       </c>
       <c r="F88">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>1833</v>
       </c>
       <c r="B89" t="s">
         <v>180</v>
       </c>
       <c r="C89" t="s" s="2">
         <v>181</v>
       </c>
       <c r="D89" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E89">
         <v>10</v>
       </c>
       <c r="F89">
         <v>8</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>1735</v>
       </c>
       <c r="B90" t="s">
         <v>182</v>
       </c>
       <c r="C90" t="s" s="2">
         <v>183</v>
       </c>
       <c r="D90" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E90">
         <v>10</v>
       </c>
       <c r="F90">
         <v>9</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>1785</v>
       </c>
       <c r="B91" t="s">
         <v>184</v>
       </c>
       <c r="C91" t="s" s="2">
         <v>185</v>
       </c>
       <c r="D91" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E91">
         <v>10</v>
       </c>
       <c r="F91">
         <v>7</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>681</v>
       </c>
       <c r="B92" t="s">
         <v>186</v>
       </c>
       <c r="C92" t="s" s="2">
         <v>187</v>
       </c>
       <c r="D92" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E92">
         <v>10</v>
       </c>
       <c r="F92">
         <v>9</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>683</v>
       </c>
       <c r="B93" t="s">
         <v>188</v>
       </c>
       <c r="C93" t="s" s="2">
         <v>189</v>
       </c>
       <c r="D93" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E93">
         <v>30</v>
       </c>
       <c r="F93">
         <v>29</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>685</v>
       </c>
       <c r="B94" t="s">
         <v>190</v>
       </c>
       <c r="C94" t="s" s="2">
         <v>191</v>
       </c>
       <c r="D94" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E94">
         <v>10</v>
       </c>
       <c r="F94">
         <v>9</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>687</v>
       </c>
       <c r="B95" t="s">
         <v>192</v>
       </c>
       <c r="C95" t="s" s="2">
         <v>193</v>
       </c>
       <c r="D95" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E95">
         <v>10</v>
       </c>
       <c r="F95">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>1111</v>
       </c>
       <c r="B96" t="s">
         <v>194</v>
       </c>
       <c r="C96" t="s" s="2">
         <v>195</v>
       </c>
       <c r="D96" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E96">
         <v>10</v>
       </c>
       <c r="F96">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>1527</v>
       </c>
       <c r="B97" t="s">
         <v>196</v>
       </c>
       <c r="C97" t="s" s="2">
         <v>197</v>
       </c>
       <c r="D97" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E97">
         <v>10</v>
       </c>
       <c r="F97">
         <v>9</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>715</v>
       </c>
       <c r="B98" t="s">
         <v>198</v>
       </c>
       <c r="C98" t="s" s="2">
         <v>199</v>
       </c>
       <c r="D98" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E98">
         <v>20</v>
       </c>
       <c r="F98">
         <v>20</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>2225</v>
       </c>
       <c r="B99" t="s">
         <v>200</v>
       </c>
       <c r="C99" t="s" s="2">
         <v>201</v>
       </c>
       <c r="D99" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E99">
         <v>5</v>
       </c>
       <c r="F99">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>689</v>
       </c>
       <c r="B100" t="s">
         <v>202</v>
       </c>
       <c r="C100" t="s" s="2">
         <v>203</v>
       </c>
       <c r="D100" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E100">
         <v>10</v>
       </c>
       <c r="F100">
         <v>11</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>691</v>
       </c>
       <c r="B101" t="s">
         <v>204</v>
       </c>
       <c r="C101" t="s" s="2">
         <v>205</v>
       </c>
       <c r="D101" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E101">
         <v>10</v>
       </c>
       <c r="F101">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>693</v>
       </c>
       <c r="B102" t="s">
         <v>206</v>
       </c>
       <c r="C102" t="s" s="2">
         <v>207</v>
       </c>
       <c r="D102" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E102">
         <v>50</v>
       </c>
       <c r="F102">
         <v>36</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>1941</v>
       </c>
       <c r="B103" t="s">
         <v>208</v>
       </c>
       <c r="C103" t="s" s="2">
         <v>209</v>
       </c>
       <c r="D103" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E103">
         <v>6</v>
       </c>
       <c r="F103">
         <v>6</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>2227</v>
       </c>
       <c r="B104" t="s">
         <v>210</v>
       </c>
       <c r="C104" t="s" s="2">
         <v>211</v>
       </c>
       <c r="D104" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E104">
         <v>20</v>
       </c>
       <c r="F104">
         <v>19</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>1297</v>
       </c>
       <c r="B105" t="s">
         <v>212</v>
       </c>
       <c r="C105" t="s" s="2">
         <v>213</v>
       </c>
       <c r="D105" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E105">
         <v>9</v>
       </c>
       <c r="F105">
         <v>9</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>1529</v>
       </c>
       <c r="B106" t="s">
         <v>214</v>
       </c>
       <c r="C106" t="s" s="2">
         <v>215</v>
       </c>
       <c r="D106" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E106">
         <v>10</v>
       </c>
       <c r="F106">
         <v>9</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>1943</v>
       </c>
       <c r="B107" t="s">
         <v>216</v>
       </c>
       <c r="C107" t="s" s="2">
         <v>217</v>
       </c>
       <c r="D107" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E107">
         <v>20</v>
       </c>
       <c r="F107">
         <v>20</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>695</v>
       </c>
       <c r="B108" t="s">
         <v>218</v>
       </c>
       <c r="C108" t="s" s="2">
         <v>219</v>
       </c>
       <c r="D108" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E108">
         <v>20</v>
       </c>
       <c r="F108">
         <v>15</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>697</v>
       </c>
       <c r="B109" t="s">
         <v>220</v>
       </c>
       <c r="C109" t="s" s="2">
         <v>221</v>
       </c>
       <c r="D109" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E109">
         <v>10</v>
       </c>
       <c r="F109">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>1135</v>
       </c>
       <c r="B110" t="s">
         <v>222</v>
       </c>
       <c r="C110" t="s" s="2">
         <v>223</v>
       </c>
       <c r="D110" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E110">
         <v>10</v>
       </c>
       <c r="F110">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>1299</v>
       </c>
       <c r="B111" t="s">
         <v>224</v>
       </c>
       <c r="C111" t="s" s="2">
         <v>225</v>
       </c>
       <c r="D111" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E111">
         <v>30</v>
       </c>
       <c r="F111">
         <v>29</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>1531</v>
       </c>
       <c r="B112" t="s">
         <v>226</v>
       </c>
       <c r="C112" t="s" s="2">
         <v>227</v>
       </c>
       <c r="D112" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E112">
         <v>5</v>
       </c>
       <c r="F112">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>1301</v>
       </c>
       <c r="B113" t="s">
         <v>228</v>
       </c>
       <c r="C113" t="s" s="2">
         <v>229</v>
       </c>
       <c r="D113" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E113">
         <v>30</v>
       </c>
       <c r="F113">
         <v>27</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>2229</v>
       </c>
       <c r="B114" t="s">
         <v>230</v>
       </c>
       <c r="C114" t="s" s="2">
         <v>231</v>
       </c>
       <c r="D114" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E114">
         <v>2</v>
       </c>
       <c r="F114">
         <v>2</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>699</v>
       </c>
       <c r="B115" t="s">
         <v>232</v>
       </c>
       <c r="C115" t="s" s="2">
         <v>233</v>
       </c>
       <c r="D115" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E115">
         <v>10</v>
       </c>
       <c r="F115">
         <v>9</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>701</v>
       </c>
       <c r="B116" t="s">
         <v>234</v>
       </c>
       <c r="C116" t="s" s="2">
         <v>235</v>
       </c>
       <c r="D116" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E116">
         <v>20</v>
       </c>
       <c r="F116">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>1533</v>
       </c>
       <c r="B117" t="s">
         <v>236</v>
       </c>
       <c r="C117" t="s" s="2">
         <v>237</v>
       </c>
       <c r="D117" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E117">
         <v>10</v>
       </c>
       <c r="F117">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>2231</v>
       </c>
       <c r="B118" t="s">
         <v>238</v>
       </c>
       <c r="C118" t="s" s="2">
         <v>239</v>
       </c>
       <c r="D118" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E118">
         <v>10</v>
       </c>
       <c r="F118">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>1535</v>
       </c>
       <c r="B119" t="s">
         <v>240</v>
       </c>
       <c r="C119" t="s" s="2">
         <v>241</v>
       </c>
       <c r="D119" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E119">
         <v>10</v>
       </c>
       <c r="F119">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>703</v>
       </c>
       <c r="B120" t="s">
         <v>242</v>
       </c>
       <c r="C120" t="s" s="2">
         <v>243</v>
       </c>
       <c r="D120" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E120">
         <v>10</v>
       </c>
       <c r="F120">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>705</v>
       </c>
       <c r="B121" t="s">
         <v>244</v>
       </c>
       <c r="C121" t="s" s="2">
         <v>245</v>
       </c>
       <c r="D121" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E121">
         <v>10</v>
       </c>
       <c r="F121">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>707</v>
       </c>
       <c r="B122" t="s">
         <v>246</v>
       </c>
       <c r="C122" t="s" s="2">
         <v>247</v>
       </c>
       <c r="D122" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E122">
         <v>10</v>
       </c>
       <c r="F122">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>1303</v>
       </c>
       <c r="B123" t="s">
         <v>248</v>
       </c>
       <c r="C123" t="s" s="2">
         <v>249</v>
       </c>
       <c r="D123" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E123">
         <v>10</v>
       </c>
       <c r="F123">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>1541</v>
       </c>
       <c r="B124" t="s">
         <v>250</v>
       </c>
       <c r="C124" t="s" s="2">
         <v>251</v>
       </c>
       <c r="D124" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E124">
         <v>10</v>
       </c>
       <c r="F124">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>1945</v>
       </c>
       <c r="B125" t="s">
         <v>252</v>
       </c>
       <c r="C125" t="s" s="2">
         <v>253</v>
       </c>
       <c r="D125" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E125">
         <v>4</v>
       </c>
       <c r="F125">
         <v>4</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>2233</v>
       </c>
       <c r="B126" t="s">
         <v>254</v>
       </c>
       <c r="C126" t="s" s="2">
         <v>255</v>
       </c>
       <c r="D126" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E126">
         <v>10</v>
       </c>
       <c r="F126">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>1543</v>
       </c>
       <c r="B127" t="s">
         <v>256</v>
       </c>
       <c r="C127" t="s" s="2">
         <v>257</v>
       </c>
       <c r="D127" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E127">
         <v>10</v>
       </c>
       <c r="F127">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>709</v>
       </c>
       <c r="B128" t="s">
         <v>258</v>
       </c>
       <c r="C128" t="s" s="2">
         <v>259</v>
       </c>
       <c r="D128" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E128">
         <v>10</v>
       </c>
       <c r="F128">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>711</v>
       </c>
       <c r="B129" t="s">
         <v>260</v>
       </c>
       <c r="C129" t="s" s="2">
         <v>261</v>
       </c>
       <c r="D129" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E129">
         <v>50</v>
       </c>
       <c r="F129">
         <v>37</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>1317</v>
       </c>
       <c r="B130" t="s">
         <v>262</v>
       </c>
       <c r="C130" t="s" s="2">
         <v>263</v>
       </c>
       <c r="D130" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E130">
         <v>10</v>
       </c>
       <c r="F130">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>1545</v>
       </c>
       <c r="B131" t="s">
         <v>264</v>
       </c>
       <c r="C131" t="s" s="2">
         <v>265</v>
       </c>
       <c r="D131" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E131">
         <v>10</v>
       </c>
       <c r="F131">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>1137</v>
       </c>
       <c r="B132" t="s">
         <v>266</v>
       </c>
       <c r="C132" t="s" s="2">
         <v>267</v>
       </c>
       <c r="D132" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E132">
         <v>10</v>
       </c>
       <c r="F132">
         <v>9</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>1949</v>
       </c>
       <c r="B133" t="s">
         <v>268</v>
       </c>
       <c r="C133" t="s" s="2">
         <v>269</v>
       </c>
       <c r="D133" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E133">
         <v>10</v>
       </c>
       <c r="F133">
         <v>9</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>713</v>
       </c>
       <c r="B134" t="s">
         <v>270</v>
       </c>
       <c r="C134" t="s" s="2">
         <v>271</v>
       </c>
       <c r="D134" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E134">
         <v>10</v>
       </c>
       <c r="F134">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>717</v>
       </c>
       <c r="B135" t="s">
         <v>272</v>
       </c>
       <c r="C135" t="s" s="2">
         <v>273</v>
       </c>
       <c r="D135" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E135">
         <v>10</v>
       </c>
       <c r="F135">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>1139</v>
       </c>
       <c r="B136" t="s">
         <v>274</v>
       </c>
       <c r="C136" t="s" s="2">
         <v>275</v>
       </c>
       <c r="D136" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E136">
         <v>10</v>
       </c>
       <c r="F136">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>1319</v>
       </c>
       <c r="B137" t="s">
         <v>276</v>
       </c>
       <c r="C137" t="s" s="2">
         <v>277</v>
       </c>
       <c r="D137" s="3">
-        <v>45949.433252315</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E137">
         <v>10</v>
       </c>
       <c r="F137">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>1547</v>
       </c>
       <c r="B138" t="s">
         <v>278</v>
       </c>
       <c r="C138" t="s" s="2">
         <v>279</v>
       </c>
       <c r="D138" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E138">
         <v>10</v>
       </c>
       <c r="F138">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>2185</v>
       </c>
       <c r="B139" t="s">
         <v>280</v>
       </c>
       <c r="C139" t="s" s="2">
         <v>281</v>
       </c>
       <c r="D139" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E139">
         <v>13</v>
       </c>
       <c r="F139">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>2235</v>
       </c>
       <c r="B140" t="s">
         <v>282</v>
       </c>
       <c r="C140" t="s" s="2">
         <v>283</v>
       </c>
       <c r="D140" s="3">
-        <v>45949.433252315</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E140">
         <v>10</v>
       </c>
       <c r="F140">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>1321</v>
       </c>
       <c r="B141" t="s">
         <v>284</v>
       </c>
       <c r="C141" t="s" s="2">
         <v>285</v>
       </c>
       <c r="D141" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E141">
         <v>10</v>
       </c>
       <c r="F141">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>719</v>
       </c>
       <c r="B142" t="s">
         <v>286</v>
       </c>
       <c r="C142" t="s" s="2">
         <v>287</v>
       </c>
       <c r="D142" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E142">
         <v>10</v>
       </c>
       <c r="F142">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>721</v>
       </c>
       <c r="B143" t="s">
         <v>288</v>
       </c>
       <c r="C143" t="s" s="2">
         <v>289</v>
       </c>
       <c r="D143" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E143">
         <v>40</v>
       </c>
       <c r="F143">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>723</v>
       </c>
       <c r="B144" t="s">
         <v>290</v>
       </c>
       <c r="C144" t="s" s="2">
         <v>291</v>
       </c>
       <c r="D144" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E144">
         <v>10</v>
       </c>
       <c r="F144">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>725</v>
       </c>
       <c r="B145" t="s">
         <v>292</v>
       </c>
       <c r="C145" t="s" s="2">
         <v>293</v>
       </c>
       <c r="D145" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E145">
         <v>10</v>
       </c>
       <c r="F145">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>1549</v>
       </c>
       <c r="B146" t="s">
         <v>294</v>
       </c>
       <c r="C146" t="s" s="2">
         <v>295</v>
       </c>
       <c r="D146" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E146">
         <v>5</v>
       </c>
       <c r="F146">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>1951</v>
       </c>
       <c r="B147" t="s">
         <v>296</v>
       </c>
       <c r="C147" t="s" s="2">
         <v>297</v>
       </c>
       <c r="D147" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E147">
         <v>4</v>
       </c>
       <c r="F147">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>2237</v>
       </c>
       <c r="B148" t="s">
         <v>298</v>
       </c>
       <c r="C148" t="s" s="2">
         <v>299</v>
       </c>
       <c r="D148" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E148">
         <v>10</v>
       </c>
       <c r="F148">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>1323</v>
       </c>
       <c r="B149" t="s">
         <v>300</v>
       </c>
       <c r="C149" t="s" s="2">
         <v>301</v>
       </c>
       <c r="D149" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E149">
         <v>10</v>
       </c>
       <c r="F149">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>1551</v>
       </c>
       <c r="B150" t="s">
         <v>302</v>
       </c>
       <c r="C150" t="s" s="2">
         <v>303</v>
       </c>
       <c r="D150" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E150">
         <v>1</v>
       </c>
       <c r="F150">
         <v>1</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>1555</v>
       </c>
       <c r="B151" t="s">
         <v>304</v>
       </c>
       <c r="C151" t="s" s="2">
         <v>305</v>
       </c>
       <c r="D151" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E151">
         <v>26</v>
       </c>
       <c r="F151">
         <v>26</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>1953</v>
       </c>
       <c r="B152" t="s">
         <v>306</v>
       </c>
       <c r="C152" t="s">
         <v>307</v>
       </c>
       <c r="D152" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E152">
         <v>18</v>
       </c>
       <c r="F152">
         <v>18</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>727</v>
       </c>
       <c r="B153" t="s">
         <v>308</v>
       </c>
       <c r="C153" t="s" s="2">
         <v>309</v>
       </c>
       <c r="D153" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E153">
         <v>10</v>
       </c>
       <c r="F153">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>729</v>
       </c>
       <c r="B154" t="s">
         <v>310</v>
       </c>
       <c r="C154" t="s" s="2">
         <v>311</v>
       </c>
       <c r="D154" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E154">
         <v>10</v>
       </c>
       <c r="F154">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>731</v>
       </c>
       <c r="B155" t="s">
         <v>312</v>
       </c>
       <c r="C155" t="s" s="2">
         <v>313</v>
       </c>
       <c r="D155" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E155">
         <v>20</v>
       </c>
       <c r="F155">
         <v>20</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>1325</v>
       </c>
       <c r="B156" t="s">
         <v>314</v>
       </c>
       <c r="C156" t="s" s="2">
         <v>315</v>
       </c>
       <c r="D156" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E156">
         <v>10</v>
       </c>
       <c r="F156">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>2239</v>
       </c>
       <c r="B157" t="s">
         <v>316</v>
       </c>
       <c r="C157" t="s" s="2">
         <v>317</v>
       </c>
       <c r="D157" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E157">
         <v>10</v>
       </c>
       <c r="F157">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>733</v>
       </c>
       <c r="B158" t="s">
         <v>318</v>
       </c>
       <c r="C158" t="s" s="2">
         <v>319</v>
       </c>
       <c r="D158" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E158">
         <v>10</v>
       </c>
       <c r="F158">
         <v>9</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>735</v>
       </c>
       <c r="B159" t="s">
         <v>320</v>
       </c>
       <c r="C159" t="s" s="2">
         <v>321</v>
       </c>
       <c r="D159" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E159">
         <v>20</v>
       </c>
       <c r="F159">
         <v>20</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>1327</v>
       </c>
       <c r="B160" t="s">
         <v>322</v>
       </c>
       <c r="C160" t="s" s="2">
         <v>323</v>
       </c>
       <c r="D160" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E160">
         <v>10</v>
       </c>
       <c r="F160">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>1141</v>
       </c>
       <c r="B161" t="s">
         <v>324</v>
       </c>
       <c r="C161" t="s" s="2">
         <v>325</v>
       </c>
       <c r="D161" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E161">
         <v>10</v>
       </c>
       <c r="F161">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>737</v>
       </c>
       <c r="B162" t="s">
         <v>326</v>
       </c>
       <c r="C162" t="s" s="2">
         <v>327</v>
       </c>
       <c r="D162" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E162">
         <v>40</v>
       </c>
       <c r="F162">
         <v>36</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>739</v>
       </c>
       <c r="B163" t="s">
         <v>328</v>
       </c>
       <c r="C163" t="s" s="2">
         <v>329</v>
       </c>
       <c r="D163" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E163">
         <v>10</v>
       </c>
       <c r="F163">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>741</v>
       </c>
       <c r="B164" t="s">
         <v>330</v>
       </c>
       <c r="C164" t="s" s="2">
         <v>331</v>
       </c>
       <c r="D164" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E164">
         <v>10</v>
       </c>
       <c r="F164">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>2241</v>
       </c>
       <c r="B165" t="s">
         <v>332</v>
       </c>
       <c r="C165" t="s" s="2">
         <v>333</v>
       </c>
       <c r="D165" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E165">
         <v>12</v>
       </c>
       <c r="F165">
         <v>12</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>1955</v>
       </c>
       <c r="B166" t="s">
         <v>334</v>
       </c>
       <c r="C166" t="s" s="2">
         <v>335</v>
       </c>
       <c r="D166" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E166">
         <v>10</v>
       </c>
       <c r="F166">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>743</v>
       </c>
       <c r="B167" t="s">
         <v>336</v>
       </c>
       <c r="C167" t="s" s="2">
         <v>337</v>
       </c>
       <c r="D167" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E167">
         <v>10</v>
       </c>
       <c r="F167">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>745</v>
       </c>
       <c r="B168" t="s">
         <v>338</v>
       </c>
       <c r="C168" t="s" s="2">
         <v>339</v>
       </c>
       <c r="D168" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E168">
         <v>10</v>
       </c>
       <c r="F168">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>747</v>
       </c>
       <c r="B169" t="s">
         <v>340</v>
       </c>
       <c r="C169" t="s" s="2">
         <v>341</v>
       </c>
       <c r="D169" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E169">
         <v>10</v>
       </c>
       <c r="F169">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>1559</v>
       </c>
       <c r="B170" t="s">
         <v>342</v>
       </c>
       <c r="C170" t="s" s="2">
         <v>343</v>
       </c>
       <c r="D170" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E170">
         <v>10</v>
       </c>
       <c r="F170">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>1143</v>
       </c>
       <c r="B171" t="s">
         <v>344</v>
       </c>
       <c r="C171" t="s" s="2">
         <v>345</v>
       </c>
       <c r="D171" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E171">
         <v>10</v>
       </c>
       <c r="F171">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>1329</v>
       </c>
       <c r="B172" t="s">
         <v>346</v>
       </c>
       <c r="C172" t="s" s="2">
         <v>347</v>
       </c>
       <c r="D172" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E172">
         <v>10</v>
       </c>
       <c r="F172">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>2243</v>
       </c>
       <c r="B173" t="s">
         <v>348</v>
       </c>
       <c r="C173" t="s" s="2">
         <v>349</v>
       </c>
       <c r="D173" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E173">
         <v>10</v>
       </c>
       <c r="F173">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>1957</v>
       </c>
       <c r="B174" t="s">
         <v>350</v>
       </c>
       <c r="C174" t="s" s="2">
         <v>351</v>
       </c>
       <c r="D174" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E174">
         <v>10</v>
       </c>
       <c r="F174">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>749</v>
       </c>
       <c r="B175" t="s">
         <v>352</v>
       </c>
       <c r="C175" t="s" s="2">
         <v>353</v>
       </c>
       <c r="D175" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E175">
         <v>40</v>
       </c>
       <c r="F175">
         <v>37</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>751</v>
       </c>
       <c r="B176" t="s">
         <v>354</v>
       </c>
       <c r="C176" t="s" s="2">
         <v>355</v>
       </c>
       <c r="D176" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E176">
         <v>10</v>
       </c>
       <c r="F176">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>1561</v>
       </c>
       <c r="B177" t="s">
         <v>356</v>
       </c>
       <c r="C177" t="s" s="2">
         <v>357</v>
       </c>
       <c r="D177" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E177">
         <v>10</v>
       </c>
       <c r="F177">
         <v>9</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>2245</v>
       </c>
       <c r="B178" t="s">
         <v>358</v>
       </c>
       <c r="C178" t="s" s="2">
         <v>359</v>
       </c>
       <c r="D178" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E178">
         <v>10</v>
       </c>
       <c r="F178">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>1331</v>
       </c>
       <c r="B179" t="s">
         <v>360</v>
       </c>
       <c r="C179" t="s" s="2">
         <v>361</v>
       </c>
       <c r="D179" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E179">
         <v>5</v>
       </c>
       <c r="F179">
         <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>753</v>
       </c>
       <c r="B180" t="s">
         <v>362</v>
       </c>
       <c r="C180" t="s" s="2">
         <v>363</v>
       </c>
       <c r="D180" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E180">
         <v>30</v>
       </c>
       <c r="F180">
         <v>29</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>755</v>
       </c>
       <c r="B181" t="s">
         <v>364</v>
       </c>
       <c r="C181" t="s" s="2">
         <v>365</v>
       </c>
       <c r="D181" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E181">
         <v>10</v>
       </c>
       <c r="F181">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>1333</v>
       </c>
       <c r="B182" t="s">
         <v>366</v>
       </c>
       <c r="C182" t="s" s="2">
         <v>367</v>
       </c>
       <c r="D182" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E182">
         <v>10</v>
       </c>
       <c r="F182">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>2247</v>
       </c>
       <c r="B183" t="s">
         <v>368</v>
       </c>
       <c r="C183" t="s" s="2">
         <v>369</v>
       </c>
       <c r="D183" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E183">
         <v>10</v>
       </c>
       <c r="F183">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>1959</v>
       </c>
       <c r="B184" t="s">
         <v>370</v>
       </c>
       <c r="C184" t="s" s="2">
         <v>371</v>
       </c>
       <c r="D184" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E184">
         <v>10</v>
       </c>
       <c r="F184">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>1563</v>
       </c>
       <c r="B185" t="s">
         <v>372</v>
       </c>
       <c r="C185" t="s" s="2">
         <v>373</v>
       </c>
       <c r="D185" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E185">
         <v>1</v>
       </c>
       <c r="F185">
         <v>1</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>1565</v>
       </c>
       <c r="B186" t="s">
         <v>374</v>
       </c>
       <c r="C186" t="s" s="2">
         <v>375</v>
       </c>
       <c r="D186" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E186">
         <v>10</v>
       </c>
       <c r="F186">
         <v>9</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>1337</v>
       </c>
       <c r="B187" t="s">
         <v>376</v>
       </c>
       <c r="C187" t="s" s="2">
         <v>377</v>
       </c>
       <c r="D187" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E187">
         <v>4</v>
       </c>
       <c r="F187">
         <v>4</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>757</v>
       </c>
       <c r="B188" t="s">
         <v>378</v>
       </c>
       <c r="C188" t="s" s="2">
         <v>379</v>
       </c>
       <c r="D188" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E188">
         <v>10</v>
       </c>
       <c r="F188">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>1339</v>
       </c>
       <c r="B189" t="s">
         <v>380</v>
       </c>
       <c r="C189" t="s" s="2">
         <v>381</v>
       </c>
       <c r="D189" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E189">
         <v>10</v>
       </c>
       <c r="F189">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>2249</v>
       </c>
       <c r="B190" t="s">
         <v>382</v>
       </c>
       <c r="C190" t="s" s="2">
         <v>383</v>
       </c>
       <c r="D190" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E190">
         <v>3</v>
       </c>
       <c r="F190">
         <v>3</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>1961</v>
       </c>
       <c r="B191" t="s">
         <v>384</v>
       </c>
       <c r="C191" t="s" s="2">
         <v>385</v>
       </c>
       <c r="D191" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E191">
         <v>10</v>
       </c>
       <c r="F191">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>1147</v>
       </c>
       <c r="B192" t="s">
         <v>386</v>
       </c>
       <c r="C192" t="s" s="2">
         <v>387</v>
       </c>
       <c r="D192" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E192">
         <v>10</v>
       </c>
       <c r="F192">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>1567</v>
       </c>
       <c r="B193" t="s">
         <v>388</v>
       </c>
       <c r="C193" t="s" s="2">
         <v>389</v>
       </c>
       <c r="D193" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E193">
         <v>10</v>
       </c>
       <c r="F193">
         <v>9</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>2251</v>
       </c>
       <c r="B194" t="s">
         <v>390</v>
       </c>
       <c r="C194" t="s" s="2">
         <v>391</v>
       </c>
       <c r="D194" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E194">
         <v>10</v>
       </c>
       <c r="F194">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>1341</v>
       </c>
       <c r="B195" t="s">
         <v>392</v>
       </c>
       <c r="C195" t="s" s="2">
         <v>393</v>
       </c>
       <c r="D195" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E195">
         <v>10</v>
       </c>
       <c r="F195">
         <v>9</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>759</v>
       </c>
       <c r="B196" t="s">
         <v>394</v>
       </c>
       <c r="C196" t="s" s="2">
         <v>395</v>
       </c>
       <c r="D196" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E196">
         <v>10</v>
       </c>
       <c r="F196">
         <v>9</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>761</v>
       </c>
       <c r="B197" t="s">
         <v>396</v>
       </c>
       <c r="C197" t="s" s="2">
         <v>397</v>
       </c>
       <c r="D197" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E197">
         <v>10</v>
       </c>
       <c r="F197">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>1149</v>
       </c>
       <c r="B198" t="s">
         <v>398</v>
       </c>
       <c r="C198" t="s" s="2">
         <v>399</v>
       </c>
       <c r="D198" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E198">
         <v>5</v>
       </c>
       <c r="F198">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>1569</v>
       </c>
       <c r="B199" t="s">
         <v>400</v>
       </c>
       <c r="C199" t="s" s="2">
         <v>401</v>
       </c>
       <c r="D199" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E199">
         <v>10</v>
       </c>
       <c r="F199">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>1963</v>
       </c>
       <c r="B200" t="s">
         <v>402</v>
       </c>
       <c r="C200" t="s" s="2">
         <v>403</v>
       </c>
       <c r="D200" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E200">
         <v>10</v>
       </c>
       <c r="F200">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>1349</v>
       </c>
       <c r="B201" t="s">
         <v>404</v>
       </c>
       <c r="C201" t="s" s="2">
         <v>405</v>
       </c>
       <c r="D201" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E201">
         <v>10</v>
       </c>
       <c r="F201">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>763</v>
       </c>
       <c r="B202" t="s">
         <v>406</v>
       </c>
       <c r="C202" t="s" s="2">
         <v>407</v>
       </c>
       <c r="D202" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E202">
         <v>40</v>
       </c>
       <c r="F202">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>765</v>
       </c>
       <c r="B203" t="s">
         <v>408</v>
       </c>
       <c r="C203" t="s" s="2">
         <v>409</v>
       </c>
       <c r="D203" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E203">
         <v>10</v>
       </c>
       <c r="F203">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>767</v>
       </c>
       <c r="B204" t="s">
         <v>410</v>
       </c>
       <c r="C204" t="s" s="2">
         <v>411</v>
       </c>
       <c r="D204" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E204">
         <v>10</v>
       </c>
       <c r="F204">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>769</v>
       </c>
       <c r="B205" t="s">
         <v>412</v>
       </c>
       <c r="C205" t="s" s="2">
         <v>413</v>
       </c>
       <c r="D205" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E205">
         <v>10</v>
       </c>
       <c r="F205">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>2253</v>
       </c>
       <c r="B206" t="s">
         <v>414</v>
       </c>
       <c r="C206" t="s" s="2">
         <v>415</v>
       </c>
       <c r="D206" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E206">
         <v>10</v>
       </c>
       <c r="F206">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>2257</v>
       </c>
       <c r="B207" t="s">
         <v>416</v>
       </c>
       <c r="C207" t="s" s="2">
         <v>417</v>
       </c>
       <c r="D207" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E207">
         <v>10</v>
       </c>
       <c r="F207">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>2259</v>
       </c>
       <c r="B208" t="s">
         <v>418</v>
       </c>
       <c r="C208" t="s" s="2">
         <v>419</v>
       </c>
       <c r="D208" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E208">
         <v>20</v>
       </c>
       <c r="F208">
         <v>20</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>1571</v>
       </c>
       <c r="B209" t="s">
         <v>420</v>
       </c>
       <c r="C209" t="s" s="2">
         <v>421</v>
       </c>
       <c r="D209" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E209">
         <v>10</v>
       </c>
       <c r="F209">
         <v>9</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>1351</v>
       </c>
       <c r="B210" t="s">
         <v>422</v>
       </c>
       <c r="C210" t="s" s="2">
         <v>423</v>
       </c>
       <c r="D210" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E210">
         <v>18</v>
       </c>
       <c r="F210">
         <v>17</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>771</v>
       </c>
       <c r="B211" t="s">
         <v>424</v>
       </c>
       <c r="C211" t="s" s="2">
         <v>425</v>
       </c>
       <c r="D211" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E211">
         <v>10</v>
       </c>
       <c r="F211">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>773</v>
       </c>
       <c r="B212" t="s">
         <v>426</v>
       </c>
       <c r="C212" t="s" s="2">
         <v>427</v>
       </c>
       <c r="D212" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E212">
         <v>10</v>
       </c>
       <c r="F212">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>1151</v>
       </c>
       <c r="B213" t="s">
         <v>428</v>
       </c>
       <c r="C213" t="s" s="2">
         <v>429</v>
       </c>
       <c r="D213" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E213">
         <v>10</v>
       </c>
       <c r="F213">
         <v>9</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>1965</v>
       </c>
       <c r="B214" t="s">
         <v>430</v>
       </c>
       <c r="C214" t="s" s="2">
         <v>431</v>
       </c>
       <c r="D214" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E214">
         <v>10</v>
       </c>
       <c r="F214">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>1573</v>
       </c>
       <c r="B215" t="s">
         <v>432</v>
       </c>
       <c r="C215" t="s" s="2">
         <v>433</v>
       </c>
       <c r="D215" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E215">
         <v>10</v>
       </c>
       <c r="F215">
         <v>9</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>775</v>
       </c>
       <c r="B216" t="s">
         <v>434</v>
       </c>
       <c r="C216" t="s" s="2">
         <v>435</v>
       </c>
       <c r="D216" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E216">
         <v>10</v>
       </c>
       <c r="F216">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>777</v>
       </c>
       <c r="B217" t="s">
         <v>436</v>
       </c>
       <c r="C217" t="s" s="2">
         <v>437</v>
       </c>
       <c r="D217" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E217">
         <v>10</v>
       </c>
       <c r="F217">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>1153</v>
       </c>
       <c r="B218" t="s">
         <v>438</v>
       </c>
       <c r="C218" t="s" s="2">
         <v>439</v>
       </c>
       <c r="D218" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E218">
         <v>10</v>
       </c>
       <c r="F218">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>779</v>
       </c>
       <c r="B219" t="s">
         <v>440</v>
       </c>
       <c r="C219" t="s" s="2">
         <v>441</v>
       </c>
       <c r="D219" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E219">
         <v>20</v>
       </c>
       <c r="F219">
         <v>20</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>781</v>
       </c>
       <c r="B220" t="s">
         <v>442</v>
       </c>
       <c r="C220" t="s" s="2">
         <v>443</v>
       </c>
       <c r="D220" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E220">
         <v>10</v>
       </c>
       <c r="F220">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>783</v>
       </c>
       <c r="B221" t="s">
         <v>444</v>
       </c>
       <c r="C221" t="s" s="2">
         <v>445</v>
       </c>
       <c r="D221" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E221">
         <v>10</v>
       </c>
       <c r="F221">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>1575</v>
       </c>
       <c r="B222" t="s">
         <v>446</v>
       </c>
       <c r="C222" t="s" s="2">
         <v>447</v>
       </c>
       <c r="D222" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E222">
         <v>10</v>
       </c>
       <c r="F222">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>1967</v>
       </c>
       <c r="B223" t="s">
         <v>448</v>
       </c>
       <c r="C223" t="s" s="2">
         <v>449</v>
       </c>
       <c r="D223" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E223">
         <v>10</v>
       </c>
       <c r="F223">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>2261</v>
       </c>
       <c r="B224" t="s">
         <v>450</v>
       </c>
       <c r="C224" t="s" s="2">
         <v>451</v>
       </c>
       <c r="D224" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E224">
         <v>10</v>
       </c>
       <c r="F224">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>1391</v>
       </c>
       <c r="B225" t="s">
         <v>452</v>
       </c>
       <c r="C225" t="s" s="2">
         <v>453</v>
       </c>
       <c r="D225" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E225">
         <v>10</v>
       </c>
       <c r="F225">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>1393</v>
       </c>
       <c r="B226" t="s">
         <v>454</v>
       </c>
       <c r="C226" t="s" s="2">
         <v>455</v>
       </c>
       <c r="D226" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E226">
         <v>10</v>
       </c>
       <c r="F226">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>785</v>
       </c>
       <c r="B227" t="s">
         <v>456</v>
       </c>
       <c r="C227" t="s" s="2">
         <v>457</v>
       </c>
       <c r="D227" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E227">
         <v>10</v>
       </c>
       <c r="F227">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>787</v>
       </c>
       <c r="B228" t="s">
         <v>458</v>
       </c>
       <c r="C228" t="s" s="2">
         <v>459</v>
       </c>
       <c r="D228" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E228">
         <v>10</v>
       </c>
       <c r="F228">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>789</v>
       </c>
       <c r="B229" t="s">
         <v>460</v>
       </c>
       <c r="C229" t="s" s="2">
         <v>461</v>
       </c>
       <c r="D229" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E229">
         <v>10</v>
       </c>
       <c r="F229">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>1577</v>
       </c>
       <c r="B230" t="s">
         <v>462</v>
       </c>
       <c r="C230" t="s" s="2">
         <v>463</v>
       </c>
       <c r="D230" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E230">
         <v>25</v>
       </c>
       <c r="F230">
         <v>22</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>1395</v>
       </c>
       <c r="B231" t="s">
         <v>464</v>
       </c>
       <c r="C231" t="s" s="2">
         <v>465</v>
       </c>
       <c r="D231" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E231">
         <v>10</v>
       </c>
       <c r="F231">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>791</v>
       </c>
       <c r="B232" t="s">
         <v>466</v>
       </c>
       <c r="C232" t="s" s="2">
         <v>467</v>
       </c>
       <c r="D232" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E232">
         <v>10</v>
       </c>
       <c r="F232">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>793</v>
       </c>
       <c r="B233" t="s">
         <v>468</v>
       </c>
       <c r="C233" t="s" s="2">
         <v>469</v>
       </c>
       <c r="D233" s="3">
-        <v>45942.429016204</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E233">
         <v>20</v>
       </c>
       <c r="F233">
         <v>19</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>1969</v>
       </c>
       <c r="B234" t="s">
         <v>470</v>
       </c>
       <c r="C234" t="s" s="2">
         <v>471</v>
       </c>
       <c r="D234" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E234">
         <v>10</v>
       </c>
       <c r="F234">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>2263</v>
       </c>
       <c r="B235" t="s">
         <v>472</v>
       </c>
       <c r="C235" t="s" s="2">
         <v>473</v>
       </c>
       <c r="D235" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E235">
         <v>4</v>
       </c>
       <c r="F235">
         <v>4</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>1165</v>
       </c>
       <c r="B236" t="s">
         <v>474</v>
       </c>
       <c r="C236" t="s" s="2">
         <v>475</v>
       </c>
       <c r="D236" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E236">
         <v>10</v>
       </c>
       <c r="F236">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>1579</v>
       </c>
       <c r="B237" t="s">
         <v>476</v>
       </c>
       <c r="C237" t="s" s="2">
         <v>477</v>
       </c>
       <c r="D237" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E237">
         <v>10</v>
       </c>
       <c r="F237">
         <v>9</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>2265</v>
       </c>
       <c r="B238" t="s">
         <v>478</v>
       </c>
       <c r="C238" t="s" s="2">
         <v>479</v>
       </c>
       <c r="D238" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E238">
         <v>10</v>
       </c>
       <c r="F238">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>1239</v>
       </c>
       <c r="B239" t="s">
         <v>480</v>
       </c>
       <c r="C239" t="s" s="2">
         <v>481</v>
       </c>
       <c r="D239" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E239">
         <v>18</v>
       </c>
       <c r="F239">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>1397</v>
       </c>
       <c r="B240" t="s">
         <v>482</v>
       </c>
       <c r="C240" t="s" s="2">
         <v>483</v>
       </c>
       <c r="D240" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E240">
         <v>10</v>
       </c>
       <c r="F240">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>795</v>
       </c>
       <c r="B241" t="s">
         <v>484</v>
       </c>
       <c r="C241" t="s" s="2">
         <v>485</v>
       </c>
       <c r="D241" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E241">
         <v>57</v>
       </c>
       <c r="F241">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>2151</v>
       </c>
       <c r="B242" t="s">
         <v>486</v>
       </c>
       <c r="C242" t="s" s="2">
         <v>487</v>
       </c>
       <c r="D242" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E242">
         <v>36</v>
       </c>
       <c r="F242">
         <v>29</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>1979</v>
       </c>
       <c r="B243" t="s">
         <v>488</v>
       </c>
       <c r="C243" t="s" s="2">
         <v>489</v>
       </c>
       <c r="D243" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E243">
         <v>10</v>
       </c>
       <c r="F243">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>1581</v>
       </c>
       <c r="B244" t="s">
         <v>490</v>
       </c>
       <c r="C244" t="s" s="2">
         <v>491</v>
       </c>
       <c r="D244" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E244">
         <v>10</v>
       </c>
       <c r="F244">
         <v>9</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>799</v>
       </c>
       <c r="B245" t="s">
         <v>492</v>
       </c>
       <c r="C245" t="s" s="2">
         <v>493</v>
       </c>
       <c r="D245" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E245">
         <v>10</v>
       </c>
       <c r="F245">
         <v>9</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>801</v>
       </c>
       <c r="B246" t="s">
         <v>494</v>
       </c>
       <c r="C246" t="s" s="2">
         <v>495</v>
       </c>
       <c r="D246" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E246">
         <v>10</v>
       </c>
       <c r="F246">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>803</v>
       </c>
       <c r="B247" t="s">
         <v>496</v>
       </c>
       <c r="C247" t="s" s="2">
         <v>497</v>
       </c>
       <c r="D247" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E247">
         <v>10</v>
       </c>
       <c r="F247">
         <v>9</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>1399</v>
       </c>
       <c r="B248" t="s">
         <v>498</v>
       </c>
       <c r="C248" t="s" s="2">
         <v>499</v>
       </c>
       <c r="D248" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E248">
         <v>10</v>
       </c>
       <c r="F248">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>2267</v>
       </c>
       <c r="B249" t="s">
         <v>500</v>
       </c>
       <c r="C249" t="s" s="2">
         <v>501</v>
       </c>
       <c r="D249" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E249">
         <v>10</v>
       </c>
       <c r="F249">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>1167</v>
       </c>
       <c r="B250" t="s">
         <v>502</v>
       </c>
       <c r="C250" t="s" s="2">
         <v>503</v>
       </c>
       <c r="D250" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E250">
         <v>10</v>
       </c>
       <c r="F250">
         <v>9</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>805</v>
       </c>
       <c r="B251" t="s">
         <v>504</v>
       </c>
       <c r="C251" t="s" s="2">
         <v>505</v>
       </c>
       <c r="D251" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E251">
         <v>20</v>
       </c>
       <c r="F251">
         <v>20</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>807</v>
       </c>
       <c r="B252" t="s">
         <v>506</v>
       </c>
       <c r="C252" t="s" s="2">
         <v>507</v>
       </c>
       <c r="D252" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E252">
         <v>10</v>
       </c>
       <c r="F252">
         <v>9</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>809</v>
       </c>
       <c r="B253" t="s">
         <v>508</v>
       </c>
       <c r="C253" t="s" s="2">
         <v>509</v>
       </c>
       <c r="D253" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E253">
         <v>10</v>
       </c>
       <c r="F253">
         <v>9</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>1401</v>
       </c>
       <c r="B254" t="s">
         <v>510</v>
       </c>
       <c r="C254" t="s" s="2">
         <v>511</v>
       </c>
       <c r="D254" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E254">
         <v>10</v>
       </c>
       <c r="F254">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>1583</v>
       </c>
       <c r="B255" t="s">
         <v>512</v>
       </c>
       <c r="C255" t="s" s="2">
         <v>513</v>
       </c>
       <c r="D255" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E255">
         <v>10</v>
       </c>
       <c r="F255">
         <v>9</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>2105</v>
       </c>
       <c r="B256" t="s">
         <v>514</v>
       </c>
       <c r="C256" t="s" s="2">
         <v>515</v>
       </c>
       <c r="D256" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E256">
         <v>10</v>
       </c>
       <c r="F256">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>2271</v>
       </c>
       <c r="B257" t="s">
         <v>516</v>
       </c>
       <c r="C257" t="s" s="2">
         <v>517</v>
       </c>
       <c r="D257" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E257">
         <v>1</v>
       </c>
       <c r="F257">
         <v>1</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>2273</v>
       </c>
       <c r="B258" t="s">
         <v>518</v>
       </c>
       <c r="C258" t="s" s="2">
         <v>519</v>
       </c>
       <c r="D258" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E258">
         <v>4</v>
       </c>
       <c r="F258">
         <v>4</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>1585</v>
       </c>
       <c r="B259" t="s">
         <v>520</v>
       </c>
       <c r="C259" t="s" s="2">
         <v>521</v>
       </c>
       <c r="D259" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E259">
         <v>20</v>
       </c>
       <c r="F259">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>811</v>
       </c>
       <c r="B260" t="s">
         <v>522</v>
       </c>
       <c r="C260" t="s" s="2">
         <v>523</v>
       </c>
       <c r="D260" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E260">
         <v>10</v>
       </c>
       <c r="F260">
         <v>9</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>813</v>
       </c>
       <c r="B261" t="s">
         <v>524</v>
       </c>
       <c r="C261" t="s" s="2">
         <v>525</v>
       </c>
       <c r="D261" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E261">
         <v>10</v>
       </c>
       <c r="F261">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>1983</v>
       </c>
       <c r="B262" t="s">
         <v>526</v>
       </c>
       <c r="C262" t="s" s="2">
         <v>527</v>
       </c>
       <c r="D262" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E262">
         <v>10</v>
       </c>
       <c r="F262">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>1403</v>
       </c>
       <c r="B263" t="s">
         <v>528</v>
       </c>
       <c r="C263" t="s" s="2">
         <v>529</v>
       </c>
       <c r="D263" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E263">
         <v>10</v>
       </c>
       <c r="F263">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>2275</v>
       </c>
       <c r="B264" t="s">
         <v>530</v>
       </c>
       <c r="C264" t="s" s="2">
         <v>531</v>
       </c>
       <c r="D264" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E264">
         <v>10</v>
       </c>
       <c r="F264">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>815</v>
       </c>
       <c r="B265" t="s">
         <v>532</v>
       </c>
       <c r="C265" t="s" s="2">
         <v>533</v>
       </c>
       <c r="D265" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E265">
         <v>30</v>
       </c>
       <c r="F265">
         <v>17</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>817</v>
       </c>
       <c r="B266" t="s">
         <v>534</v>
       </c>
       <c r="C266" t="s" s="2">
         <v>535</v>
       </c>
       <c r="D266" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E266">
         <v>30</v>
       </c>
       <c r="F266">
         <v>29</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
         <v>819</v>
       </c>
       <c r="B267" t="s">
         <v>536</v>
       </c>
       <c r="C267" t="s" s="2">
         <v>537</v>
       </c>
       <c r="D267" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E267">
         <v>20</v>
       </c>
       <c r="F267">
         <v>20</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
         <v>1587</v>
       </c>
       <c r="B268" t="s">
         <v>538</v>
       </c>
       <c r="C268" t="s" s="2">
         <v>539</v>
       </c>
       <c r="D268" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E268">
         <v>10</v>
       </c>
       <c r="F268">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>1405</v>
       </c>
       <c r="B269" t="s">
         <v>540</v>
       </c>
       <c r="C269" t="s" s="2">
         <v>541</v>
       </c>
       <c r="D269" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E269">
         <v>10</v>
       </c>
       <c r="F269">
         <v>9</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
         <v>1985</v>
       </c>
       <c r="B270" t="s">
         <v>542</v>
       </c>
       <c r="C270" t="s" s="2">
         <v>543</v>
       </c>
       <c r="D270" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E270">
         <v>10</v>
       </c>
       <c r="F270">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>2277</v>
       </c>
       <c r="B271" t="s">
         <v>544</v>
       </c>
       <c r="C271" t="s" s="2">
         <v>545</v>
       </c>
       <c r="D271" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E271">
         <v>10</v>
       </c>
       <c r="F271">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>821</v>
       </c>
       <c r="B272" t="s">
         <v>546</v>
       </c>
       <c r="C272" t="s" s="2">
         <v>547</v>
       </c>
       <c r="D272" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E272">
         <v>10</v>
       </c>
       <c r="F272">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>823</v>
       </c>
       <c r="B273" t="s">
         <v>548</v>
       </c>
       <c r="C273" t="s" s="2">
         <v>549</v>
       </c>
       <c r="D273" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E273">
         <v>10</v>
       </c>
       <c r="F273">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
         <v>825</v>
       </c>
       <c r="B274" t="s">
         <v>550</v>
       </c>
       <c r="C274" t="s" s="2">
         <v>551</v>
       </c>
       <c r="D274" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E274">
         <v>10</v>
       </c>
       <c r="F274">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>1589</v>
       </c>
       <c r="B275" t="s">
         <v>552</v>
       </c>
       <c r="C275" t="s" s="2">
         <v>553</v>
       </c>
       <c r="D275" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E275">
         <v>10</v>
       </c>
       <c r="F275">
         <v>8</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>1407</v>
       </c>
       <c r="B276" t="s">
         <v>554</v>
       </c>
       <c r="C276" t="s" s="2">
         <v>555</v>
       </c>
       <c r="D276" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E276">
         <v>10</v>
       </c>
       <c r="F276">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>1591</v>
       </c>
       <c r="B277" t="s">
         <v>556</v>
       </c>
       <c r="C277" t="s" s="2">
         <v>557</v>
       </c>
       <c r="D277" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E277">
         <v>10</v>
       </c>
       <c r="F277">
         <v>8</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>1987</v>
       </c>
       <c r="B278" t="s">
         <v>558</v>
       </c>
       <c r="C278" t="s" s="2">
         <v>559</v>
       </c>
       <c r="D278" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E278">
         <v>1</v>
       </c>
       <c r="F278">
         <v>1</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>827</v>
       </c>
       <c r="B279" t="s">
         <v>560</v>
       </c>
       <c r="C279" t="s" s="2">
         <v>561</v>
       </c>
       <c r="D279" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E279">
         <v>10</v>
       </c>
       <c r="F279">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
         <v>831</v>
       </c>
       <c r="B280" t="s">
         <v>562</v>
       </c>
       <c r="C280" t="s" s="2">
         <v>563</v>
       </c>
       <c r="D280" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E280">
         <v>10</v>
       </c>
       <c r="F280">
         <v>9</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
         <v>833</v>
       </c>
       <c r="B281" t="s">
         <v>564</v>
       </c>
       <c r="C281" t="s" s="2">
         <v>565</v>
       </c>
       <c r="D281" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E281">
         <v>10</v>
       </c>
       <c r="F281">
         <v>9</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
         <v>1409</v>
       </c>
       <c r="B282" t="s">
         <v>566</v>
       </c>
       <c r="C282" t="s" s="2">
         <v>567</v>
       </c>
       <c r="D282" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E282">
         <v>10</v>
       </c>
       <c r="F282">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
         <v>1989</v>
       </c>
       <c r="B283" t="s">
         <v>568</v>
       </c>
       <c r="C283" t="s" s="2">
         <v>569</v>
       </c>
       <c r="D283" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E283">
         <v>10</v>
       </c>
       <c r="F283">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>2281</v>
       </c>
       <c r="B284" t="s">
         <v>570</v>
       </c>
       <c r="C284" t="s" s="2">
         <v>571</v>
       </c>
       <c r="D284" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E284">
         <v>10</v>
       </c>
       <c r="F284">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
         <v>1593</v>
       </c>
       <c r="B285" t="s">
         <v>572</v>
       </c>
       <c r="C285" t="s" s="2">
         <v>573</v>
       </c>
       <c r="D285" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E285">
         <v>5</v>
       </c>
       <c r="F285">
         <v>5</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
         <v>835</v>
       </c>
       <c r="B286" t="s">
         <v>574</v>
       </c>
       <c r="C286" t="s" s="2">
         <v>575</v>
       </c>
       <c r="D286" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E286">
         <v>10</v>
       </c>
       <c r="F286">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>837</v>
       </c>
       <c r="B287" t="s">
         <v>576</v>
       </c>
       <c r="C287" t="s" s="2">
         <v>577</v>
       </c>
       <c r="D287" s="3">
-        <v>45949.433252315</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E287">
         <v>10</v>
       </c>
       <c r="F287">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
         <v>839</v>
       </c>
       <c r="B288" t="s">
         <v>578</v>
       </c>
       <c r="C288" t="s" s="2">
         <v>579</v>
       </c>
       <c r="D288" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E288">
         <v>10</v>
       </c>
       <c r="F288">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
         <v>841</v>
       </c>
       <c r="B289" t="s">
         <v>580</v>
       </c>
       <c r="C289" t="s" s="2">
         <v>581</v>
       </c>
       <c r="D289" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E289">
         <v>10</v>
       </c>
       <c r="F289">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
         <v>1595</v>
       </c>
       <c r="B290" t="s">
         <v>582</v>
       </c>
       <c r="C290" t="s" s="2">
         <v>583</v>
       </c>
       <c r="D290" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E290">
         <v>10</v>
       </c>
       <c r="F290">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
         <v>1411</v>
       </c>
       <c r="B291" t="s">
         <v>584</v>
       </c>
       <c r="C291" t="s" s="2">
         <v>585</v>
       </c>
       <c r="D291" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E291">
         <v>10</v>
       </c>
       <c r="F291">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
         <v>1991</v>
       </c>
       <c r="B292" t="s">
         <v>586</v>
       </c>
       <c r="C292" t="s" s="2">
         <v>587</v>
       </c>
       <c r="D292" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E292">
         <v>4</v>
       </c>
       <c r="F292">
         <v>4</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
         <v>843</v>
       </c>
       <c r="B293" t="s">
         <v>588</v>
       </c>
       <c r="C293" t="s" s="2">
         <v>589</v>
       </c>
       <c r="D293" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E293">
         <v>10</v>
       </c>
       <c r="F293">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
         <v>845</v>
       </c>
       <c r="B294" t="s">
         <v>590</v>
       </c>
       <c r="C294" t="s" s="2">
         <v>591</v>
       </c>
       <c r="D294" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E294">
         <v>10</v>
       </c>
       <c r="F294">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
         <v>847</v>
       </c>
       <c r="B295" t="s">
         <v>592</v>
       </c>
       <c r="C295" t="s" s="2">
         <v>593</v>
       </c>
       <c r="D295" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E295">
         <v>10</v>
       </c>
       <c r="F295">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
         <v>1993</v>
       </c>
       <c r="B296" t="s">
         <v>594</v>
       </c>
       <c r="C296" t="s" s="2">
         <v>595</v>
       </c>
       <c r="D296" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E296">
         <v>10</v>
       </c>
       <c r="F296">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
         <v>1995</v>
       </c>
       <c r="B297" t="s">
         <v>596</v>
       </c>
       <c r="C297" t="s" s="2">
         <v>597</v>
       </c>
       <c r="D297" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E297">
         <v>90</v>
       </c>
       <c r="F297">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
         <v>1597</v>
       </c>
       <c r="B298" t="s">
         <v>598</v>
       </c>
       <c r="C298" t="s" s="2">
         <v>599</v>
       </c>
       <c r="D298" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E298">
         <v>10</v>
       </c>
       <c r="F298">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
         <v>1169</v>
       </c>
       <c r="B299" t="s">
         <v>600</v>
       </c>
       <c r="C299" t="s" s="2">
         <v>601</v>
       </c>
       <c r="D299" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E299">
         <v>10</v>
       </c>
       <c r="F299">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
         <v>849</v>
       </c>
       <c r="B300" t="s">
         <v>602</v>
       </c>
       <c r="C300" t="s" s="2">
         <v>603</v>
       </c>
       <c r="D300" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E300">
         <v>10</v>
       </c>
       <c r="F300">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
         <v>1219</v>
       </c>
       <c r="B301" t="s">
         <v>604</v>
       </c>
       <c r="C301" t="s" s="2">
         <v>605</v>
       </c>
       <c r="D301" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E301">
         <v>10</v>
       </c>
       <c r="F301">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
         <v>1413</v>
       </c>
       <c r="B302" t="s">
         <v>606</v>
       </c>
       <c r="C302" t="s" s="2">
         <v>607</v>
       </c>
       <c r="D302" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E302">
         <v>10</v>
       </c>
       <c r="F302">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
         <v>1115</v>
       </c>
       <c r="B303" t="s">
         <v>608</v>
       </c>
       <c r="C303" t="s" s="2">
         <v>609</v>
       </c>
       <c r="D303" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E303">
         <v>10</v>
       </c>
       <c r="F303">
         <v>8</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
         <v>1171</v>
       </c>
       <c r="B304" t="s">
         <v>610</v>
       </c>
       <c r="C304" t="s" s="2">
         <v>611</v>
       </c>
       <c r="D304" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E304">
         <v>5</v>
       </c>
       <c r="F304">
         <v>5</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
         <v>1599</v>
       </c>
       <c r="B305" t="s">
         <v>612</v>
       </c>
       <c r="C305" t="s" s="2">
         <v>613</v>
       </c>
       <c r="D305" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E305">
         <v>10</v>
       </c>
       <c r="F305">
         <v>8</v>
       </c>
     </row>
     <row r="306">
       <c r="A306">
         <v>851</v>
       </c>
       <c r="B306" t="s">
         <v>614</v>
       </c>
       <c r="C306" t="s" s="2">
         <v>615</v>
       </c>
       <c r="D306" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E306">
         <v>20</v>
       </c>
       <c r="F306">
         <v>20</v>
       </c>
     </row>
     <row r="307">
       <c r="A307">
         <v>853</v>
       </c>
       <c r="B307" t="s">
         <v>616</v>
       </c>
       <c r="C307" t="s" s="2">
         <v>617</v>
       </c>
       <c r="D307" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E307">
         <v>10</v>
       </c>
       <c r="F307">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308">
         <v>855</v>
       </c>
       <c r="B308" t="s">
         <v>618</v>
       </c>
       <c r="C308" t="s" s="2">
         <v>619</v>
       </c>
       <c r="D308" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E308">
         <v>10</v>
       </c>
       <c r="F308">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309">
         <v>1415</v>
       </c>
       <c r="B309" t="s">
         <v>620</v>
       </c>
       <c r="C309" t="s" s="2">
         <v>621</v>
       </c>
       <c r="D309" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E309">
         <v>10</v>
       </c>
       <c r="F309">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310">
         <v>2295</v>
       </c>
       <c r="B310" t="s">
         <v>622</v>
       </c>
       <c r="C310" t="s" s="2">
         <v>623</v>
       </c>
       <c r="D310" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E310">
         <v>10</v>
       </c>
       <c r="F310">
         <v>8</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
         <v>2297</v>
       </c>
       <c r="B311" t="s">
         <v>624</v>
       </c>
       <c r="C311" t="s" s="2">
         <v>625</v>
       </c>
       <c r="D311" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E311">
         <v>10</v>
       </c>
       <c r="F311">
         <v>8</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
         <v>1173</v>
       </c>
       <c r="B312" t="s">
         <v>626</v>
       </c>
       <c r="C312" t="s" s="2">
         <v>627</v>
       </c>
       <c r="D312" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E312">
         <v>10</v>
       </c>
       <c r="F312">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
         <v>2299</v>
       </c>
       <c r="B313" t="s">
         <v>628</v>
       </c>
       <c r="C313" t="s" s="2">
         <v>629</v>
       </c>
       <c r="D313" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E313">
         <v>10</v>
       </c>
       <c r="F313">
         <v>8</v>
       </c>
     </row>
     <row r="314">
       <c r="A314">
         <v>1601</v>
       </c>
       <c r="B314" t="s">
         <v>630</v>
       </c>
       <c r="C314" t="s" s="2">
         <v>631</v>
       </c>
       <c r="D314" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E314">
         <v>10</v>
       </c>
       <c r="F314">
         <v>9</v>
       </c>
     </row>
     <row r="315">
       <c r="A315">
         <v>2195</v>
       </c>
       <c r="B315" t="s">
         <v>632</v>
       </c>
       <c r="C315" t="s" s="2">
         <v>633</v>
       </c>
       <c r="D315" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E315">
         <v>18</v>
       </c>
       <c r="F315">
         <v>18</v>
       </c>
     </row>
     <row r="316">
       <c r="A316">
         <v>857</v>
       </c>
       <c r="B316" t="s">
         <v>634</v>
       </c>
       <c r="C316" t="s" s="2">
         <v>635</v>
       </c>
       <c r="D316" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E316">
         <v>10</v>
       </c>
       <c r="F316">
         <v>9</v>
       </c>
     </row>
     <row r="317">
       <c r="A317">
         <v>1417</v>
       </c>
       <c r="B317" t="s">
         <v>636</v>
       </c>
       <c r="C317" t="s" s="2">
         <v>637</v>
       </c>
       <c r="D317" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E317">
         <v>10</v>
       </c>
       <c r="F317">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318">
         <v>1185</v>
       </c>
       <c r="B318" t="s">
         <v>638</v>
       </c>
       <c r="C318" t="s" s="2">
         <v>639</v>
       </c>
       <c r="D318" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E318">
         <v>10</v>
       </c>
       <c r="F318">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319">
         <v>859</v>
       </c>
       <c r="B319" t="s">
         <v>640</v>
       </c>
       <c r="C319" t="s" s="2">
         <v>641</v>
       </c>
       <c r="D319" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E319">
         <v>10</v>
       </c>
       <c r="F319">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320">
         <v>861</v>
       </c>
       <c r="B320" t="s">
         <v>642</v>
       </c>
       <c r="C320" t="s" s="2">
         <v>643</v>
       </c>
       <c r="D320" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E320">
         <v>10</v>
       </c>
       <c r="F320">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321">
         <v>863</v>
       </c>
       <c r="B321" t="s">
         <v>644</v>
       </c>
       <c r="C321" t="s" s="2">
         <v>645</v>
       </c>
       <c r="D321" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E321">
         <v>10</v>
       </c>
       <c r="F321">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322">
         <v>1603</v>
       </c>
       <c r="B322" t="s">
         <v>646</v>
       </c>
       <c r="C322" t="s" s="2">
         <v>647</v>
       </c>
       <c r="D322" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E322">
         <v>10</v>
       </c>
       <c r="F322">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323">
         <v>2301</v>
       </c>
       <c r="B323" t="s">
         <v>648</v>
       </c>
       <c r="C323" t="s" s="2">
         <v>649</v>
       </c>
       <c r="D323" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E323">
         <v>10</v>
       </c>
       <c r="F323">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324">
         <v>1419</v>
       </c>
       <c r="B324" t="s">
         <v>650</v>
       </c>
       <c r="C324" t="s" s="2">
         <v>651</v>
       </c>
       <c r="D324" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E324">
         <v>10</v>
       </c>
       <c r="F324">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325">
         <v>865</v>
       </c>
       <c r="B325" t="s">
         <v>652</v>
       </c>
       <c r="C325" t="s" s="2">
         <v>653</v>
       </c>
       <c r="D325" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E325">
         <v>20</v>
       </c>
       <c r="F325">
         <v>17</v>
       </c>
     </row>
     <row r="326">
       <c r="A326">
         <v>1421</v>
       </c>
       <c r="B326" t="s">
         <v>654</v>
       </c>
       <c r="C326" t="s" s="2">
         <v>655</v>
       </c>
       <c r="D326" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E326">
         <v>10</v>
       </c>
       <c r="F326">
         <v>9</v>
       </c>
     </row>
     <row r="327">
       <c r="A327">
         <v>1605</v>
       </c>
       <c r="B327" t="s">
         <v>656</v>
       </c>
       <c r="C327" t="s" s="2">
         <v>657</v>
       </c>
       <c r="D327" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E327">
         <v>1</v>
       </c>
       <c r="F327">
         <v>1</v>
       </c>
     </row>
     <row r="328">
       <c r="A328">
         <v>1607</v>
       </c>
       <c r="B328" t="s">
         <v>658</v>
       </c>
       <c r="C328" t="s" s="2">
         <v>659</v>
       </c>
       <c r="D328" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E328">
         <v>1</v>
       </c>
       <c r="F328">
         <v>1</v>
       </c>
     </row>
     <row r="329">
       <c r="A329">
         <v>1609</v>
       </c>
       <c r="B329" t="s">
         <v>660</v>
       </c>
       <c r="C329" t="s" s="2">
         <v>661</v>
       </c>
       <c r="D329" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E329">
         <v>10</v>
       </c>
       <c r="F329">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330">
         <v>1187</v>
       </c>
       <c r="B330" t="s">
         <v>662</v>
       </c>
       <c r="C330" t="s" s="2">
         <v>663</v>
       </c>
       <c r="D330" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E330">
         <v>10</v>
       </c>
       <c r="F330">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331">
         <v>2303</v>
       </c>
       <c r="B331" t="s">
         <v>664</v>
       </c>
       <c r="C331" t="s" s="2">
         <v>665</v>
       </c>
       <c r="D331" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E331">
         <v>5</v>
       </c>
       <c r="F331">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332">
         <v>1423</v>
       </c>
       <c r="B332" t="s">
         <v>666</v>
       </c>
       <c r="C332" t="s" s="2">
         <v>667</v>
       </c>
       <c r="D332" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E332">
         <v>10</v>
       </c>
       <c r="F332">
         <v>9</v>
       </c>
     </row>
     <row r="333">
       <c r="A333">
         <v>1611</v>
       </c>
       <c r="B333" t="s">
         <v>668</v>
       </c>
       <c r="C333" t="s" s="2">
         <v>669</v>
       </c>
       <c r="D333" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E333">
         <v>3</v>
       </c>
       <c r="F333">
         <v>3</v>
       </c>
     </row>
     <row r="334">
       <c r="A334">
         <v>1189</v>
       </c>
       <c r="B334" t="s">
         <v>670</v>
       </c>
       <c r="C334" t="s" s="2">
         <v>671</v>
       </c>
       <c r="D334" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E334">
         <v>10</v>
       </c>
       <c r="F334">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335">
         <v>1425</v>
       </c>
       <c r="B335" t="s">
         <v>672</v>
       </c>
       <c r="C335" t="s" s="2">
         <v>673</v>
       </c>
       <c r="D335" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E335">
         <v>10</v>
       </c>
       <c r="F335">
         <v>9</v>
       </c>
     </row>
     <row r="336">
       <c r="A336">
         <v>2305</v>
       </c>
       <c r="B336" t="s">
         <v>674</v>
       </c>
       <c r="C336" t="s" s="2">
         <v>675</v>
       </c>
       <c r="D336" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E336">
         <v>3</v>
       </c>
       <c r="F336">
         <v>3</v>
       </c>
     </row>
     <row r="337">
       <c r="A337">
         <v>1117</v>
       </c>
       <c r="B337" t="s">
         <v>676</v>
       </c>
       <c r="C337" t="s" s="2">
         <v>677</v>
       </c>
       <c r="D337" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E337">
         <v>5</v>
       </c>
       <c r="F337">
         <v>5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338">
         <v>1613</v>
       </c>
       <c r="B338" t="s">
         <v>678</v>
       </c>
       <c r="C338" t="s" s="2">
         <v>679</v>
       </c>
       <c r="D338" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E338">
         <v>10</v>
       </c>
       <c r="F338">
         <v>9</v>
       </c>
     </row>
     <row r="339">
       <c r="A339">
         <v>1099</v>
       </c>
       <c r="B339" t="s">
         <v>680</v>
       </c>
       <c r="C339" t="s" s="2">
         <v>681</v>
       </c>
       <c r="D339" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E339">
         <v>10</v>
       </c>
       <c r="F339">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340">
         <v>1427</v>
       </c>
       <c r="B340" t="s">
         <v>682</v>
       </c>
       <c r="C340" t="s" s="2">
         <v>683</v>
       </c>
       <c r="D340" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E340">
         <v>10</v>
       </c>
       <c r="F340">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341">
         <v>2307</v>
       </c>
       <c r="B341" t="s">
         <v>684</v>
       </c>
       <c r="C341" t="s" s="2">
         <v>685</v>
       </c>
       <c r="D341" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E341">
         <v>10</v>
       </c>
       <c r="F341">
         <v>3</v>
       </c>
     </row>
     <row r="342">
       <c r="A342">
         <v>867</v>
       </c>
       <c r="B342" t="s">
         <v>686</v>
       </c>
       <c r="C342" t="s" s="2">
         <v>687</v>
       </c>
       <c r="D342" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E342">
         <v>10</v>
       </c>
       <c r="F342">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343">
         <v>869</v>
       </c>
       <c r="B343" t="s">
         <v>688</v>
       </c>
       <c r="C343" t="s" s="2">
         <v>689</v>
       </c>
       <c r="D343" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E343">
         <v>30</v>
       </c>
       <c r="F343">
         <v>19</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
         <v>1121</v>
       </c>
       <c r="B344" t="s">
         <v>690</v>
       </c>
       <c r="C344" t="s" s="2">
         <v>691</v>
       </c>
       <c r="D344" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E344">
         <v>10</v>
       </c>
       <c r="F344">
         <v>7</v>
       </c>
     </row>
     <row r="345">
       <c r="A345">
         <v>1193</v>
       </c>
       <c r="B345" t="s">
         <v>692</v>
       </c>
       <c r="C345" t="s" s="2">
         <v>693</v>
       </c>
       <c r="D345" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E345">
         <v>5</v>
       </c>
       <c r="F345">
         <v>5</v>
       </c>
     </row>
     <row r="346">
       <c r="A346">
         <v>1429</v>
       </c>
       <c r="B346" t="s">
         <v>694</v>
       </c>
       <c r="C346" t="s" s="2">
         <v>695</v>
       </c>
       <c r="D346" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E346">
         <v>10</v>
       </c>
       <c r="F346">
         <v>8</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
         <v>1615</v>
       </c>
       <c r="B347" t="s">
         <v>696</v>
       </c>
       <c r="C347" t="s" s="2">
         <v>697</v>
       </c>
       <c r="D347" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E347">
         <v>10</v>
       </c>
       <c r="F347">
         <v>9</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
         <v>1997</v>
       </c>
       <c r="B348" t="s">
         <v>698</v>
       </c>
       <c r="C348" t="s" s="2">
         <v>699</v>
       </c>
       <c r="D348" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E348">
         <v>10</v>
       </c>
       <c r="F348">
         <v>9</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
         <v>1617</v>
       </c>
       <c r="B349" t="s">
         <v>700</v>
       </c>
       <c r="C349" t="s" s="2">
         <v>701</v>
       </c>
       <c r="D349" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E349">
         <v>10</v>
       </c>
       <c r="F349">
         <v>4</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
         <v>871</v>
       </c>
       <c r="B350" t="s">
         <v>702</v>
       </c>
       <c r="C350" t="s" s="2">
         <v>703</v>
       </c>
       <c r="D350" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E350">
         <v>10</v>
       </c>
       <c r="F350">
         <v>5</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
         <v>873</v>
       </c>
       <c r="B351" t="s">
         <v>704</v>
       </c>
       <c r="C351" t="s" s="2">
         <v>705</v>
       </c>
       <c r="D351" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E351">
         <v>10</v>
       </c>
       <c r="F351">
         <v>5</v>
       </c>
     </row>
     <row r="352">
       <c r="A352">
         <v>875</v>
       </c>
       <c r="B352" t="s">
         <v>706</v>
       </c>
       <c r="C352" t="s" s="2">
         <v>707</v>
       </c>
       <c r="D352" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E352">
         <v>10</v>
       </c>
       <c r="F352">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="353">
       <c r="A353">
         <v>1195</v>
       </c>
       <c r="B353" t="s">
         <v>708</v>
       </c>
       <c r="C353" t="s" s="2">
         <v>709</v>
       </c>
       <c r="D353" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E353">
         <v>10</v>
       </c>
       <c r="F353">
         <v>5</v>
       </c>
     </row>
     <row r="354">
       <c r="A354">
         <v>1431</v>
       </c>
       <c r="B354" t="s">
         <v>710</v>
       </c>
       <c r="C354" t="s" s="2">
         <v>711</v>
       </c>
       <c r="D354" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E354">
         <v>6</v>
       </c>
       <c r="F354">
         <v>2</v>
       </c>
     </row>
     <row r="355">
       <c r="A355">
         <v>1999</v>
       </c>
       <c r="B355" t="s">
         <v>712</v>
       </c>
       <c r="C355" t="s" s="2">
         <v>713</v>
       </c>
       <c r="D355" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E355">
         <v>10</v>
       </c>
       <c r="F355">
         <v>5</v>
       </c>
     </row>
     <row r="356">
       <c r="A356">
         <v>877</v>
       </c>
       <c r="B356" t="s">
         <v>714</v>
       </c>
       <c r="C356" t="s" s="2">
         <v>715</v>
       </c>
       <c r="D356" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E356">
         <v>10</v>
       </c>
       <c r="F356">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="357">
       <c r="A357">
         <v>1103</v>
       </c>
       <c r="B357" t="s">
         <v>716</v>
       </c>
       <c r="C357" t="s" s="2">
         <v>717</v>
       </c>
       <c r="D357" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E357">
         <v>10</v>
       </c>
       <c r="F357">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358">
       <c r="A358">
         <v>1197</v>
       </c>
       <c r="B358" t="s">
         <v>718</v>
       </c>
       <c r="C358" t="s" s="2">
         <v>719</v>
       </c>
       <c r="D358" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E358">
         <v>10</v>
       </c>
       <c r="F358">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="359">
       <c r="A359">
         <v>1433</v>
       </c>
       <c r="B359" t="s">
         <v>720</v>
       </c>
       <c r="C359" t="s" s="2">
         <v>721</v>
       </c>
       <c r="D359" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E359">
         <v>10</v>
       </c>
       <c r="F359">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360">
       <c r="A360">
         <v>1123</v>
       </c>
       <c r="B360" t="s">
         <v>722</v>
       </c>
       <c r="C360" t="s" s="2">
         <v>723</v>
       </c>
       <c r="D360" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E360">
         <v>10</v>
       </c>
       <c r="F360">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="361">
       <c r="A361">
         <v>2001</v>
       </c>
       <c r="B361" t="s">
         <v>724</v>
       </c>
       <c r="C361" t="s" s="2">
         <v>725</v>
       </c>
       <c r="D361" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E361">
         <v>10</v>
       </c>
       <c r="F361">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="362">
       <c r="A362">
         <v>879</v>
       </c>
       <c r="B362" t="s">
         <v>726</v>
       </c>
       <c r="C362" t="s" s="2">
         <v>727</v>
       </c>
       <c r="D362" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E362">
         <v>10</v>
       </c>
       <c r="F362">
         <v>3</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
         <v>881</v>
       </c>
       <c r="B363" t="s">
         <v>728</v>
       </c>
       <c r="C363" t="s" s="2">
         <v>729</v>
       </c>
       <c r="D363" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E363">
         <v>10</v>
       </c>
       <c r="F363">
         <v>3</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
         <v>1435</v>
       </c>
       <c r="B364" t="s">
         <v>730</v>
       </c>
       <c r="C364" t="s" s="2">
         <v>731</v>
       </c>
       <c r="D364" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E364">
         <v>10</v>
       </c>
       <c r="F364">
         <v>4</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
         <v>1621</v>
       </c>
       <c r="B365" t="s">
         <v>732</v>
       </c>
       <c r="C365" t="s" s="2">
         <v>733</v>
       </c>
       <c r="D365" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E365">
         <v>50</v>
       </c>
       <c r="F365">
         <v>5</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
         <v>2003</v>
       </c>
       <c r="B366" t="s">
         <v>734</v>
       </c>
       <c r="C366" t="s" s="2">
         <v>735</v>
       </c>
       <c r="D366" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E366">
         <v>20</v>
       </c>
       <c r="F366">
         <v>7</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
         <v>1125</v>
       </c>
       <c r="B367" t="s">
         <v>736</v>
       </c>
       <c r="C367" t="s" s="2">
         <v>737</v>
       </c>
       <c r="D367" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E367">
         <v>10</v>
       </c>
       <c r="F367">
         <v>4</v>
       </c>
     </row>
     <row r="368">
       <c r="A368">
         <v>1241</v>
       </c>
       <c r="B368" t="s">
         <v>738</v>
       </c>
       <c r="C368" t="s" s="2">
         <v>739</v>
       </c>
       <c r="D368" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E368">
         <v>10</v>
       </c>
       <c r="F368">
         <v>6</v>
       </c>
     </row>
     <row r="369">
       <c r="A369">
         <v>1437</v>
       </c>
       <c r="B369" t="s">
         <v>740</v>
       </c>
       <c r="C369" t="s" s="2">
         <v>741</v>
       </c>
       <c r="D369" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E369">
         <v>10</v>
       </c>
       <c r="F369">
         <v>7</v>
       </c>
     </row>
     <row r="370">
       <c r="A370">
         <v>1787</v>
       </c>
       <c r="B370" t="s">
         <v>742</v>
       </c>
       <c r="C370" t="s" s="2">
         <v>743</v>
       </c>
       <c r="D370" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E370">
         <v>10</v>
       </c>
       <c r="F370">
         <v>7</v>
       </c>
     </row>
     <row r="371">
       <c r="A371">
         <v>885</v>
       </c>
       <c r="B371" t="s">
         <v>744</v>
       </c>
       <c r="C371" t="s" s="2">
         <v>745</v>
       </c>
       <c r="D371" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E371">
         <v>10</v>
       </c>
       <c r="F371">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="372">
       <c r="A372">
         <v>887</v>
       </c>
       <c r="B372" t="s">
         <v>104</v>
       </c>
       <c r="C372" t="s" s="2">
         <v>746</v>
       </c>
       <c r="D372" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E372">
         <v>10</v>
       </c>
       <c r="F372">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="373">
       <c r="A373">
         <v>889</v>
       </c>
       <c r="B373" t="s">
         <v>747</v>
       </c>
       <c r="C373" t="s" s="2">
         <v>748</v>
       </c>
       <c r="D373" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E373">
         <v>10</v>
       </c>
       <c r="F373">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="374">
       <c r="A374">
         <v>1243</v>
       </c>
       <c r="B374" t="s">
         <v>749</v>
       </c>
       <c r="C374" t="s" s="2">
         <v>750</v>
       </c>
       <c r="D374" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E374">
         <v>5</v>
       </c>
       <c r="F374">
         <v>2</v>
       </c>
     </row>
     <row r="375">
       <c r="A375">
         <v>897</v>
       </c>
       <c r="B375" t="s">
         <v>751</v>
       </c>
       <c r="C375" t="s" s="2">
         <v>752</v>
       </c>
       <c r="D375" s="3">
-        <v>45942.463321759</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E375">
         <v>15</v>
       </c>
       <c r="F375">
         <v>15</v>
       </c>
     </row>
     <row r="376">
       <c r="A376">
         <v>899</v>
       </c>
       <c r="B376" t="s">
         <v>753</v>
       </c>
       <c r="C376" t="s" s="2">
         <v>754</v>
       </c>
       <c r="D376" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E376">
         <v>10</v>
       </c>
       <c r="F376">
         <v>2</v>
       </c>
     </row>
     <row r="377">
       <c r="A377">
         <v>901</v>
       </c>
       <c r="B377" t="s">
         <v>755</v>
       </c>
       <c r="C377" t="s" s="2">
         <v>756</v>
       </c>
       <c r="D377" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E377">
         <v>10</v>
       </c>
       <c r="F377">
         <v>2</v>
       </c>
     </row>
     <row r="378">
       <c r="A378">
         <v>903</v>
       </c>
       <c r="B378" t="s">
         <v>757</v>
       </c>
       <c r="C378" t="s" s="2">
         <v>758</v>
       </c>
       <c r="D378" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E378">
         <v>20</v>
       </c>
       <c r="F378">
         <v>4</v>
       </c>
     </row>
     <row r="379">
       <c r="A379">
         <v>1451</v>
       </c>
       <c r="B379" t="s">
         <v>759</v>
       </c>
       <c r="C379" t="s" s="2">
         <v>760</v>
       </c>
       <c r="D379" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E379">
         <v>5</v>
       </c>
       <c r="F379">
         <v>2</v>
       </c>
     </row>
     <row r="380">
       <c r="A380">
         <v>1835</v>
       </c>
       <c r="B380" t="s">
         <v>761</v>
       </c>
       <c r="C380" t="s" s="2">
         <v>762</v>
       </c>
       <c r="D380" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E380">
         <v>10</v>
       </c>
       <c r="F380">
         <v>3</v>
       </c>
     </row>
     <row r="381">
       <c r="A381">
         <v>2007</v>
       </c>
       <c r="B381" t="s">
         <v>763</v>
       </c>
       <c r="C381" t="s" s="2">
         <v>764</v>
       </c>
       <c r="D381" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E381">
         <v>10</v>
       </c>
       <c r="F381">
         <v>3</v>
       </c>
     </row>
     <row r="382">
       <c r="A382">
         <v>2311</v>
       </c>
       <c r="B382" t="s">
         <v>765</v>
       </c>
       <c r="C382" t="s" s="2">
         <v>766</v>
       </c>
       <c r="D382" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E382">
         <v>10</v>
       </c>
       <c r="F382">
         <v>1</v>
       </c>
     </row>
     <row r="383">
       <c r="A383">
         <v>911</v>
       </c>
       <c r="B383" t="s">
         <v>767</v>
       </c>
       <c r="C383" t="s" s="2">
         <v>768</v>
       </c>
       <c r="D383" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E383">
         <v>10</v>
       </c>
       <c r="F383">
         <v>9</v>
       </c>
     </row>
     <row r="384">
       <c r="A384">
         <v>913</v>
       </c>
       <c r="B384" t="s">
         <v>769</v>
       </c>
       <c r="C384" t="s" s="2">
         <v>770</v>
       </c>
       <c r="D384" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E384">
         <v>10</v>
       </c>
       <c r="F384">
         <v>9</v>
       </c>
     </row>
     <row r="385">
       <c r="A385">
         <v>915</v>
       </c>
       <c r="B385" t="s">
         <v>771</v>
       </c>
       <c r="C385" t="s" s="2">
         <v>772</v>
       </c>
       <c r="D385" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E385">
         <v>10</v>
       </c>
       <c r="F385">
         <v>9</v>
       </c>
     </row>
     <row r="386">
       <c r="A386">
         <v>943</v>
       </c>
       <c r="B386" t="s">
         <v>773</v>
       </c>
       <c r="C386" t="s" s="2">
         <v>774</v>
       </c>
       <c r="D386" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E386">
         <v>10</v>
       </c>
       <c r="F386">
         <v>6</v>
       </c>
     </row>
     <row r="387">
       <c r="A387">
         <v>2011</v>
       </c>
       <c r="B387" t="s">
         <v>775</v>
       </c>
       <c r="C387" t="s" s="2">
         <v>776</v>
       </c>
       <c r="D387" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E387">
         <v>10</v>
       </c>
       <c r="F387">
         <v>4</v>
       </c>
     </row>
     <row r="388">
       <c r="A388">
         <v>2313</v>
       </c>
       <c r="B388" t="s">
         <v>777</v>
       </c>
       <c r="C388" t="s" s="2">
         <v>778</v>
       </c>
       <c r="D388" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E388">
         <v>10</v>
       </c>
       <c r="F388">
         <v>1</v>
       </c>
     </row>
     <row r="389">
       <c r="A389">
         <v>1247</v>
       </c>
       <c r="B389" t="s">
         <v>779</v>
       </c>
       <c r="C389" t="s" s="2">
         <v>780</v>
       </c>
       <c r="D389" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E389">
         <v>10</v>
       </c>
       <c r="F389">
         <v>7</v>
       </c>
     </row>
     <row r="390">
       <c r="A390">
         <v>1455</v>
       </c>
       <c r="B390" t="s">
         <v>781</v>
       </c>
       <c r="C390" t="s" s="2">
         <v>782</v>
       </c>
       <c r="D390" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E390">
         <v>10</v>
       </c>
       <c r="F390">
         <v>8</v>
       </c>
     </row>
     <row r="391">
       <c r="A391">
         <v>1625</v>
       </c>
       <c r="B391" t="s">
         <v>783</v>
       </c>
       <c r="C391" t="s" s="2">
         <v>784</v>
       </c>
       <c r="D391" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E391">
         <v>10</v>
       </c>
       <c r="F391">
         <v>5</v>
       </c>
     </row>
     <row r="392">
       <c r="A392">
         <v>2315</v>
       </c>
       <c r="B392" t="s">
         <v>785</v>
       </c>
       <c r="C392" t="s" s="2">
         <v>786</v>
       </c>
       <c r="D392" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E392">
         <v>5</v>
       </c>
       <c r="F392">
         <v>4</v>
       </c>
     </row>
     <row r="393">
       <c r="A393">
         <v>917</v>
       </c>
       <c r="B393" t="s">
         <v>787</v>
       </c>
       <c r="C393" t="s" s="2">
         <v>788</v>
       </c>
       <c r="D393" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E393">
         <v>10</v>
       </c>
       <c r="F393">
         <v>9</v>
       </c>
     </row>
     <row r="394">
       <c r="A394">
         <v>919</v>
       </c>
       <c r="B394" t="s">
         <v>789</v>
       </c>
       <c r="C394" t="s" s="2">
         <v>790</v>
       </c>
       <c r="D394" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E394">
         <v>10</v>
       </c>
       <c r="F394">
         <v>9</v>
       </c>
     </row>
     <row r="395">
       <c r="A395">
         <v>921</v>
       </c>
       <c r="B395" t="s">
         <v>791</v>
       </c>
       <c r="C395" t="s" s="2">
         <v>792</v>
       </c>
       <c r="D395" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E395">
         <v>10</v>
       </c>
       <c r="F395">
         <v>9</v>
       </c>
     </row>
     <row r="396">
       <c r="A396">
         <v>923</v>
       </c>
       <c r="B396" t="s">
         <v>793</v>
       </c>
       <c r="C396" t="s" s="2">
         <v>794</v>
       </c>
       <c r="D396" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E396">
         <v>10</v>
       </c>
       <c r="F396">
         <v>9</v>
       </c>
     </row>
     <row r="397">
       <c r="A397">
         <v>1627</v>
       </c>
       <c r="B397" t="s">
         <v>795</v>
       </c>
       <c r="C397" t="s" s="2">
         <v>796</v>
       </c>
       <c r="D397" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E397">
         <v>10</v>
       </c>
       <c r="F397">
         <v>9</v>
       </c>
     </row>
     <row r="398">
       <c r="A398">
         <v>2013</v>
       </c>
       <c r="B398" t="s">
         <v>797</v>
       </c>
       <c r="C398" t="s" s="2">
         <v>798</v>
       </c>
       <c r="D398" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E398">
         <v>10</v>
       </c>
       <c r="F398">
         <v>9</v>
       </c>
     </row>
     <row r="399">
       <c r="A399">
         <v>2317</v>
       </c>
       <c r="B399" t="s">
         <v>799</v>
       </c>
       <c r="C399" t="s" s="2">
         <v>800</v>
       </c>
       <c r="D399" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E399">
         <v>10</v>
       </c>
       <c r="F399">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400">
         <v>1457</v>
       </c>
       <c r="B400"/>
       <c r="C400" t="s" s="2">
         <v>801</v>
       </c>
       <c r="D400" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E400">
         <v>10</v>
       </c>
       <c r="F400">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401">
         <v>1629</v>
       </c>
       <c r="B401" t="s">
         <v>802</v>
       </c>
       <c r="C401" t="s" s="2">
         <v>803</v>
       </c>
       <c r="D401" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E401">
         <v>10</v>
       </c>
       <c r="F401">
         <v>9</v>
       </c>
     </row>
     <row r="402">
       <c r="A402">
         <v>925</v>
       </c>
       <c r="B402" t="s">
         <v>804</v>
       </c>
       <c r="C402" t="s" s="2">
         <v>805</v>
       </c>
       <c r="D402" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E402">
         <v>10</v>
       </c>
       <c r="F402">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403">
         <v>927</v>
       </c>
       <c r="B403" t="s">
         <v>806</v>
       </c>
       <c r="C403" t="s" s="2">
         <v>807</v>
       </c>
       <c r="D403" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E403">
         <v>10</v>
       </c>
       <c r="F403">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404">
         <v>929</v>
       </c>
       <c r="B404" t="s">
         <v>808</v>
       </c>
       <c r="C404" t="s" s="2">
         <v>809</v>
       </c>
       <c r="D404" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E404">
         <v>10</v>
       </c>
       <c r="F404">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405">
         <v>931</v>
       </c>
       <c r="B405" t="s">
         <v>810</v>
       </c>
       <c r="C405" t="s" s="2">
         <v>811</v>
       </c>
       <c r="D405" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E405">
         <v>10</v>
       </c>
       <c r="F405">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406">
         <v>2015</v>
       </c>
       <c r="B406" t="s">
         <v>812</v>
       </c>
       <c r="C406" t="s" s="2">
         <v>813</v>
       </c>
       <c r="D406" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E406">
         <v>10</v>
       </c>
       <c r="F406">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407">
         <v>1459</v>
       </c>
       <c r="B407" t="s">
         <v>814</v>
       </c>
       <c r="C407" t="s" s="2">
         <v>815</v>
       </c>
       <c r="D407" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E407">
         <v>20</v>
       </c>
       <c r="F407">
         <v>20</v>
       </c>
     </row>
     <row r="408">
       <c r="A408">
         <v>1631</v>
       </c>
       <c r="B408" t="s">
         <v>816</v>
       </c>
       <c r="C408" t="s" s="2">
         <v>817</v>
       </c>
       <c r="D408" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E408">
         <v>10</v>
       </c>
       <c r="F408">
         <v>9</v>
       </c>
     </row>
     <row r="409">
       <c r="A409">
         <v>2319</v>
       </c>
       <c r="B409" t="s">
         <v>818</v>
       </c>
       <c r="C409" t="s" s="2">
         <v>819</v>
       </c>
       <c r="D409" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E409">
         <v>3</v>
       </c>
       <c r="F409">
         <v>3</v>
       </c>
     </row>
     <row r="410">
       <c r="A410">
         <v>933</v>
       </c>
       <c r="B410" t="s">
         <v>820</v>
       </c>
       <c r="C410" t="s" s="2">
         <v>821</v>
       </c>
       <c r="D410" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E410">
         <v>10</v>
       </c>
       <c r="F410">
         <v>9</v>
       </c>
     </row>
     <row r="411">
       <c r="A411">
         <v>935</v>
       </c>
       <c r="B411" t="s">
         <v>822</v>
       </c>
       <c r="C411" t="s" s="2">
         <v>823</v>
       </c>
       <c r="D411" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E411">
         <v>10</v>
       </c>
       <c r="F411">
         <v>8</v>
       </c>
     </row>
     <row r="412">
       <c r="A412">
         <v>937</v>
       </c>
       <c r="B412" t="s">
         <v>824</v>
       </c>
       <c r="C412" t="s" s="2">
         <v>825</v>
       </c>
       <c r="D412" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E412">
         <v>10</v>
       </c>
       <c r="F412">
         <v>9</v>
       </c>
     </row>
     <row r="413">
       <c r="A413">
         <v>939</v>
       </c>
       <c r="B413" t="s">
         <v>826</v>
       </c>
       <c r="C413" t="s" s="2">
         <v>827</v>
       </c>
       <c r="D413" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E413">
         <v>20</v>
       </c>
       <c r="F413">
         <v>16</v>
       </c>
     </row>
     <row r="414">
       <c r="A414">
         <v>2321</v>
       </c>
       <c r="B414" t="s">
         <v>828</v>
       </c>
       <c r="C414" t="s" s="2">
         <v>829</v>
       </c>
       <c r="D414" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E414">
         <v>10</v>
       </c>
       <c r="F414">
         <v>6</v>
       </c>
     </row>
     <row r="415">
       <c r="A415">
         <v>1461</v>
       </c>
       <c r="B415" t="s">
         <v>830</v>
       </c>
       <c r="C415" t="s" s="2">
         <v>831</v>
       </c>
       <c r="D415" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E415">
         <v>10</v>
       </c>
       <c r="F415">
         <v>9</v>
       </c>
     </row>
     <row r="416">
       <c r="A416">
         <v>1633</v>
       </c>
       <c r="B416" t="s">
         <v>832</v>
       </c>
       <c r="C416" t="s" s="2">
         <v>833</v>
       </c>
       <c r="D416" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E416">
         <v>10</v>
       </c>
       <c r="F416">
         <v>9</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
         <v>2021</v>
       </c>
       <c r="B417" t="s">
         <v>834</v>
       </c>
       <c r="C417" t="s" s="2">
         <v>835</v>
       </c>
       <c r="D417" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E417">
         <v>10</v>
       </c>
       <c r="F417">
         <v>7</v>
       </c>
     </row>
     <row r="418">
       <c r="A418">
         <v>941</v>
       </c>
       <c r="B418" t="s">
         <v>836</v>
       </c>
       <c r="C418" t="s" s="2">
         <v>837</v>
       </c>
       <c r="D418" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E418">
         <v>10</v>
       </c>
       <c r="F418">
         <v>6</v>
       </c>
     </row>
     <row r="419">
       <c r="A419">
         <v>2023</v>
       </c>
       <c r="B419" t="s">
         <v>838</v>
       </c>
       <c r="C419" t="s" s="2">
         <v>839</v>
       </c>
       <c r="D419" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E419">
         <v>10</v>
       </c>
       <c r="F419">
         <v>4</v>
       </c>
     </row>
     <row r="420">
       <c r="A420">
         <v>945</v>
       </c>
       <c r="B420" t="s">
         <v>840</v>
       </c>
       <c r="C420" t="s" s="2">
         <v>841</v>
       </c>
       <c r="D420" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E420">
         <v>10</v>
       </c>
       <c r="F420">
         <v>8</v>
       </c>
     </row>
     <row r="421">
       <c r="A421">
         <v>947</v>
       </c>
       <c r="B421" t="s">
         <v>842</v>
       </c>
       <c r="C421" t="s" s="2">
         <v>843</v>
       </c>
       <c r="D421" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E421">
         <v>10</v>
       </c>
       <c r="F421">
         <v>8</v>
       </c>
     </row>
     <row r="422">
       <c r="A422">
         <v>949</v>
       </c>
       <c r="B422" t="s">
         <v>844</v>
       </c>
       <c r="C422" t="s" s="2">
         <v>845</v>
       </c>
       <c r="D422" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E422">
         <v>10</v>
       </c>
       <c r="F422">
         <v>6</v>
       </c>
     </row>
     <row r="423">
       <c r="A423">
         <v>1249</v>
       </c>
       <c r="B423" t="s">
         <v>846</v>
       </c>
       <c r="C423" t="s" s="2">
         <v>847</v>
       </c>
       <c r="D423" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E423">
         <v>10</v>
       </c>
       <c r="F423">
         <v>9</v>
       </c>
     </row>
     <row r="424">
       <c r="A424">
         <v>1463</v>
       </c>
       <c r="B424" t="s">
         <v>848</v>
       </c>
       <c r="C424" t="s" s="2">
         <v>849</v>
       </c>
       <c r="D424" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E424">
         <v>10</v>
       </c>
       <c r="F424">
         <v>6</v>
       </c>
     </row>
     <row r="425">
       <c r="A425">
         <v>1635</v>
       </c>
       <c r="B425" t="s">
         <v>850</v>
       </c>
       <c r="C425" t="s" s="2">
         <v>851</v>
       </c>
       <c r="D425" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E425">
         <v>5</v>
       </c>
       <c r="F425">
         <v>1</v>
       </c>
     </row>
     <row r="426">
       <c r="A426">
         <v>2323</v>
       </c>
       <c r="B426" t="s">
         <v>852</v>
       </c>
       <c r="C426" t="s" s="2">
         <v>853</v>
       </c>
       <c r="D426" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E426">
         <v>20</v>
       </c>
       <c r="F426">
         <v>18</v>
       </c>
     </row>
     <row r="427">
       <c r="A427">
         <v>1637</v>
       </c>
       <c r="B427" t="s">
         <v>854</v>
       </c>
       <c r="C427" t="s" s="2">
         <v>855</v>
       </c>
       <c r="D427" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E427">
         <v>10</v>
       </c>
       <c r="F427">
         <v>9</v>
       </c>
     </row>
     <row r="428">
       <c r="A428">
         <v>1227</v>
       </c>
       <c r="B428" t="s">
         <v>856</v>
       </c>
       <c r="C428" t="s" s="2">
         <v>857</v>
       </c>
       <c r="D428" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E428">
         <v>4</v>
       </c>
       <c r="F428">
         <v>4</v>
       </c>
     </row>
     <row r="429">
       <c r="A429">
         <v>1261</v>
       </c>
       <c r="B429" t="s">
         <v>858</v>
       </c>
       <c r="C429" t="s" s="2">
         <v>859</v>
       </c>
       <c r="D429" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E429">
         <v>10</v>
       </c>
       <c r="F429">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="430">
       <c r="A430">
         <v>1481</v>
       </c>
       <c r="B430" t="s">
         <v>860</v>
       </c>
       <c r="C430" t="s" s="2">
         <v>861</v>
       </c>
       <c r="D430" s="3">
-        <v>45942.429016204</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E430">
         <v>20</v>
       </c>
       <c r="F430">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="431">
       <c r="A431">
         <v>1655</v>
       </c>
       <c r="B431" t="s">
         <v>862</v>
       </c>
       <c r="C431" t="s" s="2">
         <v>863</v>
       </c>
       <c r="D431" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E431">
         <v>10</v>
       </c>
       <c r="F431">
         <v>9</v>
       </c>
     </row>
     <row r="432">
       <c r="A432">
         <v>1465</v>
       </c>
       <c r="B432" t="s">
         <v>864</v>
       </c>
       <c r="C432" t="s" s="2">
         <v>865</v>
       </c>
       <c r="D432" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E432">
         <v>10</v>
       </c>
       <c r="F432">
         <v>9</v>
       </c>
     </row>
     <row r="433">
       <c r="A433">
         <v>2025</v>
       </c>
       <c r="B433" t="s">
         <v>866</v>
       </c>
       <c r="C433" t="s" s="2">
         <v>867</v>
       </c>
       <c r="D433" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E433">
         <v>1</v>
       </c>
       <c r="F433">
         <v>1</v>
       </c>
     </row>
     <row r="434">
       <c r="A434">
         <v>1203</v>
       </c>
       <c r="B434" t="s">
         <v>672</v>
       </c>
       <c r="C434" t="s" s="2">
         <v>868</v>
       </c>
       <c r="D434" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E434">
         <v>10</v>
       </c>
       <c r="F434">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="435">
       <c r="A435">
         <v>1205</v>
       </c>
       <c r="B435" t="s">
         <v>869</v>
       </c>
       <c r="C435" t="s" s="2">
         <v>870</v>
       </c>
       <c r="D435" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E435">
         <v>10</v>
       </c>
       <c r="F435">
         <v>10</v>
       </c>
     </row>
     <row r="436">
       <c r="A436">
         <v>1221</v>
       </c>
       <c r="B436" t="s">
         <v>871</v>
       </c>
       <c r="C436" t="s" s="2">
         <v>872</v>
       </c>
       <c r="D436" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E436">
         <v>5</v>
       </c>
       <c r="F436">
         <v>7</v>
       </c>
     </row>
     <row r="437">
       <c r="A437">
         <v>1251</v>
       </c>
       <c r="B437" t="s">
         <v>873</v>
       </c>
       <c r="C437" t="s" s="2">
         <v>874</v>
       </c>
       <c r="D437" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E437">
         <v>10</v>
       </c>
       <c r="F437">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438">
         <v>2027</v>
       </c>
       <c r="B438" t="s">
         <v>875</v>
       </c>
       <c r="C438" t="s" s="2">
         <v>876</v>
       </c>
       <c r="D438" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E438">
         <v>2</v>
       </c>
       <c r="F438">
         <v>2</v>
       </c>
     </row>
     <row r="439">
       <c r="A439">
         <v>2029</v>
       </c>
       <c r="B439" t="s">
         <v>877</v>
       </c>
       <c r="C439" t="s" s="2">
         <v>878</v>
       </c>
       <c r="D439" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E439">
         <v>10</v>
       </c>
       <c r="F439">
         <v>10</v>
       </c>
     </row>
     <row r="440">
       <c r="A440">
         <v>951</v>
       </c>
       <c r="B440" t="s">
         <v>879</v>
       </c>
       <c r="C440" t="s" s="2">
         <v>880</v>
       </c>
       <c r="D440" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E440">
         <v>30</v>
       </c>
       <c r="F440">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="441">
       <c r="A441">
         <v>1223</v>
       </c>
       <c r="B441" t="s">
         <v>881</v>
       </c>
       <c r="C441" t="s" s="2">
         <v>882</v>
       </c>
       <c r="D441" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E441">
         <v>30</v>
       </c>
       <c r="F441">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="442">
       <c r="A442">
         <v>1643</v>
       </c>
       <c r="B442" t="s">
         <v>883</v>
       </c>
       <c r="C442" t="s" s="2">
         <v>884</v>
       </c>
       <c r="D442" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E442">
         <v>10</v>
       </c>
       <c r="F442">
         <v>10</v>
       </c>
     </row>
     <row r="443">
       <c r="A443">
         <v>1467</v>
       </c>
       <c r="B443" t="s">
         <v>885</v>
       </c>
       <c r="C443" t="s" s="2">
         <v>886</v>
       </c>
       <c r="D443" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E443">
         <v>5</v>
       </c>
       <c r="F443">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444">
         <v>1127</v>
       </c>
       <c r="B444" t="s">
         <v>887</v>
       </c>
       <c r="C444" t="s" s="2">
         <v>888</v>
       </c>
       <c r="D444" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E444">
         <v>10</v>
       </c>
       <c r="F444">
         <v>7</v>
       </c>
     </row>
     <row r="445">
       <c r="A445">
         <v>1105</v>
       </c>
       <c r="B445" t="s">
         <v>889</v>
       </c>
       <c r="C445" t="s" s="2">
         <v>890</v>
       </c>
       <c r="D445" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E445">
         <v>10</v>
       </c>
       <c r="F445">
         <v>10</v>
       </c>
     </row>
     <row r="446">
       <c r="A446">
         <v>1253</v>
       </c>
       <c r="B446" t="s">
         <v>891</v>
       </c>
       <c r="C446" t="s" s="2">
         <v>892</v>
       </c>
       <c r="D446" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E446">
         <v>5</v>
       </c>
       <c r="F446">
         <v>5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447">
         <v>1469</v>
       </c>
       <c r="B447" t="s">
         <v>893</v>
       </c>
       <c r="C447" t="s" s="2">
         <v>894</v>
       </c>
       <c r="D447" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E447">
         <v>10</v>
       </c>
       <c r="F447">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
         <v>1645</v>
       </c>
       <c r="B448" t="s">
         <v>895</v>
       </c>
       <c r="C448" t="s" s="2">
         <v>896</v>
       </c>
       <c r="D448" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E448">
         <v>10</v>
       </c>
       <c r="F448">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
         <v>2031</v>
       </c>
       <c r="B449" t="s">
         <v>897</v>
       </c>
       <c r="C449" t="s" s="2">
         <v>898</v>
       </c>
       <c r="D449" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E449">
         <v>10</v>
       </c>
       <c r="F449">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="450">
       <c r="A450">
         <v>2325</v>
       </c>
       <c r="B450" t="s">
         <v>899</v>
       </c>
       <c r="C450" t="s" s="2">
         <v>900</v>
       </c>
       <c r="D450" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E450">
         <v>10</v>
       </c>
       <c r="F450">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="451">
       <c r="A451">
         <v>1129</v>
       </c>
       <c r="B451" t="s">
         <v>901</v>
       </c>
       <c r="C451" t="s" s="2">
         <v>902</v>
       </c>
       <c r="D451" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E451">
         <v>10</v>
       </c>
       <c r="F451">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="452">
       <c r="A452">
         <v>1255</v>
       </c>
       <c r="B452" t="s">
         <v>903</v>
       </c>
       <c r="C452" t="s" s="2">
         <v>904</v>
       </c>
       <c r="D452" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E452">
         <v>10</v>
       </c>
       <c r="F452">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="453">
       <c r="A453">
         <v>1257</v>
       </c>
       <c r="B453" t="s">
         <v>905</v>
       </c>
       <c r="C453" t="s" s="2">
         <v>906</v>
       </c>
       <c r="D453" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E453">
         <v>10</v>
       </c>
       <c r="F453">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="454">
       <c r="A454">
         <v>1471</v>
       </c>
       <c r="B454" t="s">
         <v>907</v>
       </c>
       <c r="C454" t="s" s="2">
         <v>908</v>
       </c>
       <c r="D454" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E454">
         <v>10</v>
       </c>
       <c r="F454">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="455">
       <c r="A455">
         <v>1647</v>
       </c>
       <c r="B455" t="s">
         <v>909</v>
       </c>
       <c r="C455" t="s" s="2">
         <v>910</v>
       </c>
       <c r="D455" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E455">
         <v>10</v>
       </c>
       <c r="F455">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="456">
       <c r="A456">
         <v>2033</v>
       </c>
       <c r="B456" t="s">
         <v>911</v>
       </c>
       <c r="C456" t="s" s="2">
         <v>912</v>
       </c>
       <c r="D456" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E456">
         <v>5</v>
       </c>
       <c r="F456">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="457">
       <c r="A457">
         <v>1473</v>
       </c>
       <c r="B457" t="s">
         <v>913</v>
       </c>
       <c r="C457" t="s" s="2">
         <v>914</v>
       </c>
       <c r="D457" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E457">
         <v>10</v>
       </c>
       <c r="F457">
         <v>10</v>
       </c>
     </row>
     <row r="458">
       <c r="A458">
         <v>1259</v>
       </c>
       <c r="B458" t="s">
         <v>915</v>
       </c>
       <c r="C458" t="s" s="2">
         <v>916</v>
       </c>
       <c r="D458" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E458">
         <v>18</v>
       </c>
       <c r="F458">
         <v>18</v>
       </c>
     </row>
     <row r="459">
       <c r="A459">
         <v>1649</v>
       </c>
       <c r="B459" t="s">
         <v>917</v>
       </c>
       <c r="C459" t="s" s="2">
         <v>918</v>
       </c>
       <c r="D459" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E459">
         <v>5</v>
       </c>
       <c r="F459">
         <v>5</v>
       </c>
     </row>
     <row r="460">
       <c r="A460">
         <v>2035</v>
       </c>
       <c r="B460" t="s">
         <v>919</v>
       </c>
       <c r="C460" t="s" s="2">
         <v>920</v>
       </c>
       <c r="D460" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E460">
         <v>10</v>
       </c>
       <c r="F460">
         <v>10</v>
       </c>
     </row>
     <row r="461">
       <c r="A461">
         <v>1651</v>
       </c>
       <c r="B461" t="s">
         <v>921</v>
       </c>
       <c r="C461" t="s" s="2">
         <v>922</v>
       </c>
       <c r="D461" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E461">
         <v>10</v>
       </c>
       <c r="F461">
         <v>9</v>
       </c>
     </row>
     <row r="462">
       <c r="A462">
         <v>1475</v>
       </c>
       <c r="B462" t="s">
         <v>923</v>
       </c>
       <c r="C462" t="s" s="2">
         <v>924</v>
       </c>
       <c r="D462" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E462">
         <v>10</v>
       </c>
       <c r="F462">
         <v>10</v>
       </c>
     </row>
     <row r="463">
       <c r="A463">
         <v>2335</v>
       </c>
       <c r="B463" t="s">
         <v>925</v>
       </c>
       <c r="C463" t="s" s="2">
         <v>926</v>
       </c>
       <c r="D463" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E463">
         <v>10</v>
       </c>
       <c r="F463">
         <v>10</v>
       </c>
     </row>
     <row r="464">
       <c r="A464">
         <v>1211</v>
       </c>
       <c r="B464" t="s">
         <v>927</v>
       </c>
       <c r="C464" t="s" s="2">
         <v>928</v>
       </c>
       <c r="D464" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E464">
         <v>4</v>
       </c>
       <c r="F464">
         <v>4</v>
       </c>
     </row>
     <row r="465">
       <c r="A465">
         <v>1225</v>
       </c>
       <c r="B465" t="s">
         <v>929</v>
       </c>
       <c r="C465" t="s" s="2">
         <v>930</v>
       </c>
       <c r="D465" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E465">
         <v>10</v>
       </c>
       <c r="F465">
         <v>9</v>
       </c>
     </row>
     <row r="466">
       <c r="A466">
         <v>1231</v>
       </c>
       <c r="B466" t="s">
         <v>270</v>
       </c>
       <c r="C466" t="s" s="2">
         <v>931</v>
       </c>
       <c r="D466" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E466">
         <v>10</v>
       </c>
       <c r="F466">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="467">
       <c r="A467">
         <v>1265</v>
       </c>
       <c r="B467" t="s">
         <v>932</v>
       </c>
       <c r="C467" t="s" s="2">
         <v>933</v>
       </c>
       <c r="D467" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E467">
         <v>10</v>
       </c>
       <c r="F467">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="468">
       <c r="A468">
         <v>1653</v>
       </c>
       <c r="B468" t="s">
         <v>934</v>
       </c>
       <c r="C468" t="s" s="2">
         <v>935</v>
       </c>
       <c r="D468" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E468">
         <v>10</v>
       </c>
       <c r="F468">
         <v>10</v>
       </c>
     </row>
     <row r="469">
       <c r="A469">
         <v>1661</v>
       </c>
       <c r="B469" t="s">
         <v>936</v>
       </c>
       <c r="C469" t="s" s="2">
         <v>937</v>
       </c>
       <c r="D469" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E469">
         <v>10</v>
       </c>
       <c r="F469">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="470">
       <c r="A470">
         <v>1477</v>
       </c>
       <c r="B470" t="s">
         <v>938</v>
       </c>
       <c r="C470" t="s" s="2">
         <v>939</v>
       </c>
       <c r="D470" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E470">
         <v>7</v>
       </c>
       <c r="F470">
         <v>7</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
         <v>2037</v>
       </c>
       <c r="B471" t="s">
         <v>940</v>
       </c>
       <c r="C471" t="s" s="2">
         <v>941</v>
       </c>
       <c r="D471" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E471">
         <v>5</v>
       </c>
       <c r="F471">
         <v>5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
         <v>1479</v>
       </c>
       <c r="B472" t="s">
         <v>942</v>
       </c>
       <c r="C472" t="s" s="2">
         <v>943</v>
       </c>
       <c r="D472" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E472">
         <v>3</v>
       </c>
       <c r="F472">
         <v>3</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
         <v>2337</v>
       </c>
       <c r="B473" t="s">
         <v>944</v>
       </c>
       <c r="C473" t="s" s="2">
         <v>945</v>
       </c>
       <c r="D473" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E473">
         <v>5</v>
       </c>
       <c r="F473">
         <v>5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
         <v>1207</v>
       </c>
       <c r="B474" t="s">
         <v>946</v>
       </c>
       <c r="C474" t="s" s="2">
         <v>947</v>
       </c>
       <c r="D474" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E474">
         <v>5</v>
       </c>
       <c r="F474">
         <v>5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
         <v>1263</v>
       </c>
       <c r="B475" t="s">
         <v>948</v>
       </c>
       <c r="C475" t="s" s="2">
         <v>949</v>
       </c>
       <c r="D475" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E475">
         <v>10</v>
       </c>
       <c r="F475">
         <v>9</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
         <v>2047</v>
       </c>
       <c r="B476" t="s">
         <v>950</v>
       </c>
       <c r="C476" t="s" s="2">
         <v>951</v>
       </c>
       <c r="D476" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E476">
         <v>10</v>
       </c>
       <c r="F476">
         <v>9</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
         <v>2339</v>
       </c>
       <c r="B477" t="s">
         <v>952</v>
       </c>
       <c r="C477" t="s" s="2">
         <v>953</v>
       </c>
       <c r="D477" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E477">
         <v>36</v>
       </c>
       <c r="F477">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
         <v>1209</v>
       </c>
       <c r="B478" t="s">
         <v>954</v>
       </c>
       <c r="C478" t="s" s="2">
         <v>955</v>
       </c>
       <c r="D478" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E478">
         <v>10</v>
       </c>
       <c r="F478">
         <v>9</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
         <v>1659</v>
       </c>
       <c r="B479" t="s">
         <v>956</v>
       </c>
       <c r="C479" t="s" s="2">
         <v>957</v>
       </c>
       <c r="D479" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E479">
         <v>1</v>
       </c>
       <c r="F479">
         <v>1</v>
       </c>
     </row>
     <row r="480">
       <c r="A480">
         <v>2049</v>
       </c>
       <c r="B480" t="s">
         <v>958</v>
       </c>
       <c r="C480" t="s" s="2">
         <v>959</v>
       </c>
       <c r="D480" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E480">
         <v>10</v>
       </c>
       <c r="F480">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
         <v>1213</v>
       </c>
       <c r="B481" t="s">
         <v>960</v>
       </c>
       <c r="C481" t="s" s="2">
         <v>961</v>
       </c>
       <c r="D481" s="3">
-        <v>45949.433252315</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E481">
         <v>20</v>
       </c>
       <c r="F481">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
         <v>1485</v>
       </c>
       <c r="B482" t="s">
         <v>962</v>
       </c>
       <c r="C482" t="s" s="2">
         <v>963</v>
       </c>
       <c r="D482" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E482">
         <v>40</v>
       </c>
       <c r="F482">
         <v>33</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
         <v>1233</v>
       </c>
       <c r="B483" t="s">
         <v>964</v>
       </c>
       <c r="C483" t="s" s="2">
         <v>965</v>
       </c>
       <c r="D483" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E483">
         <v>10</v>
       </c>
       <c r="F483">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
         <v>1267</v>
       </c>
       <c r="B484" t="s">
         <v>966</v>
       </c>
       <c r="C484" t="s" s="2">
         <v>967</v>
       </c>
       <c r="D484" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E484">
         <v>6</v>
       </c>
       <c r="F484">
         <v>6</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
         <v>2051</v>
       </c>
       <c r="B485" t="s">
         <v>968</v>
       </c>
       <c r="C485" t="s" s="2">
         <v>969</v>
       </c>
       <c r="D485" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E485">
         <v>7</v>
       </c>
       <c r="F485">
         <v>8</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
         <v>1269</v>
       </c>
       <c r="B486" t="s">
         <v>970</v>
       </c>
       <c r="C486" t="s" s="2">
         <v>971</v>
       </c>
       <c r="D486" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E486">
         <v>10</v>
       </c>
       <c r="F486">
         <v>9</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
         <v>1663</v>
       </c>
       <c r="B487" t="s">
         <v>972</v>
       </c>
       <c r="C487" t="s" s="2">
         <v>973</v>
       </c>
       <c r="D487" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E487">
         <v>1</v>
       </c>
       <c r="F487">
         <v>1</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
         <v>1669</v>
       </c>
       <c r="B488" t="s">
         <v>974</v>
       </c>
       <c r="C488" t="s" s="2">
         <v>975</v>
       </c>
       <c r="D488" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E488">
         <v>10</v>
       </c>
       <c r="F488">
         <v>8</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
         <v>1235</v>
       </c>
       <c r="B489" t="s">
         <v>976</v>
       </c>
       <c r="C489" t="s" s="2">
         <v>977</v>
       </c>
       <c r="D489" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E489">
         <v>10</v>
       </c>
       <c r="F489">
         <v>8</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
         <v>1277</v>
       </c>
       <c r="B490" t="s">
         <v>978</v>
       </c>
       <c r="C490" t="s" s="2">
         <v>979</v>
       </c>
       <c r="D490" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E490">
         <v>10</v>
       </c>
       <c r="F490">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
         <v>2053</v>
       </c>
       <c r="B491" t="s">
         <v>980</v>
       </c>
       <c r="C491" t="s" s="2">
         <v>981</v>
       </c>
       <c r="D491" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E491">
         <v>10</v>
       </c>
       <c r="F491">
         <v>7</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
         <v>1215</v>
       </c>
       <c r="B492" t="s">
         <v>982</v>
       </c>
       <c r="C492" t="s" s="2">
         <v>983</v>
       </c>
       <c r="D492" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E492">
         <v>5</v>
       </c>
       <c r="F492">
         <v>2</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
         <v>1217</v>
       </c>
       <c r="B493" t="s">
         <v>984</v>
       </c>
       <c r="C493" t="s" s="2">
         <v>985</v>
       </c>
       <c r="D493" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E493">
         <v>5</v>
       </c>
       <c r="F493">
         <v>5</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
         <v>1237</v>
       </c>
       <c r="B494" t="s">
         <v>986</v>
       </c>
       <c r="C494" t="s" s="2">
         <v>987</v>
       </c>
       <c r="D494" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E494">
         <v>10</v>
       </c>
       <c r="F494">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
         <v>1281</v>
       </c>
       <c r="B495" t="s">
         <v>988</v>
       </c>
       <c r="C495" t="s" s="2">
         <v>989</v>
       </c>
       <c r="D495" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E495">
         <v>10</v>
       </c>
       <c r="F495">
         <v>10</v>
       </c>
     </row>
     <row r="496">
       <c r="A496">
         <v>893</v>
       </c>
       <c r="B496" t="s">
         <v>990</v>
       </c>
       <c r="C496" t="s" s="2">
         <v>991</v>
       </c>
       <c r="D496" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E496">
         <v>10</v>
       </c>
       <c r="F496">
         <v>3</v>
       </c>
     </row>
     <row r="497">
       <c r="A497">
         <v>1789</v>
       </c>
       <c r="B497" t="s">
         <v>992</v>
       </c>
       <c r="C497" t="s" s="2">
         <v>993</v>
       </c>
       <c r="D497" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E497">
         <v>5</v>
       </c>
       <c r="F497">
         <v>5</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
         <v>895</v>
       </c>
       <c r="B498" t="s">
         <v>994</v>
       </c>
       <c r="C498" t="s" s="2">
         <v>995</v>
       </c>
       <c r="D498" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E498">
         <v>10</v>
       </c>
       <c r="F498">
         <v>3</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
         <v>1673</v>
       </c>
       <c r="B499" t="s">
         <v>996</v>
       </c>
       <c r="C499" t="s" s="2">
         <v>997</v>
       </c>
       <c r="D499" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E499">
         <v>5</v>
       </c>
       <c r="F499">
         <v>5</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
         <v>1685</v>
       </c>
       <c r="B500" t="s">
         <v>998</v>
       </c>
       <c r="C500" t="s" s="2">
         <v>999</v>
       </c>
       <c r="D500" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E500">
         <v>10</v>
       </c>
       <c r="F500">
         <v>10</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
         <v>1699</v>
       </c>
       <c r="B501" t="s">
         <v>1000</v>
       </c>
       <c r="C501" t="s" s="2">
         <v>1001</v>
       </c>
       <c r="D501" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E501">
         <v>10</v>
       </c>
       <c r="F501">
         <v>10</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
         <v>2055</v>
       </c>
       <c r="B502" t="s">
         <v>1002</v>
       </c>
       <c r="C502" t="s" s="2">
         <v>1003</v>
       </c>
       <c r="D502" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E502">
         <v>10</v>
       </c>
       <c r="F502">
         <v>10</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
         <v>1305</v>
       </c>
       <c r="B503" t="s">
         <v>1004</v>
       </c>
       <c r="C503" t="s" s="2">
         <v>1005</v>
       </c>
       <c r="D503" s="3">
-        <v>45942.429016204</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E503">
         <v>20</v>
       </c>
       <c r="F503">
         <v>19</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
         <v>1309</v>
       </c>
       <c r="B504" t="s">
         <v>1006</v>
       </c>
       <c r="C504" t="s" s="2">
         <v>1007</v>
       </c>
       <c r="D504" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E504">
         <v>10</v>
       </c>
       <c r="F504">
         <v>10</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
         <v>1791</v>
       </c>
       <c r="B505" t="s">
         <v>1008</v>
       </c>
       <c r="C505" t="s" s="2">
         <v>1009</v>
       </c>
       <c r="D505" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E505">
         <v>5</v>
       </c>
       <c r="F505">
         <v>5</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
         <v>1311</v>
       </c>
       <c r="B506" t="s">
         <v>1010</v>
       </c>
       <c r="C506" t="s" s="2">
         <v>1011</v>
       </c>
       <c r="D506" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E506">
         <v>10</v>
       </c>
       <c r="F506">
         <v>9</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
         <v>1489</v>
       </c>
       <c r="B507" t="s">
         <v>1012</v>
       </c>
       <c r="C507" t="s" s="2">
         <v>1013</v>
       </c>
       <c r="D507" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E507">
         <v>7</v>
       </c>
       <c r="F507">
         <v>7</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
         <v>1793</v>
       </c>
       <c r="B508" t="s">
         <v>1014</v>
       </c>
       <c r="C508" t="s" s="2">
         <v>1015</v>
       </c>
       <c r="D508" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E508">
         <v>10</v>
       </c>
       <c r="F508">
         <v>10</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
         <v>2341</v>
       </c>
       <c r="B509" t="s">
         <v>1016</v>
       </c>
       <c r="C509" t="s" s="2">
         <v>1017</v>
       </c>
       <c r="D509" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E509">
         <v>10</v>
       </c>
       <c r="F509">
         <v>10</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
         <v>1313</v>
       </c>
       <c r="B510" t="s">
         <v>1018</v>
       </c>
       <c r="C510" t="s" s="2">
         <v>1019</v>
       </c>
       <c r="D510" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E510">
         <v>10</v>
       </c>
       <c r="F510">
         <v>10</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
         <v>1307</v>
       </c>
       <c r="B511" t="s">
         <v>1020</v>
       </c>
       <c r="C511" t="s" s="2">
         <v>1021</v>
       </c>
       <c r="D511" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E511">
         <v>3</v>
       </c>
       <c r="F511">
         <v>3</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
         <v>2415</v>
       </c>
       <c r="B512" t="s">
         <v>1022</v>
       </c>
       <c r="C512" t="s" s="2">
         <v>1023</v>
       </c>
       <c r="D512" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E512">
         <v>18</v>
       </c>
       <c r="F512">
         <v>18</v>
       </c>
     </row>
     <row r="513">
       <c r="A513">
         <v>1491</v>
       </c>
       <c r="B513" t="s">
         <v>1024</v>
       </c>
       <c r="C513" t="s" s="2">
         <v>1025</v>
       </c>
       <c r="D513" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E513">
         <v>10</v>
       </c>
       <c r="F513">
         <v>10</v>
       </c>
     </row>
     <row r="514">
       <c r="A514">
         <v>1795</v>
       </c>
       <c r="B514" t="s">
         <v>1026</v>
       </c>
       <c r="C514" t="s" s="2">
         <v>1027</v>
       </c>
       <c r="D514" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E514">
         <v>10</v>
       </c>
       <c r="F514">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="515">
       <c r="A515">
         <v>2343</v>
       </c>
       <c r="B515" t="s">
         <v>1028</v>
       </c>
       <c r="C515" t="s" s="2">
         <v>1029</v>
       </c>
       <c r="D515" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E515">
         <v>33</v>
       </c>
       <c r="F515">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="516">
       <c r="A516">
         <v>1737</v>
       </c>
       <c r="B516" t="s">
         <v>1030</v>
       </c>
       <c r="C516" t="s" s="2">
         <v>1031</v>
       </c>
       <c r="D516" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E516">
         <v>10</v>
       </c>
       <c r="F516">
         <v>9</v>
       </c>
     </row>
     <row r="517">
       <c r="A517">
         <v>2189</v>
       </c>
       <c r="B517" t="s">
         <v>1032</v>
       </c>
       <c r="C517" t="s" s="2">
         <v>1033</v>
       </c>
       <c r="D517" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E517">
         <v>68</v>
       </c>
       <c r="F517">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="518">
       <c r="A518">
         <v>2059</v>
       </c>
       <c r="B518" t="s">
         <v>1034</v>
       </c>
       <c r="C518" t="s" s="2">
         <v>1035</v>
       </c>
       <c r="D518" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E518">
         <v>10</v>
       </c>
       <c r="F518">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="519">
       <c r="A519">
         <v>1493</v>
       </c>
       <c r="B519" t="s">
         <v>1036</v>
       </c>
       <c r="C519" t="s" s="2">
         <v>1037</v>
       </c>
       <c r="D519" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E519">
         <v>10</v>
       </c>
       <c r="F519">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="520">
       <c r="A520">
         <v>1353</v>
       </c>
       <c r="B520" t="s">
         <v>1038</v>
       </c>
       <c r="C520" t="s" s="2">
         <v>1039</v>
       </c>
       <c r="D520" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E520">
         <v>10</v>
       </c>
       <c r="F520">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="521">
       <c r="A521">
         <v>1359</v>
       </c>
       <c r="B521" t="s">
         <v>1040</v>
       </c>
       <c r="C521" t="s" s="2">
         <v>1041</v>
       </c>
       <c r="D521" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E521">
         <v>10</v>
       </c>
       <c r="F521">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="522">
       <c r="A522">
         <v>1379</v>
       </c>
       <c r="B522" t="s">
         <v>1042</v>
       </c>
       <c r="C522" t="s" s="2">
         <v>1043</v>
       </c>
       <c r="D522" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E522">
         <v>10</v>
       </c>
       <c r="F522">
         <v>9</v>
       </c>
     </row>
     <row r="523">
       <c r="A523">
         <v>1381</v>
       </c>
       <c r="B523"/>
       <c r="C523" t="s" s="2">
         <v>1044</v>
       </c>
       <c r="D523" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E523">
         <v>10</v>
       </c>
       <c r="F523">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="524">
       <c r="A524">
         <v>1495</v>
       </c>
       <c r="B524" t="s">
         <v>1045</v>
       </c>
       <c r="C524" t="s" s="2">
         <v>1046</v>
       </c>
       <c r="D524" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E524">
         <v>10</v>
       </c>
       <c r="F524">
         <v>10</v>
       </c>
     </row>
     <row r="525">
       <c r="A525">
         <v>1799</v>
       </c>
       <c r="B525" t="s">
         <v>1047</v>
       </c>
       <c r="C525" t="s" s="2">
         <v>1048</v>
       </c>
       <c r="D525" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E525">
         <v>10</v>
       </c>
       <c r="F525">
         <v>8</v>
       </c>
     </row>
     <row r="526">
       <c r="A526">
         <v>2061</v>
       </c>
       <c r="B526" t="s">
         <v>1049</v>
       </c>
       <c r="C526" t="s" s="2">
         <v>1050</v>
       </c>
       <c r="D526" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E526">
         <v>5</v>
       </c>
       <c r="F526">
         <v>5</v>
       </c>
     </row>
     <row r="527">
       <c r="A527">
         <v>1355</v>
       </c>
       <c r="B527" t="s">
         <v>1051</v>
       </c>
       <c r="C527" t="s" s="2">
         <v>1052</v>
       </c>
       <c r="D527" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E527">
         <v>10</v>
       </c>
       <c r="F527">
         <v>10</v>
       </c>
     </row>
     <row r="528">
       <c r="A528">
         <v>1803</v>
       </c>
       <c r="B528" t="s">
         <v>1053</v>
       </c>
       <c r="C528" t="s" s="2">
         <v>1054</v>
       </c>
       <c r="D528" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E528">
         <v>10</v>
       </c>
       <c r="F528">
         <v>9</v>
       </c>
     </row>
     <row r="529">
       <c r="A529">
         <v>1367</v>
       </c>
       <c r="B529" t="s">
         <v>1055</v>
       </c>
       <c r="C529" t="s" s="2">
         <v>1056</v>
       </c>
       <c r="D529" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E529">
         <v>10</v>
       </c>
       <c r="F529">
         <v>9</v>
       </c>
     </row>
     <row r="530">
       <c r="A530">
         <v>1383</v>
       </c>
       <c r="B530" t="s">
         <v>1057</v>
       </c>
       <c r="C530" t="s" s="2">
         <v>1058</v>
       </c>
       <c r="D530" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E530">
         <v>10</v>
       </c>
       <c r="F530">
         <v>9</v>
       </c>
     </row>
     <row r="531">
       <c r="A531">
         <v>2063</v>
       </c>
       <c r="B531" t="s">
         <v>1059</v>
       </c>
       <c r="C531" t="s" s="2">
         <v>1060</v>
       </c>
       <c r="D531" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E531">
         <v>10</v>
       </c>
       <c r="F531">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="532">
       <c r="A532">
         <v>1357</v>
       </c>
       <c r="B532" t="s">
         <v>1061</v>
       </c>
       <c r="C532" t="s" s="2">
         <v>1062</v>
       </c>
       <c r="D532" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E532">
         <v>25</v>
       </c>
       <c r="F532">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="533">
       <c r="A533">
         <v>1369</v>
       </c>
       <c r="B533" t="s">
         <v>1063</v>
       </c>
       <c r="C533" t="s" s="2">
         <v>1064</v>
       </c>
       <c r="D533" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E533">
         <v>3</v>
       </c>
       <c r="F533">
         <v>3</v>
       </c>
     </row>
     <row r="534">
       <c r="A534">
         <v>1497</v>
       </c>
       <c r="B534" t="s">
         <v>1065</v>
       </c>
       <c r="C534" t="s" s="2">
         <v>1066</v>
       </c>
       <c r="D534" s="3">
-        <v>45949.433252315</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E534">
         <v>10</v>
       </c>
       <c r="F534">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="535">
       <c r="A535">
         <v>1805</v>
       </c>
       <c r="B535" t="s">
         <v>1067</v>
       </c>
       <c r="C535" t="s" s="2">
         <v>1068</v>
       </c>
       <c r="D535" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E535">
         <v>5</v>
       </c>
       <c r="F535">
         <v>5</v>
       </c>
     </row>
     <row r="536">
       <c r="A536">
         <v>1371</v>
       </c>
       <c r="B536" t="s">
         <v>1069</v>
       </c>
       <c r="C536" t="s" s="2">
         <v>1070</v>
       </c>
       <c r="D536" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E536">
         <v>1</v>
       </c>
       <c r="F536">
         <v>1</v>
       </c>
     </row>
     <row r="537">
       <c r="A537">
         <v>1373</v>
       </c>
       <c r="B537" t="s">
         <v>1071</v>
       </c>
       <c r="C537" t="s" s="2">
         <v>1072</v>
       </c>
       <c r="D537" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E537">
         <v>4</v>
       </c>
       <c r="F537">
         <v>4</v>
       </c>
     </row>
     <row r="538">
       <c r="A538">
         <v>1387</v>
       </c>
       <c r="B538" t="s">
         <v>1073</v>
       </c>
       <c r="C538" t="s" s="2">
         <v>1074</v>
       </c>
       <c r="D538" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E538">
         <v>12</v>
       </c>
       <c r="F538">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="539">
       <c r="A539">
         <v>1809</v>
       </c>
       <c r="B539" t="s">
         <v>1075</v>
       </c>
       <c r="C539" t="s" s="2">
         <v>1076</v>
       </c>
       <c r="D539" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E539">
         <v>10</v>
       </c>
       <c r="F539">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="540">
       <c r="A540">
         <v>1375</v>
       </c>
       <c r="B540" t="s">
         <v>1077</v>
       </c>
       <c r="C540" t="s" s="2">
         <v>1078</v>
       </c>
       <c r="D540" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E540">
         <v>10</v>
       </c>
       <c r="F540">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="541">
       <c r="A541">
         <v>1499</v>
       </c>
       <c r="B541" t="s">
         <v>1079</v>
       </c>
       <c r="C541" t="s" s="2">
         <v>1080</v>
       </c>
       <c r="D541" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E541">
         <v>2</v>
       </c>
       <c r="F541">
         <v>2</v>
       </c>
     </row>
     <row r="542">
       <c r="A542">
         <v>2413</v>
       </c>
       <c r="B542" t="s">
         <v>1081</v>
       </c>
       <c r="C542" t="s" s="2">
         <v>1082</v>
       </c>
       <c r="D542" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E542">
         <v>10</v>
       </c>
       <c r="F542">
         <v>10</v>
       </c>
     </row>
     <row r="543">
       <c r="A543">
         <v>1501</v>
       </c>
       <c r="B543" t="s">
         <v>1083</v>
       </c>
       <c r="C543" t="s" s="2">
         <v>1084</v>
       </c>
       <c r="D543" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E543">
         <v>10</v>
       </c>
       <c r="F543">
         <v>8</v>
       </c>
     </row>
     <row r="544">
       <c r="A544">
         <v>1837</v>
       </c>
       <c r="B544" t="s">
         <v>1085</v>
       </c>
       <c r="C544" t="s" s="2">
         <v>1086</v>
       </c>
       <c r="D544" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E544">
         <v>10</v>
       </c>
       <c r="F544">
         <v>8</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
         <v>2065</v>
       </c>
       <c r="B545" t="s">
         <v>1087</v>
       </c>
       <c r="C545" t="s" s="2">
         <v>1088</v>
       </c>
       <c r="D545" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E545">
         <v>10</v>
       </c>
       <c r="F545">
         <v>10</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
         <v>1377</v>
       </c>
       <c r="B546" t="s">
         <v>1089</v>
       </c>
       <c r="C546" t="s" s="2">
         <v>1090</v>
       </c>
       <c r="D546" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E546">
         <v>10</v>
       </c>
       <c r="F546">
         <v>9</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
         <v>1389</v>
       </c>
       <c r="B547" t="s">
         <v>1091</v>
       </c>
       <c r="C547" t="s" s="2">
         <v>1092</v>
       </c>
       <c r="D547" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E547">
         <v>10</v>
       </c>
       <c r="F547">
         <v>9</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
         <v>1361</v>
       </c>
       <c r="B548" t="s">
         <v>1093</v>
       </c>
       <c r="C548" t="s" s="2">
         <v>1094</v>
       </c>
       <c r="D548" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E548">
         <v>3</v>
       </c>
       <c r="F548">
         <v>3</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
         <v>1365</v>
       </c>
       <c r="B549" t="s">
         <v>1095</v>
       </c>
       <c r="C549" t="s" s="2">
         <v>1096</v>
       </c>
       <c r="D549" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E549">
         <v>10</v>
       </c>
       <c r="F549">
         <v>10</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
         <v>1363</v>
       </c>
       <c r="B550" t="s">
         <v>1097</v>
       </c>
       <c r="C550" t="s" s="2">
         <v>1098</v>
       </c>
       <c r="D550" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E550">
         <v>5</v>
       </c>
       <c r="F550">
         <v>5</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
         <v>1839</v>
       </c>
       <c r="B551" t="s">
         <v>1099</v>
       </c>
       <c r="C551" t="s" s="2">
         <v>1100</v>
       </c>
       <c r="D551" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E551">
         <v>5</v>
       </c>
       <c r="F551">
         <v>5</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
         <v>2067</v>
       </c>
       <c r="B552" t="s">
         <v>1101</v>
       </c>
       <c r="C552" t="s" s="2">
         <v>1102</v>
       </c>
       <c r="D552" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E552">
         <v>10</v>
       </c>
       <c r="F552">
         <v>10</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
         <v>2345</v>
       </c>
       <c r="B553" t="s">
         <v>1103</v>
       </c>
       <c r="C553" t="s" s="2">
         <v>1104</v>
       </c>
       <c r="D553" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E553">
         <v>20</v>
       </c>
       <c r="F553">
         <v>20</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
         <v>1671</v>
       </c>
       <c r="B554" t="s">
         <v>1105</v>
       </c>
       <c r="C554" t="s" s="2">
         <v>1106</v>
       </c>
       <c r="D554" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E554">
         <v>10</v>
       </c>
       <c r="F554">
         <v>10</v>
       </c>
     </row>
     <row r="555">
       <c r="A555">
         <v>1677</v>
       </c>
       <c r="B555"/>
       <c r="C555" t="s" s="2">
         <v>1107</v>
       </c>
       <c r="D555" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E555">
         <v>10</v>
       </c>
       <c r="F555">
         <v>9</v>
       </c>
     </row>
     <row r="556">
       <c r="A556">
         <v>1687</v>
       </c>
       <c r="B556" t="s">
         <v>1108</v>
       </c>
       <c r="C556" t="s" s="2">
         <v>1109</v>
       </c>
       <c r="D556" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E556">
         <v>10</v>
       </c>
       <c r="F556">
         <v>10</v>
       </c>
     </row>
     <row r="557">
       <c r="A557">
         <v>1841</v>
       </c>
       <c r="B557" t="s">
         <v>1110</v>
       </c>
       <c r="C557" t="s" s="2">
         <v>1111</v>
       </c>
       <c r="D557" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E557">
         <v>10</v>
       </c>
       <c r="F557">
         <v>10</v>
       </c>
     </row>
     <row r="558">
       <c r="A558">
         <v>1537</v>
       </c>
       <c r="B558" t="s">
         <v>1112</v>
       </c>
       <c r="C558" t="s" s="2">
         <v>1113</v>
       </c>
       <c r="D558" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E558">
         <v>4</v>
       </c>
       <c r="F558">
         <v>4</v>
       </c>
     </row>
     <row r="559">
       <c r="A559">
         <v>2069</v>
       </c>
       <c r="B559" t="s">
         <v>1114</v>
       </c>
       <c r="C559" t="s" s="2">
         <v>1115</v>
       </c>
       <c r="D559" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E559">
         <v>2</v>
       </c>
       <c r="F559">
         <v>2</v>
       </c>
     </row>
     <row r="560">
       <c r="A560">
         <v>2071</v>
       </c>
       <c r="B560" t="s">
         <v>1116</v>
       </c>
       <c r="C560" t="s" s="2">
         <v>1117</v>
       </c>
       <c r="D560" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E560">
         <v>10</v>
       </c>
       <c r="F560">
         <v>10</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
         <v>1675</v>
       </c>
       <c r="B561" t="s">
         <v>1118</v>
       </c>
       <c r="C561" t="s" s="2">
         <v>1119</v>
       </c>
       <c r="D561" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E561">
         <v>1</v>
       </c>
       <c r="F561">
         <v>1</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
         <v>1847</v>
       </c>
       <c r="B562" t="s">
         <v>1120</v>
       </c>
       <c r="C562" t="s" s="2">
         <v>1121</v>
       </c>
       <c r="D562" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E562">
         <v>3</v>
       </c>
       <c r="F562">
         <v>3</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
         <v>1701</v>
       </c>
       <c r="B563" t="s">
         <v>1122</v>
       </c>
       <c r="C563" t="s" s="2">
         <v>1123</v>
       </c>
       <c r="D563" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E563">
         <v>50</v>
       </c>
       <c r="F563">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
         <v>1709</v>
       </c>
       <c r="B564" t="s">
         <v>1124</v>
       </c>
       <c r="C564" t="s" s="2">
         <v>1125</v>
       </c>
       <c r="D564" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E564">
         <v>10</v>
       </c>
       <c r="F564">
         <v>7</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
         <v>1851</v>
       </c>
       <c r="B565" t="s">
         <v>1126</v>
       </c>
       <c r="C565" t="s" s="2">
         <v>1127</v>
       </c>
       <c r="D565" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E565">
         <v>10</v>
       </c>
       <c r="F565">
         <v>8</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
         <v>1679</v>
       </c>
       <c r="B566" t="s">
         <v>1128</v>
       </c>
       <c r="C566" t="s" s="2">
         <v>1129</v>
       </c>
       <c r="D566" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E566">
         <v>15</v>
       </c>
       <c r="F566">
         <v>11</v>
       </c>
     </row>
     <row r="567">
       <c r="A567">
         <v>1689</v>
       </c>
       <c r="B567" t="s">
         <v>1130</v>
       </c>
       <c r="C567" t="s" s="2">
         <v>1131</v>
       </c>
       <c r="D567" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E567">
         <v>10</v>
       </c>
       <c r="F567">
         <v>7</v>
       </c>
     </row>
     <row r="568">
       <c r="A568">
         <v>2347</v>
       </c>
       <c r="B568" t="s">
         <v>1132</v>
       </c>
       <c r="C568" t="s" s="2">
         <v>1133</v>
       </c>
       <c r="D568" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E568">
         <v>10</v>
       </c>
       <c r="F568">
         <v>7</v>
       </c>
     </row>
     <row r="569">
       <c r="A569">
         <v>1739</v>
       </c>
       <c r="B569" t="s">
         <v>1134</v>
       </c>
       <c r="C569" t="s" s="2">
         <v>1135</v>
       </c>
       <c r="D569" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E569">
         <v>8</v>
       </c>
       <c r="F569">
         <v>5</v>
       </c>
     </row>
     <row r="570">
       <c r="A570">
         <v>1711</v>
       </c>
       <c r="B570" t="s">
         <v>1136</v>
       </c>
       <c r="C570" t="s" s="2">
         <v>1137</v>
       </c>
       <c r="D570" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E570">
         <v>10</v>
       </c>
       <c r="F570">
         <v>7</v>
       </c>
     </row>
     <row r="571">
       <c r="A571">
         <v>2073</v>
       </c>
       <c r="B571" t="s">
         <v>1138</v>
       </c>
       <c r="C571" t="s" s="2">
         <v>1139</v>
       </c>
       <c r="D571" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E571">
         <v>10</v>
       </c>
       <c r="F571">
         <v>7</v>
       </c>
     </row>
     <row r="572">
       <c r="A572">
         <v>1199</v>
       </c>
       <c r="B572" t="s">
         <v>1140</v>
       </c>
       <c r="C572" t="s" s="2">
         <v>1141</v>
       </c>
       <c r="D572" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E572">
         <v>3</v>
       </c>
       <c r="F572">
         <v>3</v>
       </c>
     </row>
     <row r="573">
       <c r="A573">
         <v>1691</v>
       </c>
       <c r="B573" t="s">
         <v>1142</v>
       </c>
       <c r="C573" t="s" s="2">
         <v>1143</v>
       </c>
       <c r="D573" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E573">
         <v>5</v>
       </c>
       <c r="F573">
         <v>5</v>
       </c>
     </row>
     <row r="574">
       <c r="A574">
         <v>1713</v>
       </c>
       <c r="B574" t="s">
         <v>1144</v>
       </c>
       <c r="C574" t="s" s="2">
         <v>1145</v>
       </c>
       <c r="D574" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E574">
         <v>10</v>
       </c>
       <c r="F574">
         <v>10</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
         <v>1741</v>
       </c>
       <c r="B575" t="s">
         <v>1146</v>
       </c>
       <c r="C575" t="s" s="2">
         <v>1147</v>
       </c>
       <c r="D575" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E575">
         <v>5</v>
       </c>
       <c r="F575">
         <v>5</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
         <v>1855</v>
       </c>
       <c r="B576" t="s">
         <v>1148</v>
       </c>
       <c r="C576" t="s" s="2">
         <v>1149</v>
       </c>
       <c r="D576" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E576">
         <v>5</v>
       </c>
       <c r="F576">
         <v>4</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
         <v>1681</v>
       </c>
       <c r="B577" t="s">
         <v>1150</v>
       </c>
       <c r="C577" t="s" s="2">
         <v>1151</v>
       </c>
       <c r="D577" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E577">
         <v>10</v>
       </c>
       <c r="F577">
         <v>10</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
         <v>1859</v>
       </c>
       <c r="B578" t="s">
         <v>1152</v>
       </c>
       <c r="C578" t="s" s="2">
         <v>1153</v>
       </c>
       <c r="D578" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E578">
         <v>10</v>
       </c>
       <c r="F578">
         <v>9</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
         <v>2349</v>
       </c>
       <c r="B579" t="s">
         <v>1154</v>
       </c>
       <c r="C579" t="s" s="2">
         <v>1155</v>
       </c>
       <c r="D579" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E579">
         <v>10</v>
       </c>
       <c r="F579">
         <v>10</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
         <v>1695</v>
       </c>
       <c r="B580" t="s">
         <v>1156</v>
       </c>
       <c r="C580" t="s" s="2">
         <v>1157</v>
       </c>
       <c r="D580" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E580">
         <v>10</v>
       </c>
       <c r="F580">
         <v>10</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
         <v>1743</v>
       </c>
       <c r="B581" t="s">
         <v>1158</v>
       </c>
       <c r="C581" t="s" s="2">
         <v>1159</v>
       </c>
       <c r="D581" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E581">
         <v>10</v>
       </c>
       <c r="F581">
         <v>9</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
         <v>2075</v>
       </c>
       <c r="B582" t="s">
         <v>1160</v>
       </c>
       <c r="C582" t="s" s="2">
         <v>1161</v>
       </c>
       <c r="D582" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E582">
         <v>10</v>
       </c>
       <c r="F582">
         <v>10</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
         <v>1445</v>
       </c>
       <c r="B583" t="s">
         <v>1162</v>
       </c>
       <c r="C583" t="s" s="2">
         <v>1163</v>
       </c>
       <c r="D583" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E583">
         <v>5</v>
       </c>
       <c r="F583">
         <v>3</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
         <v>1683</v>
       </c>
       <c r="B584" t="s">
         <v>1164</v>
       </c>
       <c r="C584" t="s" s="2">
         <v>1165</v>
       </c>
       <c r="D584" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E584">
         <v>6</v>
       </c>
       <c r="F584">
         <v>6</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
         <v>1715</v>
       </c>
       <c r="B585" t="s">
         <v>1166</v>
       </c>
       <c r="C585" t="s" s="2">
         <v>1167</v>
       </c>
       <c r="D585" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E585">
         <v>10</v>
       </c>
       <c r="F585">
         <v>9</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
         <v>1697</v>
       </c>
       <c r="B586" t="s">
         <v>1168</v>
       </c>
       <c r="C586" t="s" s="2">
         <v>1169</v>
       </c>
       <c r="D586" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E586">
         <v>5</v>
       </c>
       <c r="F586">
         <v>5</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
         <v>1745</v>
       </c>
       <c r="B587" t="s">
         <v>1170</v>
       </c>
       <c r="C587" t="s" s="2">
         <v>1171</v>
       </c>
       <c r="D587" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E587">
         <v>18</v>
       </c>
       <c r="F587">
         <v>18</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
         <v>1861</v>
       </c>
       <c r="B588" t="s">
         <v>1172</v>
       </c>
       <c r="C588" t="s" s="2">
         <v>1173</v>
       </c>
       <c r="D588" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E588">
         <v>10</v>
       </c>
       <c r="F588">
         <v>10</v>
       </c>
     </row>
     <row r="589">
       <c r="A589">
         <v>2077</v>
       </c>
       <c r="B589" t="s">
         <v>1174</v>
       </c>
       <c r="C589" t="s" s="2">
         <v>1175</v>
       </c>
       <c r="D589" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E589">
         <v>10</v>
       </c>
       <c r="F589">
         <v>10</v>
       </c>
     </row>
     <row r="590">
       <c r="A590">
         <v>2351</v>
       </c>
       <c r="B590" t="s">
         <v>1176</v>
       </c>
       <c r="C590" t="s" s="2">
         <v>1177</v>
       </c>
       <c r="D590" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E590">
         <v>10</v>
       </c>
       <c r="F590">
         <v>10</v>
       </c>
     </row>
     <row r="591">
       <c r="A591">
         <v>1717</v>
       </c>
       <c r="B591" t="s">
         <v>1178</v>
       </c>
       <c r="C591" t="s" s="2">
         <v>1179</v>
       </c>
       <c r="D591" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E591">
         <v>10</v>
       </c>
       <c r="F591">
         <v>10</v>
       </c>
     </row>
     <row r="592">
       <c r="A592">
         <v>1703</v>
       </c>
       <c r="B592" t="s">
         <v>1180</v>
       </c>
       <c r="C592" t="s" s="2">
         <v>1181</v>
       </c>
       <c r="D592" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E592">
         <v>10</v>
       </c>
       <c r="F592">
         <v>10</v>
       </c>
     </row>
     <row r="593">
       <c r="A593">
         <v>1867</v>
       </c>
       <c r="B593" t="s">
         <v>1182</v>
       </c>
       <c r="C593" t="s" s="2">
         <v>1183</v>
       </c>
       <c r="D593" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E593">
         <v>10</v>
       </c>
       <c r="F593">
         <v>10</v>
       </c>
     </row>
     <row r="594">
       <c r="A594">
         <v>2353</v>
       </c>
       <c r="B594" t="s">
         <v>1184</v>
       </c>
       <c r="C594" t="s" s="2">
         <v>1185</v>
       </c>
       <c r="D594" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E594">
         <v>10</v>
       </c>
       <c r="F594">
         <v>10</v>
       </c>
     </row>
     <row r="595">
       <c r="A595">
         <v>2079</v>
       </c>
       <c r="B595" t="s">
         <v>1186</v>
       </c>
       <c r="C595" t="s" s="2">
         <v>1187</v>
       </c>
       <c r="D595" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E595">
         <v>50</v>
       </c>
       <c r="F595">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="596">
       <c r="A596">
         <v>1705</v>
       </c>
       <c r="B596" t="s">
         <v>1188</v>
       </c>
       <c r="C596" t="s" s="2">
         <v>1189</v>
       </c>
       <c r="D596" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E596">
         <v>15</v>
       </c>
       <c r="F596">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="597">
       <c r="A597">
         <v>1747</v>
       </c>
       <c r="B597" t="s">
         <v>1190</v>
       </c>
       <c r="C597" t="s" s="2">
         <v>1191</v>
       </c>
       <c r="D597" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E597">
         <v>10</v>
       </c>
       <c r="F597">
         <v>10</v>
       </c>
     </row>
     <row r="598">
       <c r="A598">
         <v>1869</v>
       </c>
       <c r="B598" t="s">
         <v>1192</v>
       </c>
       <c r="C598" t="s" s="2">
         <v>1193</v>
       </c>
       <c r="D598" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E598">
         <v>15</v>
       </c>
       <c r="F598">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="599">
       <c r="A599">
         <v>2355</v>
       </c>
       <c r="B599" t="s">
         <v>1194</v>
       </c>
       <c r="C599" t="s" s="2">
         <v>1195</v>
       </c>
       <c r="D599" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E599">
         <v>10</v>
       </c>
       <c r="F599">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="600">
       <c r="A600">
         <v>1749</v>
       </c>
       <c r="B600" t="s">
         <v>1196</v>
       </c>
       <c r="C600" t="s" s="2">
         <v>1197</v>
       </c>
       <c r="D600" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E600">
         <v>10</v>
       </c>
       <c r="F600">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="601">
       <c r="A601">
         <v>2357</v>
       </c>
       <c r="B601" t="s">
         <v>1198</v>
       </c>
       <c r="C601" t="s" s="2">
         <v>1199</v>
       </c>
       <c r="D601" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E601">
         <v>10</v>
       </c>
       <c r="F601">
         <v>10</v>
       </c>
     </row>
     <row r="602">
       <c r="A602">
         <v>1707</v>
       </c>
       <c r="B602" t="s">
         <v>1200</v>
       </c>
       <c r="C602" t="s" s="2">
         <v>1201</v>
       </c>
       <c r="D602" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E602">
         <v>15</v>
       </c>
       <c r="F602">
         <v>13</v>
       </c>
     </row>
     <row r="603">
       <c r="A603">
         <v>1871</v>
       </c>
       <c r="B603" t="s">
         <v>1202</v>
       </c>
       <c r="C603" t="s" s="2">
         <v>1203</v>
       </c>
       <c r="D603" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E603">
         <v>10</v>
       </c>
       <c r="F603">
         <v>10</v>
       </c>
     </row>
     <row r="604">
       <c r="A604">
         <v>1751</v>
       </c>
       <c r="B604" t="s">
         <v>1204</v>
       </c>
       <c r="C604" t="s" s="2">
         <v>1205</v>
       </c>
       <c r="D604" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E604">
         <v>10</v>
       </c>
       <c r="F604">
         <v>9</v>
       </c>
     </row>
     <row r="605">
       <c r="A605">
         <v>2361</v>
       </c>
       <c r="B605" t="s">
         <v>1206</v>
       </c>
       <c r="C605" t="s" s="2">
         <v>1207</v>
       </c>
       <c r="D605" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E605">
         <v>10</v>
       </c>
       <c r="F605">
         <v>7</v>
       </c>
     </row>
     <row r="606">
       <c r="A606">
         <v>1873</v>
       </c>
       <c r="B606" t="s">
         <v>1208</v>
       </c>
       <c r="C606" t="s" s="2">
         <v>1209</v>
       </c>
       <c r="D606" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E606">
         <v>40</v>
       </c>
       <c r="F606">
         <v>32</v>
       </c>
     </row>
     <row r="607">
       <c r="A607">
         <v>1753</v>
       </c>
       <c r="B607" t="s">
         <v>1210</v>
       </c>
       <c r="C607" t="s" s="2">
         <v>1211</v>
       </c>
       <c r="D607" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E607">
         <v>10</v>
       </c>
       <c r="F607">
         <v>7</v>
       </c>
     </row>
     <row r="608">
       <c r="A608">
         <v>1729</v>
       </c>
       <c r="B608" t="s">
         <v>1212</v>
       </c>
       <c r="C608" t="s" s="2">
         <v>1213</v>
       </c>
       <c r="D608" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E608">
         <v>10</v>
       </c>
       <c r="F608">
         <v>10</v>
       </c>
     </row>
     <row r="609">
       <c r="A609">
         <v>2365</v>
       </c>
       <c r="B609" t="s">
         <v>1214</v>
       </c>
       <c r="C609" t="s" s="2">
         <v>1215</v>
       </c>
       <c r="D609" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E609">
         <v>2</v>
       </c>
       <c r="F609">
         <v>2</v>
       </c>
     </row>
     <row r="610">
       <c r="A610">
         <v>907</v>
       </c>
       <c r="B610" t="s">
         <v>1216</v>
       </c>
       <c r="C610" t="s" s="2">
         <v>1217</v>
       </c>
       <c r="D610" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E610">
         <v>10</v>
       </c>
       <c r="F610">
         <v>2</v>
       </c>
     </row>
     <row r="611">
       <c r="A611">
         <v>1875</v>
       </c>
       <c r="B611" t="s">
         <v>1218</v>
       </c>
       <c r="C611" t="s" s="2">
         <v>1219</v>
       </c>
       <c r="D611" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E611">
         <v>10</v>
       </c>
       <c r="F611">
         <v>10</v>
       </c>
     </row>
     <row r="612">
       <c r="A612">
         <v>2367</v>
       </c>
       <c r="B612" t="s">
         <v>1220</v>
       </c>
       <c r="C612" t="s" s="2">
         <v>1221</v>
       </c>
       <c r="D612" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E612">
         <v>10</v>
       </c>
       <c r="F612">
         <v>10</v>
       </c>
     </row>
     <row r="613">
       <c r="A613">
         <v>909</v>
       </c>
       <c r="B613" t="s">
         <v>1222</v>
       </c>
       <c r="C613" t="s">
         <v>1223</v>
       </c>
       <c r="D613" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E613">
         <v>10</v>
       </c>
       <c r="F613">
         <v>2</v>
       </c>
     </row>
     <row r="614">
       <c r="A614">
         <v>1723</v>
       </c>
       <c r="B614" t="s">
         <v>1224</v>
       </c>
       <c r="C614" t="s" s="2">
         <v>1225</v>
       </c>
       <c r="D614" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E614">
         <v>10</v>
       </c>
       <c r="F614">
         <v>10</v>
       </c>
     </row>
     <row r="615">
       <c r="A615">
         <v>1755</v>
       </c>
       <c r="B615" t="s">
         <v>1226</v>
       </c>
       <c r="C615" t="s" s="2">
         <v>1227</v>
       </c>
       <c r="D615" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E615">
         <v>10</v>
       </c>
       <c r="F615">
         <v>10</v>
       </c>
     </row>
     <row r="616">
       <c r="A616">
         <v>1731</v>
       </c>
       <c r="B616" t="s">
         <v>1228</v>
       </c>
       <c r="C616" t="s" s="2">
         <v>1229</v>
       </c>
       <c r="D616" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E616">
         <v>2</v>
       </c>
       <c r="F616">
         <v>2</v>
       </c>
     </row>
     <row r="617">
       <c r="A617">
         <v>1733</v>
       </c>
       <c r="B617" t="s">
         <v>1230</v>
       </c>
       <c r="C617" t="s" s="2">
         <v>1231</v>
       </c>
       <c r="D617" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E617">
         <v>10</v>
       </c>
       <c r="F617">
         <v>10</v>
       </c>
     </row>
     <row r="618">
       <c r="A618">
         <v>1877</v>
       </c>
       <c r="B618" t="s">
         <v>1232</v>
       </c>
       <c r="C618" t="s" s="2">
         <v>1233</v>
       </c>
       <c r="D618" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E618">
         <v>10</v>
       </c>
       <c r="F618">
         <v>9</v>
       </c>
     </row>
     <row r="619">
       <c r="A619">
         <v>2083</v>
       </c>
       <c r="B619" t="s">
         <v>1234</v>
       </c>
       <c r="C619" t="s" s="2">
         <v>1235</v>
       </c>
       <c r="D619" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E619">
         <v>5</v>
       </c>
       <c r="F619">
         <v>5</v>
       </c>
     </row>
     <row r="620">
       <c r="A620">
         <v>2369</v>
       </c>
       <c r="B620" t="s">
         <v>1236</v>
       </c>
       <c r="C620" t="s" s="2">
         <v>1237</v>
       </c>
       <c r="D620" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E620">
         <v>10</v>
       </c>
       <c r="F620">
         <v>9</v>
       </c>
     </row>
     <row r="621">
       <c r="A621">
         <v>1757</v>
       </c>
       <c r="B621" t="s">
         <v>1238</v>
       </c>
       <c r="C621" t="s" s="2">
         <v>1239</v>
       </c>
       <c r="D621" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E621">
         <v>10</v>
       </c>
       <c r="F621">
         <v>9</v>
       </c>
     </row>
     <row r="622">
       <c r="A622">
         <v>2289</v>
       </c>
       <c r="B622" t="s">
         <v>1240</v>
       </c>
       <c r="C622" t="s" s="2">
         <v>1241</v>
       </c>
       <c r="D622" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E622">
         <v>10</v>
       </c>
       <c r="F622">
         <v>9</v>
       </c>
     </row>
     <row r="623">
       <c r="A623">
         <v>2085</v>
       </c>
       <c r="B623" t="s">
         <v>1242</v>
       </c>
       <c r="C623" t="s" s="2">
         <v>1243</v>
       </c>
       <c r="D623" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E623">
         <v>10</v>
       </c>
       <c r="F623">
         <v>9</v>
       </c>
     </row>
     <row r="624">
       <c r="A624">
         <v>1119</v>
       </c>
       <c r="B624" t="s">
         <v>1244</v>
       </c>
       <c r="C624" t="s" s="2">
         <v>1245</v>
       </c>
       <c r="D624" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E624">
         <v>10</v>
       </c>
       <c r="F624">
         <v>9</v>
       </c>
     </row>
     <row r="625">
       <c r="A625">
         <v>1759</v>
       </c>
       <c r="B625" t="s">
         <v>1246</v>
       </c>
       <c r="C625" t="s" s="2">
         <v>1247</v>
       </c>
       <c r="D625" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E625">
         <v>10</v>
       </c>
       <c r="F625">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="626">
       <c r="A626">
         <v>1879</v>
       </c>
       <c r="B626" t="s">
         <v>1248</v>
       </c>
       <c r="C626" t="s" s="2">
         <v>1249</v>
       </c>
       <c r="D626" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E626">
         <v>5</v>
       </c>
       <c r="F626">
         <v>4</v>
       </c>
     </row>
     <row r="627">
       <c r="A627">
         <v>1229</v>
       </c>
       <c r="B627" t="s">
         <v>1250</v>
       </c>
       <c r="C627" t="s" s="2">
         <v>1251</v>
       </c>
       <c r="D627" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E627">
         <v>10</v>
       </c>
       <c r="F627">
         <v>9</v>
       </c>
     </row>
     <row r="628">
       <c r="A628">
         <v>1763</v>
       </c>
       <c r="B628" t="s">
         <v>1252</v>
       </c>
       <c r="C628" t="s" s="2">
         <v>1253</v>
       </c>
       <c r="D628" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E628">
         <v>50</v>
       </c>
       <c r="F628">
         <v>30</v>
       </c>
     </row>
     <row r="629">
       <c r="A629">
         <v>1889</v>
       </c>
       <c r="B629" t="s">
         <v>1254</v>
       </c>
       <c r="C629" t="s" s="2">
         <v>1255</v>
       </c>
       <c r="D629" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E629">
         <v>10</v>
       </c>
       <c r="F629">
         <v>5</v>
       </c>
     </row>
     <row r="630">
       <c r="A630">
         <v>2093</v>
       </c>
       <c r="B630" t="s">
         <v>1256</v>
       </c>
       <c r="C630" t="s" s="2">
         <v>1257</v>
       </c>
       <c r="D630" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E630">
         <v>10</v>
       </c>
       <c r="F630">
         <v>5</v>
       </c>
     </row>
     <row r="631">
       <c r="A631">
         <v>2371</v>
       </c>
       <c r="B631" t="s">
         <v>1258</v>
       </c>
       <c r="C631" t="s" s="2">
         <v>1259</v>
       </c>
       <c r="D631" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E631">
         <v>10</v>
       </c>
       <c r="F631">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="632">
       <c r="A632">
         <v>2377</v>
       </c>
       <c r="B632" t="s">
         <v>1260</v>
       </c>
       <c r="C632" t="s" s="2">
         <v>1261</v>
       </c>
       <c r="D632" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E632">
         <v>10</v>
       </c>
       <c r="F632">
         <v>10</v>
       </c>
     </row>
     <row r="633">
       <c r="A633">
-        <v>1191</v>
+        <v>1881</v>
       </c>
       <c r="B633" t="s">
         <v>1262</v>
       </c>
       <c r="C633" t="s" s="2">
         <v>1263</v>
       </c>
       <c r="D633" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E633">
         <v>10</v>
       </c>
       <c r="F633">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="634">
       <c r="A634">
-        <v>1881</v>
+        <v>2087</v>
       </c>
       <c r="B634" t="s">
         <v>1264</v>
       </c>
       <c r="C634" t="s" s="2">
         <v>1265</v>
       </c>
       <c r="D634" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E634">
         <v>10</v>
       </c>
       <c r="F634">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="635">
       <c r="A635">
-        <v>2087</v>
+        <v>1761</v>
       </c>
       <c r="B635" t="s">
         <v>1266</v>
       </c>
       <c r="C635" t="s" s="2">
         <v>1267</v>
       </c>
       <c r="D635" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E635">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F635">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="636">
       <c r="A636">
-        <v>1761</v>
+        <v>2373</v>
       </c>
       <c r="B636" t="s">
         <v>1268</v>
       </c>
       <c r="C636" t="s" s="2">
         <v>1269</v>
       </c>
       <c r="D636" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E636">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F636">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="637">
       <c r="A637">
-        <v>2373</v>
+        <v>1883</v>
       </c>
       <c r="B637" t="s">
         <v>1270</v>
       </c>
       <c r="C637" t="s" s="2">
         <v>1271</v>
       </c>
       <c r="D637" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E637">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F637">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="638">
       <c r="A638">
-        <v>1883</v>
+        <v>2089</v>
       </c>
       <c r="B638" t="s">
         <v>1272</v>
       </c>
       <c r="C638" t="s" s="2">
         <v>1273</v>
       </c>
       <c r="D638" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E638">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F638">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="639">
       <c r="A639">
-        <v>2089</v>
+        <v>1887</v>
       </c>
       <c r="B639" t="s">
         <v>1274</v>
       </c>
       <c r="C639" t="s" s="2">
         <v>1275</v>
       </c>
       <c r="D639" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E639">
         <v>10</v>
       </c>
       <c r="F639">
         <v>10</v>
       </c>
     </row>
     <row r="640">
       <c r="A640">
-        <v>1887</v>
+        <v>1665</v>
       </c>
       <c r="B640" t="s">
         <v>1276</v>
       </c>
       <c r="C640" t="s" s="2">
         <v>1277</v>
       </c>
       <c r="D640" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E640">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F640">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="641">
       <c r="A641">
-        <v>1665</v>
+        <v>2091</v>
       </c>
       <c r="B641" t="s">
         <v>1278</v>
       </c>
       <c r="C641" t="s" s="2">
         <v>1279</v>
       </c>
       <c r="D641" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E641">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F641">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="642">
       <c r="A642">
-        <v>2091</v>
+        <v>2375</v>
       </c>
       <c r="B642" t="s">
         <v>1280</v>
       </c>
       <c r="C642" t="s" s="2">
         <v>1281</v>
       </c>
       <c r="D642" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E642">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F642">
         <v>5</v>
       </c>
     </row>
     <row r="643">
       <c r="A643">
-        <v>2375</v>
+        <v>1441</v>
       </c>
       <c r="B643" t="s">
         <v>1282</v>
       </c>
       <c r="C643" t="s" s="2">
         <v>1283</v>
       </c>
       <c r="D643" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E643">
         <v>10</v>
       </c>
       <c r="F643">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="644">
       <c r="A644">
-        <v>1441</v>
+        <v>1891</v>
       </c>
       <c r="B644" t="s">
         <v>1284</v>
       </c>
       <c r="C644" t="s" s="2">
         <v>1285</v>
       </c>
       <c r="D644" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E644">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F644">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="645">
       <c r="A645">
-        <v>1891</v>
+        <v>2095</v>
       </c>
       <c r="B645" t="s">
         <v>1286</v>
       </c>
       <c r="C645" t="s" s="2">
         <v>1287</v>
       </c>
       <c r="D645" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E645">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F645">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="646">
       <c r="A646">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="B646" t="s">
         <v>1288</v>
       </c>
       <c r="C646" t="s" s="2">
         <v>1289</v>
       </c>
       <c r="D646" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E646">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="F646">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="647">
       <c r="A647">
-        <v>2097</v>
+        <v>1893</v>
       </c>
       <c r="B647" t="s">
         <v>1290</v>
       </c>
       <c r="C647" t="s" s="2">
         <v>1291</v>
       </c>
       <c r="D647" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E647">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F647">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="648">
       <c r="A648">
-        <v>1893</v>
+        <v>2421</v>
       </c>
       <c r="B648" t="s">
         <v>1292</v>
       </c>
       <c r="C648" t="s" s="2">
         <v>1293</v>
       </c>
       <c r="D648" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E648">
         <v>10</v>
       </c>
       <c r="F648">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="649">
       <c r="A649">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="B649" t="s">
-        <v>578</v>
+        <v>1294</v>
       </c>
       <c r="C649" t="s" s="2">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="D649" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E649">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="F649">
-        <v>5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="650">
       <c r="A650">
-        <v>2421</v>
+        <v>1895</v>
       </c>
       <c r="B650" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C650" t="s" s="2">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D650" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E650">
         <v>10</v>
       </c>
       <c r="F650">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="651">
       <c r="A651">
-        <v>2381</v>
+        <v>891</v>
       </c>
       <c r="B651" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C651" t="s" s="2">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="D651" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E651">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F651">
-        <v>21</v>
+        <v>3</v>
       </c>
     </row>
     <row r="652">
       <c r="A652">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="B652" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C652" t="s" s="2">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="D652" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E652">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F652">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="653">
       <c r="A653">
-        <v>891</v>
+        <v>2099</v>
       </c>
       <c r="B653" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C653" t="s" s="2">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="D653" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E653">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F653">
         <v>3</v>
       </c>
     </row>
     <row r="654">
       <c r="A654">
-        <v>1897</v>
+        <v>1765</v>
       </c>
       <c r="B654" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C654" t="s" s="2">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D654" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E654">
         <v>5</v>
       </c>
       <c r="F654">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="655">
       <c r="A655">
-        <v>2099</v>
+        <v>1901</v>
       </c>
       <c r="B655" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C655" t="s" s="2">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D655" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E655">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="F655">
-        <v>3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="656">
       <c r="A656">
-        <v>1765</v>
+        <v>2101</v>
       </c>
       <c r="B656" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C656" t="s" s="2">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D656" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E656">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F656">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="657">
       <c r="A657">
-        <v>1901</v>
+        <v>1767</v>
       </c>
       <c r="B657" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C657" t="s" s="2">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D657" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E657">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F657">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="658">
       <c r="A658">
-        <v>2101</v>
+        <v>1191</v>
       </c>
       <c r="B658" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C658" t="s" s="2">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D658" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E658">
         <v>10</v>
       </c>
       <c r="F658">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="659">
       <c r="A659">
-        <v>1767</v>
+        <v>2103</v>
       </c>
       <c r="B659" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C659" t="s" s="2">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D659" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E659">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F659">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="660">
       <c r="A660">
-        <v>2103</v>
+        <v>2383</v>
       </c>
       <c r="B660" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C660" t="s" s="2">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="D660" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E660">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F660">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="661">
       <c r="A661">
-        <v>2383</v>
+        <v>905</v>
       </c>
       <c r="B661" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C661" t="s" s="2">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D661" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E661">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F661">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="662">
       <c r="A662">
-        <v>905</v>
+        <v>1769</v>
       </c>
       <c r="B662" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C662" t="s" s="2">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D662" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E662">
         <v>10</v>
       </c>
       <c r="F662">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="663">
       <c r="A663">
-        <v>1769</v>
+        <v>2385</v>
       </c>
       <c r="B663" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C663" t="s" s="2">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="D663" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E663">
         <v>10</v>
       </c>
       <c r="F663">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="664">
       <c r="A664">
-        <v>2385</v>
+        <v>1903</v>
       </c>
       <c r="B664" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C664" t="s" s="2">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D664" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E664">
         <v>10</v>
       </c>
       <c r="F664">
         <v>10</v>
       </c>
     </row>
     <row r="665">
       <c r="A665">
-        <v>1903</v>
+        <v>2107</v>
       </c>
       <c r="B665" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C665" t="s" s="2">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D665" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E665">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F665">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="666">
       <c r="A666">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="B666" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C666" t="s" s="2">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="D666" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E666">
         <v>5</v>
       </c>
       <c r="F666">
         <v>5</v>
       </c>
     </row>
     <row r="667">
       <c r="A667">
-        <v>2109</v>
+        <v>1771</v>
       </c>
       <c r="B667" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C667" t="s" s="2">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D667" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E667">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F667">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="668">
       <c r="A668">
-        <v>1771</v>
+        <v>1905</v>
       </c>
       <c r="B668" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C668" t="s" s="2">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D668" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E668">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F668">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="669">
       <c r="A669">
-        <v>1905</v>
+        <v>2111</v>
       </c>
       <c r="B669" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="C669" t="s" s="2">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="D669" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E669">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F669">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="670">
       <c r="A670">
-        <v>2111</v>
+        <v>2387</v>
       </c>
       <c r="B670" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C670" t="s" s="2">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D670" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E670">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="F670">
-        <v>3</v>
+        <v>29</v>
       </c>
     </row>
     <row r="671">
       <c r="A671">
-        <v>2387</v>
+        <v>2113</v>
       </c>
       <c r="B671" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="C671" t="s" s="2">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="D671" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E671">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="F671">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="672">
       <c r="A672">
-        <v>2113</v>
+        <v>1775</v>
       </c>
       <c r="B672" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="C672" t="s" s="2">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="D672" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E672">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="F672">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="673">
       <c r="A673">
-        <v>1775</v>
+        <v>2119</v>
       </c>
       <c r="B673" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C673" t="s" s="2">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D673" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E673">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F673">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="674">
       <c r="A674">
-        <v>2119</v>
+        <v>1907</v>
       </c>
       <c r="B674" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C674" t="s" s="2">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D674" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E674">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F674">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="675">
       <c r="A675">
-        <v>1907</v>
+        <v>2121</v>
       </c>
       <c r="B675" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C675" t="s" s="2">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D675" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E675">
         <v>10</v>
       </c>
       <c r="F675">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="676">
       <c r="A676">
-        <v>2121</v>
+        <v>1777</v>
       </c>
       <c r="B676" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C676" t="s" s="2">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="D676" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E676">
         <v>10</v>
       </c>
       <c r="F676">
         <v>10</v>
       </c>
     </row>
     <row r="677">
       <c r="A677">
-        <v>1777</v>
+        <v>1909</v>
       </c>
       <c r="B677" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C677" t="s" s="2">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="D677" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E677">
         <v>10</v>
       </c>
       <c r="F677">
         <v>10</v>
       </c>
     </row>
     <row r="678">
       <c r="A678">
-        <v>1909</v>
+        <v>2123</v>
       </c>
       <c r="B678" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="C678" t="s" s="2">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="D678" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E678">
         <v>10</v>
       </c>
       <c r="F678">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="679">
       <c r="A679">
-        <v>2123</v>
+        <v>1779</v>
       </c>
       <c r="B679" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="C679" t="s" s="2">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D679" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E679">
         <v>10</v>
       </c>
       <c r="F679">
         <v>9</v>
       </c>
     </row>
     <row r="680">
       <c r="A680">
-        <v>1779</v>
+        <v>1911</v>
       </c>
       <c r="B680" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="C680" t="s" s="2">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="D680" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E680">
         <v>10</v>
       </c>
       <c r="F680">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="681">
       <c r="A681">
-        <v>1911</v>
-[...3 lines deleted...]
-      </c>
+        <v>2389</v>
+      </c>
+      <c r="B681"/>
       <c r="C681" t="s" s="2">
         <v>1358</v>
       </c>
       <c r="D681" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E681">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F681">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="682">
       <c r="A682">
-        <v>2389</v>
-[...1 lines deleted...]
-      <c r="B682"/>
+        <v>1913</v>
+      </c>
+      <c r="B682" t="s">
+        <v>1359</v>
+      </c>
       <c r="C682" t="s" s="2">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D682" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E682">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F682">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="683">
       <c r="A683">
-        <v>1913</v>
+        <v>2391</v>
       </c>
       <c r="B683" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C683" t="s" s="2">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D683" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E683">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="F683">
-        <v>14</v>
+        <v>2</v>
       </c>
     </row>
     <row r="684">
       <c r="A684">
-        <v>2391</v>
+        <v>2153</v>
       </c>
       <c r="B684" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C684" t="s" s="2">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D684" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E684">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F684">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="685">
       <c r="A685">
-        <v>2153</v>
+        <v>1801</v>
       </c>
       <c r="B685" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C685" t="s" s="2">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D685" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E685">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F685">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="686">
       <c r="A686">
-        <v>1801</v>
+        <v>2155</v>
       </c>
       <c r="B686" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C686" t="s" s="2">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D686" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E686">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F686">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="687">
       <c r="A687">
-        <v>2155</v>
+        <v>2127</v>
       </c>
       <c r="B687" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="C687" t="s" s="2">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="D687" s="3">
-        <v>45949.433252315</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E687">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F687">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="688">
       <c r="A688">
-        <v>2127</v>
+        <v>2173</v>
       </c>
       <c r="B688" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C688" t="s" s="2">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="D688" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E688">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="F688">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="689">
       <c r="A689">
-        <v>2173</v>
+        <v>2429</v>
       </c>
       <c r="B689" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C689" t="s" s="2">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="D689" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E689">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="F689">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="690">
       <c r="A690">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="B690" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C690" t="s" s="2">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D690" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E690">
         <v>10</v>
       </c>
       <c r="F690">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="691">
       <c r="A691">
-        <v>2433</v>
+        <v>1915</v>
       </c>
       <c r="B691" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="C691" t="s" s="2">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="D691" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E691">
         <v>10</v>
       </c>
       <c r="F691">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="692">
       <c r="A692">
-        <v>1915</v>
+        <v>2157</v>
       </c>
       <c r="B692" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C692" t="s" s="2">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="D692" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E692">
         <v>10</v>
       </c>
       <c r="F692">
         <v>9</v>
       </c>
     </row>
     <row r="693">
       <c r="A693">
-        <v>2157</v>
+        <v>2393</v>
       </c>
       <c r="B693" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="C693" t="s" s="2">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="D693" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E693">
         <v>10</v>
       </c>
       <c r="F693">
         <v>9</v>
       </c>
     </row>
     <row r="694">
       <c r="A694">
-        <v>2393</v>
+        <v>2129</v>
       </c>
       <c r="B694" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C694" t="s" s="2">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D694" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E694">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F694">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="695">
       <c r="A695">
-        <v>2129</v>
+        <v>1917</v>
       </c>
       <c r="B695" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="C695" t="s" s="2">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="D695" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E695">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F695">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="696">
       <c r="A696">
-        <v>1917</v>
+        <v>2395</v>
       </c>
       <c r="B696" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C696" t="s" s="2">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D696" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E696">
         <v>10</v>
       </c>
       <c r="F696">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="697">
       <c r="A697">
-        <v>2395</v>
+        <v>2159</v>
       </c>
       <c r="B697" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="C697" t="s" s="2">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="D697" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E697">
         <v>10</v>
       </c>
       <c r="F697">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="698">
       <c r="A698">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="B698" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C698" t="s" s="2">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="D698" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E698">
         <v>10</v>
       </c>
       <c r="F698">
         <v>7</v>
       </c>
     </row>
     <row r="699">
       <c r="A699">
-        <v>2161</v>
+        <v>1919</v>
       </c>
       <c r="B699" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="C699" t="s" s="2">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D699" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E699">
         <v>10</v>
       </c>
       <c r="F699">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="700">
       <c r="A700">
-        <v>1919</v>
+        <v>2163</v>
       </c>
       <c r="B700" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C700" t="s" s="2">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="D700" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E700">
         <v>10</v>
       </c>
       <c r="F700">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="701">
       <c r="A701">
-        <v>2163</v>
+        <v>2397</v>
       </c>
       <c r="B701" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="C701" t="s" s="2">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D701" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E701">
         <v>10</v>
       </c>
       <c r="F701">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="702">
       <c r="A702">
-        <v>2397</v>
+        <v>1921</v>
       </c>
       <c r="B702" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C702" t="s" s="2">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D702" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E702">
         <v>10</v>
       </c>
       <c r="F702">
         <v>9</v>
       </c>
     </row>
     <row r="703">
       <c r="A703">
-        <v>1921</v>
+        <v>1823</v>
       </c>
       <c r="B703" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C703" t="s" s="2">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D703" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E703">
         <v>10</v>
       </c>
       <c r="F703">
         <v>9</v>
       </c>
     </row>
     <row r="704">
       <c r="A704">
-        <v>1823</v>
+        <v>2165</v>
       </c>
       <c r="B704" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C704" t="s" s="2">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="D704" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E704">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F704">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="705">
       <c r="A705">
-        <v>2165</v>
+        <v>2399</v>
       </c>
       <c r="B705" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C705" t="s" s="2">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D705" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E705">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F705">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="706">
       <c r="A706">
-        <v>2399</v>
+        <v>1923</v>
       </c>
       <c r="B706" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C706" t="s" s="2">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D706" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E706">
         <v>10</v>
       </c>
       <c r="F706">
         <v>9</v>
       </c>
     </row>
     <row r="707">
       <c r="A707">
-        <v>1923</v>
+        <v>1825</v>
       </c>
       <c r="B707" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="C707" t="s" s="2">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D707" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E707">
         <v>10</v>
       </c>
       <c r="F707">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="708">
       <c r="A708">
-        <v>1825</v>
+        <v>2167</v>
       </c>
       <c r="B708" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C708" t="s" s="2">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D708" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E708">
         <v>10</v>
       </c>
       <c r="F708">
         <v>10</v>
       </c>
     </row>
     <row r="709">
       <c r="A709">
-        <v>2167</v>
+        <v>2401</v>
       </c>
       <c r="B709" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C709" t="s" s="2">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D709" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E709">
         <v>10</v>
       </c>
       <c r="F709">
         <v>10</v>
       </c>
     </row>
     <row r="710">
       <c r="A710">
-        <v>2401</v>
+        <v>1925</v>
       </c>
       <c r="B710" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C710" t="s" s="2">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="D710" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E710">
         <v>10</v>
       </c>
       <c r="F710">
         <v>10</v>
       </c>
     </row>
     <row r="711">
       <c r="A711">
-        <v>1925</v>
+        <v>1827</v>
       </c>
       <c r="B711" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C711" t="s" s="2">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="D711" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E711">
         <v>10</v>
       </c>
       <c r="F711">
         <v>10</v>
       </c>
     </row>
     <row r="712">
       <c r="A712">
-        <v>1827</v>
+        <v>2403</v>
       </c>
       <c r="B712" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C712" t="s" s="2">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="D712" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E712">
         <v>10</v>
       </c>
       <c r="F712">
         <v>10</v>
       </c>
     </row>
     <row r="713">
       <c r="A713">
-        <v>2403</v>
+        <v>1829</v>
       </c>
       <c r="B713" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C713" t="s" s="2">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="D713" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E713">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F713">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="714">
       <c r="A714">
-        <v>1829</v>
+        <v>2475</v>
       </c>
       <c r="B714" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C714" t="s" s="2">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="D714" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E714">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F714">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="715">
       <c r="A715">
-        <v>2475</v>
+        <v>2017</v>
       </c>
       <c r="B715" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C715" t="s" s="2">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D715" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E715">
         <v>10</v>
       </c>
       <c r="F715">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="716">
       <c r="A716">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B716" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C716" t="s" s="2">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="D716" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E716">
         <v>10</v>
       </c>
       <c r="F716">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="717">
       <c r="A717">
-        <v>2019</v>
+        <v>2405</v>
       </c>
       <c r="B717" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C717" t="s" s="2">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D717" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E717">
         <v>10</v>
       </c>
       <c r="F717">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="718">
       <c r="A718">
-        <v>2405</v>
+        <v>2169</v>
       </c>
       <c r="B718" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="C718" t="s" s="2">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="D718" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E718">
         <v>10</v>
       </c>
       <c r="F718">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="719">
       <c r="A719">
-        <v>2169</v>
+        <v>2285</v>
       </c>
       <c r="B719" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="C719" t="s" s="2">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="D719" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E719">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F719">
         <v>9</v>
       </c>
     </row>
     <row r="720">
       <c r="A720">
-        <v>2285</v>
+        <v>2043</v>
       </c>
       <c r="B720" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C720" t="s" s="2">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D720" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E720">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F720">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="721">
       <c r="A721">
-        <v>2043</v>
+        <v>2407</v>
       </c>
       <c r="B721" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C721" t="s" s="2">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="D721" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E721">
         <v>10</v>
       </c>
       <c r="F721">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="722">
       <c r="A722">
-        <v>2407</v>
+        <v>2117</v>
       </c>
       <c r="B722" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C722" t="s" s="2">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D722" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E722">
         <v>10</v>
       </c>
       <c r="F722">
         <v>9</v>
       </c>
     </row>
     <row r="723">
       <c r="A723">
-        <v>2117</v>
+        <v>2171</v>
       </c>
       <c r="B723" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="C723" t="s" s="2">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="D723" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E723">
         <v>10</v>
       </c>
       <c r="F723">
         <v>9</v>
       </c>
     </row>
     <row r="724">
       <c r="A724">
-        <v>2171</v>
+        <v>2125</v>
       </c>
       <c r="B724" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="C724" t="s" s="2">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="D724" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E724">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F724">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="725">
       <c r="A725">
-        <v>2125</v>
+        <v>2411</v>
       </c>
       <c r="B725" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C725" t="s" s="2">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D725" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E725">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F725">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="726">
       <c r="A726">
-        <v>2411</v>
+        <v>2175</v>
       </c>
       <c r="B726" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C726" t="s" s="2">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D726" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E726">
         <v>10</v>
       </c>
       <c r="F726">
         <v>10</v>
       </c>
     </row>
     <row r="727">
       <c r="A727">
-        <v>2175</v>
+        <v>2179</v>
       </c>
       <c r="B727" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="C727" t="s" s="2">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="D727" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E727">
         <v>10</v>
       </c>
       <c r="F727">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="728">
       <c r="A728">
-        <v>2179</v>
+        <v>2135</v>
       </c>
       <c r="B728" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C728" t="s" s="2">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D728" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E728">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F728">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="729">
       <c r="A729">
-        <v>2135</v>
+        <v>2181</v>
       </c>
       <c r="B729" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="C729" t="s" s="2">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="D729" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E729">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F729">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="730">
       <c r="A730">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="B730" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C730" t="s" s="2">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D730" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E730">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="F730">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="731">
       <c r="A731">
-        <v>2183</v>
+        <v>2417</v>
       </c>
       <c r="B731" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="C731" t="s" s="2">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="D731" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E731">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="F731">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="732">
       <c r="A732">
-        <v>2417</v>
+        <v>2255</v>
       </c>
       <c r="B732" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C732" t="s" s="2">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="D732" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E732">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F732">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="733">
       <c r="A733">
-        <v>2255</v>
+        <v>2137</v>
       </c>
       <c r="B733" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C733" t="s" s="2">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="D733" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E733">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F733">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="734">
       <c r="A734">
-        <v>2137</v>
+        <v>2419</v>
       </c>
       <c r="B734" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C734" t="s" s="2">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D734" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E734">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F734">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="735">
       <c r="A735">
-        <v>2419</v>
+        <v>1439</v>
       </c>
       <c r="B735" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="C735" t="s" s="2">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D735" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E735">
         <v>10</v>
       </c>
       <c r="F735">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="736">
       <c r="A736">
-        <v>1439</v>
+        <v>2133</v>
       </c>
       <c r="B736" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C736" t="s" s="2">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D736" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E736">
         <v>10</v>
       </c>
       <c r="F736">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="737">
       <c r="A737">
-        <v>2133</v>
+        <v>2141</v>
       </c>
       <c r="B737" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="C737" t="s" s="2">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D737" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E737">
         <v>10</v>
       </c>
       <c r="F737">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="738">
       <c r="A738">
-        <v>2141</v>
+        <v>1245</v>
       </c>
       <c r="B738" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C738" t="s" s="2">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="D738" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E738">
         <v>10</v>
       </c>
       <c r="F738">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="739">
       <c r="A739">
-        <v>1245</v>
+        <v>2143</v>
       </c>
       <c r="B739" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="C739" t="s" s="2">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="D739" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E739">
         <v>10</v>
       </c>
       <c r="F739">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="740">
       <c r="A740">
-        <v>2143</v>
+        <v>2435</v>
       </c>
       <c r="B740" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="C740" t="s" s="2">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="D740" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E740">
         <v>10</v>
       </c>
       <c r="F740">
         <v>9</v>
       </c>
     </row>
     <row r="741">
       <c r="A741">
-        <v>2435</v>
+        <v>2145</v>
       </c>
       <c r="B741" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="C741" t="s" s="2">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="D741" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E741">
         <v>10</v>
       </c>
       <c r="F741">
         <v>9</v>
       </c>
     </row>
     <row r="742">
       <c r="A742">
-        <v>2145</v>
+        <v>1899</v>
       </c>
       <c r="B742" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C742" t="s" s="2">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D742" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E742">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F742">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="743">
       <c r="A743">
-        <v>1899</v>
+        <v>2493</v>
       </c>
       <c r="B743" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C743" t="s" s="2">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D743" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E743">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F743">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="744">
       <c r="A744">
-        <v>2493</v>
+        <v>2139</v>
       </c>
       <c r="B744" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="C744" t="s" s="2">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="D744" s="3">
-        <v>45952.582314815</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E744">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F744">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="745">
       <c r="A745">
-        <v>2139</v>
+        <v>2147</v>
       </c>
       <c r="B745" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C745" t="s" s="2">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="D745" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E745">
         <v>10</v>
       </c>
       <c r="F745">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="746">
       <c r="A746">
-        <v>2147</v>
+        <v>2443</v>
       </c>
       <c r="B746" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C746" t="s" s="2">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D746" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E746">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F746">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="747">
       <c r="A747">
-        <v>2443</v>
+        <v>2445</v>
       </c>
       <c r="B747" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C747" t="s" s="2">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="D747" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E747">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F747">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="748">
       <c r="A748">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="B748" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C748" t="s" s="2">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D748" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E748">
         <v>10</v>
       </c>
       <c r="F748">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="749">
       <c r="A749">
-        <v>2447</v>
+        <v>2191</v>
       </c>
       <c r="B749" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="C749" t="s" s="2">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="D749" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E749">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F749">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="750">
       <c r="A750">
-        <v>2191</v>
+        <v>2187</v>
       </c>
       <c r="B750" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C750" t="s" s="2">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D750" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E750">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F750">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="751">
       <c r="A751">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="B751" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="C751" t="s" s="2">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D751" s="3">
-        <v>45952.582361111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E751">
         <v>10</v>
       </c>
       <c r="F751">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="752">
       <c r="A752">
-        <v>2193</v>
+        <v>1453</v>
       </c>
       <c r="B752" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C752" t="s" s="2">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D752" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E752">
         <v>10</v>
       </c>
       <c r="F752">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="753">
       <c r="A753">
-        <v>1453</v>
+        <v>2201</v>
       </c>
       <c r="B753" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C753" t="s" s="2">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D753" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E753">
         <v>10</v>
       </c>
       <c r="F753">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754">
-        <v>2201</v>
+        <v>2197</v>
       </c>
       <c r="B754" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C754" t="s" s="2">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D754" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E754">
         <v>10</v>
       </c>
       <c r="F754">
         <v>10</v>
       </c>
     </row>
     <row r="755">
       <c r="A755">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="B755" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="C755" t="s" s="2">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D755" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E755">
         <v>10</v>
       </c>
       <c r="F755">
         <v>10</v>
       </c>
     </row>
     <row r="756">
       <c r="A756">
-        <v>2199</v>
+        <v>2427</v>
       </c>
       <c r="B756" t="s">
-        <v>1506</v>
+        <v>734</v>
       </c>
       <c r="C756" t="s" s="2">
         <v>1507</v>
       </c>
       <c r="D756" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E756">
         <v>10</v>
       </c>
       <c r="F756">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="757">
       <c r="A757">
-        <v>2427</v>
+        <v>2217</v>
       </c>
       <c r="B757" t="s">
-        <v>734</v>
+        <v>1508</v>
       </c>
       <c r="C757" t="s" s="2">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="D757" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E757">
         <v>10</v>
       </c>
       <c r="F757">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="758">
       <c r="A758">
-        <v>2217</v>
+        <v>2283</v>
       </c>
       <c r="B758" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="C758" t="s" s="2">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D758" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E758">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="F758">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="759">
       <c r="A759">
-        <v>2283</v>
+        <v>2293</v>
       </c>
       <c r="B759" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="C759" t="s" s="2">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="D759" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E759">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F759">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="760">
       <c r="A760">
-        <v>2293</v>
+        <v>2329</v>
       </c>
       <c r="B760" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="C760" t="s" s="2">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="D760" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E760">
         <v>10</v>
       </c>
       <c r="F760">
         <v>10</v>
       </c>
     </row>
     <row r="761">
       <c r="A761">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="B761" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C761" t="s" s="2">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="D761" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E761">
         <v>10</v>
       </c>
       <c r="F761">
         <v>10</v>
       </c>
     </row>
     <row r="762">
       <c r="A762">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="B762" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C762" t="s" s="2">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D762" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E762">
         <v>10</v>
       </c>
       <c r="F762">
         <v>10</v>
       </c>
     </row>
     <row r="763">
       <c r="A763">
-        <v>2333</v>
+        <v>1797</v>
       </c>
       <c r="B763" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="C763" t="s" s="2">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="D763" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E763">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F763">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="764">
       <c r="A764">
-        <v>1797</v>
+        <v>2425</v>
       </c>
       <c r="B764" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C764" t="s" s="2">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D764" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E764">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F764">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="765">
       <c r="A765">
-        <v>2425</v>
+        <v>2057</v>
       </c>
       <c r="B765" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="C765" t="s" s="2">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="D765" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E765">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F765">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="766">
       <c r="A766">
-        <v>2057</v>
+        <v>2449</v>
       </c>
       <c r="B766" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="C766" t="s" s="2">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D766" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E766">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F766">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="767">
       <c r="A767">
-        <v>2449</v>
+        <v>2465</v>
       </c>
       <c r="B767" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C767" t="s" s="2">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="D767" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E767">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="F767">
-        <v>3</v>
+        <v>38</v>
       </c>
     </row>
     <row r="768">
       <c r="A768">
-        <v>2465</v>
+        <v>2423</v>
       </c>
       <c r="B768" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="C768" t="s" s="2">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="D768" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E768">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="F768">
-        <v>38</v>
+        <v>3</v>
       </c>
     </row>
     <row r="769">
       <c r="A769">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="B769" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="C769" t="s" s="2">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="D769" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E769">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F769">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="770">
       <c r="A770">
-        <v>2431</v>
+        <v>2437</v>
       </c>
       <c r="B770" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="C770" t="s" s="2">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="D770" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E770">
         <v>10</v>
       </c>
       <c r="F770">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="771">
       <c r="A771">
-        <v>2437</v>
+        <v>2439</v>
       </c>
       <c r="B771" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C771" t="s" s="2">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D771" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E771">
         <v>10</v>
       </c>
       <c r="F771">
         <v>9</v>
       </c>
     </row>
     <row r="772">
       <c r="A772">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="B772" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="C772" t="s" s="2">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="D772" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E772">
         <v>10</v>
       </c>
       <c r="F772">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="773">
       <c r="A773">
-        <v>2441</v>
+        <v>2487</v>
       </c>
       <c r="B773" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="C773" t="s" s="2">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="D773" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E773">
         <v>10</v>
       </c>
       <c r="F773">
         <v>8</v>
       </c>
     </row>
     <row r="774">
       <c r="A774">
-        <v>2487</v>
+        <v>2451</v>
       </c>
       <c r="B774" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="C774" t="s" s="2">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="D774" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E774">
         <v>10</v>
       </c>
       <c r="F774">
         <v>8</v>
       </c>
     </row>
     <row r="775">
       <c r="A775">
-        <v>2451</v>
+        <v>2453</v>
       </c>
       <c r="B775" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C775" t="s" s="2">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="D775" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E775">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F775">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="776">
       <c r="A776">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="B776" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="C776" t="s" s="2">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="D776" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E776">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F776">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="777">
       <c r="A777">
-        <v>2455</v>
+        <v>2457</v>
       </c>
       <c r="B777" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="C777" t="s" s="2">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="D777" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E777">
         <v>10</v>
       </c>
       <c r="F777">
         <v>10</v>
       </c>
     </row>
     <row r="778">
       <c r="A778">
-        <v>2457</v>
+        <v>2467</v>
       </c>
       <c r="B778" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="C778" t="s" s="2">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="D778" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E778">
         <v>10</v>
       </c>
       <c r="F778">
         <v>10</v>
       </c>
     </row>
     <row r="779">
       <c r="A779">
-        <v>2467</v>
+        <v>2459</v>
       </c>
       <c r="B779" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C779" t="s" s="2">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D779" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E779">
         <v>10</v>
       </c>
       <c r="F779">
         <v>10</v>
       </c>
     </row>
     <row r="780">
       <c r="A780">
-        <v>2459</v>
+        <v>2005</v>
       </c>
       <c r="B780" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="C780" t="s" s="2">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D780" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E780">
         <v>10</v>
       </c>
       <c r="F780">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="781">
       <c r="A781">
-        <v>2005</v>
+        <v>2469</v>
       </c>
       <c r="B781" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C781" t="s" s="2">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D781" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E781">
         <v>10</v>
       </c>
       <c r="F781">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="782">
       <c r="A782">
-        <v>2469</v>
+        <v>2461</v>
       </c>
       <c r="B782" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="C782" t="s" s="2">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="D782" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E782">
         <v>10</v>
       </c>
       <c r="F782">
         <v>10</v>
       </c>
     </row>
     <row r="783">
       <c r="A783">
-        <v>2461</v>
+        <v>2471</v>
       </c>
       <c r="B783" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="C783" t="s" s="2">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="D783" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E783">
         <v>10</v>
       </c>
       <c r="F783">
         <v>10</v>
       </c>
     </row>
     <row r="784">
       <c r="A784">
-        <v>2471</v>
+        <v>2463</v>
       </c>
       <c r="B784" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C784" t="s" s="2">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D784" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E784">
         <v>10</v>
       </c>
       <c r="F784">
         <v>10</v>
       </c>
     </row>
     <row r="785">
       <c r="A785">
-        <v>2463</v>
+        <v>2473</v>
       </c>
       <c r="B785" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C785" t="s" s="2">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="D785" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E785">
         <v>10</v>
       </c>
       <c r="F785">
         <v>10</v>
       </c>
     </row>
     <row r="786">
       <c r="A786">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="B786" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="C786" t="s" s="2">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="D786" s="3">
-        <v>45946.489166667</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E786">
         <v>10</v>
       </c>
       <c r="F786">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="787">
       <c r="A787">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="B787" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="C787" t="s" s="2">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="D787" s="3">
-        <v>45952.582361111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E787">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F787">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="788">
       <c r="A788">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="B788" t="s">
-        <v>1569</v>
-[...1 lines deleted...]
-      <c r="C788" t="s" s="2">
         <v>1570</v>
       </c>
+      <c r="C788" t="s">
+        <v>1571</v>
+      </c>
       <c r="D788" s="3">
-        <v>45940.541111111</v>
+        <v>45987.354293981</v>
       </c>
       <c r="E788">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="F788">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="789">
       <c r="A789">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="B789" t="s">
-        <v>1571</v>
-[...1 lines deleted...]
-      <c r="C789" t="s">
         <v>1572</v>
       </c>
+      <c r="C789" t="s" s="2">
+        <v>1573</v>
+      </c>
       <c r="D789" s="3">
-        <v>45946.489166667</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E789">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F789">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="790">
       <c r="A790">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="B790" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="C790" t="s" s="2">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D790" s="3">
-        <v>45940.541111111</v>
+        <v>45974.791145833</v>
       </c>
       <c r="E790">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F790">
-        <v>8</v>
-[...18 lines deleted...]
-      <c r="F791">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1" location="" display="mailto:zigelman1@gmail.com"/>
     <hyperlink ref="C3" r:id="rId2" location="" display="mailto:stan@sages4.co.za"/>
     <hyperlink ref="C4" r:id="rId3" location="" display="mailto:alanapughjones@gmail.com"/>
     <hyperlink ref="C5" r:id="rId4" location="" display="mailto:marionzoekatzer@gmail.com"/>
     <hyperlink ref="C6" r:id="rId5" location="" display="mailto:katie@a-media.co.za"/>
     <hyperlink ref="C7" r:id="rId6" location="" display="mailto:estherbbauman44@gmail.com"/>
     <hyperlink ref="C8" r:id="rId7" location="" display="mailto:sparkler4545@gmail.com"/>
     <hyperlink ref="C9" r:id="rId8" location="" display="mailto:darshanleitner@gmail.com"/>
     <hyperlink ref="C10" r:id="rId9" location="" display="mailto:rochelifishel@gmail.com"/>
     <hyperlink ref="C11" r:id="rId10" location="" display="mailto:melaniebern@gmail.com"/>
     <hyperlink ref="C12" r:id="rId11" location="" display="mailto:mikelevitan@mweb.co.za"/>
     <hyperlink ref="C13" r:id="rId12" location="" display="mailto:Jodiaronoff@gmail.com"/>
     <hyperlink ref="C14" r:id="rId13" location="" display="mailto:Michalsnyman@gmail.com"/>
     <hyperlink ref="C15" r:id="rId14" location="" display="mailto:devorah.altman@gmail.com"/>
     <hyperlink ref="C16" r:id="rId15" location="" display="mailto:tamar@hris.co.za"/>
     <hyperlink ref="C17" r:id="rId16" location="" display="mailto:carynmeltz@gmail.com"/>
     <hyperlink ref="C18" r:id="rId17" location="" display="mailto:Carryn@dlg.co.za"/>
     <hyperlink ref="C19" r:id="rId18" location="" display="mailto:maserow@mweb.co.za"/>
     <hyperlink ref="C20" r:id="rId19" location="" display="mailto:stephanie@sgbservices.co.za"/>
     <hyperlink ref="C21" r:id="rId20" location="" display="mailto:cohensb@telkomsa.net"/>
@@ -22051,208 +22027,207 @@
     <hyperlink ref="C607" r:id="rId605" location="" display="mailto:weddingsbytt@gmail.com"/>
     <hyperlink ref="C608" r:id="rId606" location="" display="mailto:dschogger@gmail.com"/>
     <hyperlink ref="C609" r:id="rId607" location="" display="mailto:shiraberkowitz7@gmail.com"/>
     <hyperlink ref="C610" r:id="rId608" location="" display="mailto:rikikoenig@gmail.com"/>
     <hyperlink ref="C611" r:id="rId609" location="" display="mailto:adinab613@gmail.com"/>
     <hyperlink ref="C612" r:id="rId610" location="" display="mailto:rivkiep@gmail.com"/>
     <hyperlink ref="C614" r:id="rId611" location="" display="mailto:saritabarziv1@gmail.com"/>
     <hyperlink ref="C615" r:id="rId612" location="" display="mailto:enfriedman33@icloud.com"/>
     <hyperlink ref="C616" r:id="rId613" location="" display="mailto:daviv30@virginmedia.com"/>
     <hyperlink ref="C617" r:id="rId614" location="" display="mailto:mrnbrooke@gmail.com"/>
     <hyperlink ref="C618" r:id="rId615" location="" display="mailto:leahc50@gmail.com"/>
     <hyperlink ref="C619" r:id="rId616" location="" display="mailto:leyafreilich@gmail.com"/>
     <hyperlink ref="C620" r:id="rId617" location="" display="mailto:kpinchuck@yahoo.com"/>
     <hyperlink ref="C621" r:id="rId618" location="" display="mailto:claireellen60@gmail.com"/>
     <hyperlink ref="C622" r:id="rId619" location="" display="mailto:symarcus@parksyn.org"/>
     <hyperlink ref="C623" r:id="rId620" location="" display="mailto:sgoldwater@gmail.com"/>
     <hyperlink ref="C624" r:id="rId621" location="" display="mailto:bobbymedow@gmail.com"/>
     <hyperlink ref="C625" r:id="rId622" location="" display="mailto:chaya.fay@gmail.com"/>
     <hyperlink ref="C626" r:id="rId623" location="" display="mailto:zgoldsmith25@gmail.com"/>
     <hyperlink ref="C627" r:id="rId624" location="" display="mailto:bbyrswolf@aol.com"/>
     <hyperlink ref="C628" r:id="rId625" location="" display="mailto:dvora.bulman@gmail.com"/>
     <hyperlink ref="C629" r:id="rId626" location="" display="mailto:amysimcha@gmail.com"/>
     <hyperlink ref="C630" r:id="rId627" location="" display="mailto:miriamtova7@gmail.com"/>
     <hyperlink ref="C631" r:id="rId628" location="" display="mailto:dobraspin@gmail.com"/>
     <hyperlink ref="C632" r:id="rId629" location="" display="mailto:frgrama@gmail.com"/>
-    <hyperlink ref="C633" r:id="rId630" location="" display="mailto:chana.lebow@gmail.com"/>
-[...156 lines deleted...]
-    <hyperlink ref="C791" r:id="rId787" location="" display="mailto:gittlegould120@icloud.com"/>
+    <hyperlink ref="C633" r:id="rId630" location="" display="mailto:elanakaplan@gmail.com"/>
+    <hyperlink ref="C634" r:id="rId631" location="" display="mailto:kaplanrl@gmail.com"/>
+    <hyperlink ref="C635" r:id="rId632" location="" display="mailto:frumaestherfrost@gmail.com"/>
+    <hyperlink ref="C636" r:id="rId633" location="" display="mailto:laurenrperlman@gmail.com"/>
+    <hyperlink ref="C637" r:id="rId634" location="" display="mailto:leahrubin01@gmail.com"/>
+    <hyperlink ref="C638" r:id="rId635" location="" display="mailto:ataraphoto@gmail.com"/>
+    <hyperlink ref="C639" r:id="rId636" location="" display="mailto:shuvyshuvy@gmail.com"/>
+    <hyperlink ref="C640" r:id="rId637" location="" display="mailto:mdmarkovits@gmail.com"/>
+    <hyperlink ref="C641" r:id="rId638" location="" display="mailto:mimimousegold@gmail.com"/>
+    <hyperlink ref="C642" r:id="rId639" location="" display="mailto:hylton.stein@gmail.com"/>
+    <hyperlink ref="C643" r:id="rId640" location="" display="mailto:dinachaya@gmail.com"/>
+    <hyperlink ref="C644" r:id="rId641" location="" display="mailto:ymblum@sbtaxadvice.com"/>
+    <hyperlink ref="C645" r:id="rId642" location="" display="mailto:havivah.goldsmith@yahoo.com"/>
+    <hyperlink ref="C646" r:id="rId643" location="" display="mailto:Israelwolfden@protonmail.com"/>
+    <hyperlink ref="C647" r:id="rId644" location="" display="mailto:miriamshaindel@gmail.com"/>
+    <hyperlink ref="C648" r:id="rId645" location="" display="mailto:rdayanim@gmail.com"/>
+    <hyperlink ref="C649" r:id="rId646" location="" display="mailto:miriamandvel@gmail.com"/>
+    <hyperlink ref="C650" r:id="rId647" location="" display="mailto:lebowitza@gmail.com"/>
+    <hyperlink ref="C651" r:id="rId648" location="" display="mailto:debbilederman@gmail.com"/>
+    <hyperlink ref="C652" r:id="rId649" location="" display="mailto:alissafel@gmail.com"/>
+    <hyperlink ref="C653" r:id="rId650" location="" display="mailto:srhewitt@bell.net"/>
+    <hyperlink ref="C654" r:id="rId651" location="" display="mailto:bbirnbaum2@gmail.com"/>
+    <hyperlink ref="C655" r:id="rId652" location="" display="mailto:avivarivkaaranov@gmail.com"/>
+    <hyperlink ref="C656" r:id="rId653" location="" display="mailto:howdy613@hotmail.com"/>
+    <hyperlink ref="C657" r:id="rId654" location="" display="mailto:writime@gmail.com"/>
+    <hyperlink ref="C658" r:id="rId655" location="" display="mailto:chana.lebow@gmail.com"/>
+    <hyperlink ref="C659" r:id="rId656" location="" display="mailto:kessaliza@aol.com"/>
+    <hyperlink ref="C660" r:id="rId657" location="" display="mailto:tzipporashemen@gmail.com"/>
+    <hyperlink ref="C661" r:id="rId658" location="" display="mailto:yaelklein613@gmail.com"/>
+    <hyperlink ref="C662" r:id="rId659" location="" display="mailto:henna.k@gmail.com"/>
+    <hyperlink ref="C663" r:id="rId660" location="" display="mailto:chanacmeow@gmail.com"/>
+    <hyperlink ref="C664" r:id="rId661" location="" display="mailto:ilanaklein53@icloud.com"/>
+    <hyperlink ref="C665" r:id="rId662" location="" display="mailto:boren1381@gmail.com"/>
+    <hyperlink ref="C666" r:id="rId663" location="" display="mailto:yonithk@gmail.com"/>
+    <hyperlink ref="C667" r:id="rId664" location="" display="mailto:yona.morgenstern@gmail.com"/>
+    <hyperlink ref="C668" r:id="rId665" location="" display="mailto:ninaraye18@icloud.com"/>
+    <hyperlink ref="C669" r:id="rId666" location="" display="mailto:tova8321@gmail.com"/>
+    <hyperlink ref="C670" r:id="rId667" location="" display="mailto:maureen@bgu.ac.il"/>
+    <hyperlink ref="C671" r:id="rId668" location="" display="mailto:P0548415993@gmail.com"/>
+    <hyperlink ref="C672" r:id="rId669" location="" display="mailto:saftasaragluch@gmail.com"/>
+    <hyperlink ref="C673" r:id="rId670" location="" display="mailto:elissasetareh@yahoo.com"/>
+    <hyperlink ref="C674" r:id="rId671" location="" display="mailto:rivkazstern@gmail.com"/>
+    <hyperlink ref="C675" r:id="rId672" location="" display="mailto:sarahstraus1@gmail.com"/>
+    <hyperlink ref="C676" r:id="rId673" location="" display="mailto:fionakark@gmail.com"/>
+    <hyperlink ref="C677" r:id="rId674" location="" display="mailto:joannedove80@gmail.com"/>
+    <hyperlink ref="C678" r:id="rId675" location="" display="mailto:mitzmom700@gmail.com"/>
+    <hyperlink ref="C679" r:id="rId676" location="" display="mailto:ingridcohen1457@yahoo.com"/>
+    <hyperlink ref="C680" r:id="rId677" location="" display="mailto:eda835@gmail.com"/>
+    <hyperlink ref="C681" r:id="rId678" location="" display="mailto:hatlady16@aol.com"/>
+    <hyperlink ref="C682" r:id="rId679" location="" display="mailto:yolros@googlemail.com"/>
+    <hyperlink ref="C683" r:id="rId680" location="" display="mailto:joelledeutsch1@gmail.com"/>
+    <hyperlink ref="C684" r:id="rId681" location="" display="mailto:myerslynne@gmail.com"/>
+    <hyperlink ref="C685" r:id="rId682" location="" display="mailto:marcysegal@gmail.com"/>
+    <hyperlink ref="C686" r:id="rId683" location="" display="mailto:tzvi.silver@gmail.com"/>
+    <hyperlink ref="C687" r:id="rId684" location="" display="mailto:saul@beachheadgroup.com"/>
+    <hyperlink ref="C688" r:id="rId685" location="" display="mailto:brochaleahe@gmail.com"/>
+    <hyperlink ref="C689" r:id="rId686" location="" display="mailto:frockoff@comcast.net"/>
+    <hyperlink ref="C690" r:id="rId687" location="" display="mailto:evviheller@yahoo.com"/>
+    <hyperlink ref="C691" r:id="rId688" location="" display="mailto:naomi.neta@gmail.com"/>
+    <hyperlink ref="C692" r:id="rId689" location="" display="mailto:avi.clark@gmail.com"/>
+    <hyperlink ref="C693" r:id="rId690" location="" display="mailto:aemeallem@gmail.com"/>
+    <hyperlink ref="C694" r:id="rId691" location="" display="mailto:zakon@artscroll.com"/>
+    <hyperlink ref="C695" r:id="rId692" location="" display="mailto:smess5@yahoo.com"/>
+    <hyperlink ref="C696" r:id="rId693" location="" display="mailto:faigepeskin@gmail.com"/>
+    <hyperlink ref="C697" r:id="rId694" location="" display="mailto:marshat@013net.net"/>
+    <hyperlink ref="C698" r:id="rId695" location="" display="mailto:yoelz@phillykollel.org"/>
+    <hyperlink ref="C699" r:id="rId696" location="" display="mailto:jennysolomon613@gmail.com"/>
+    <hyperlink ref="C700" r:id="rId697" location="" display="mailto:naomilfranklin@gmail.com"/>
+    <hyperlink ref="C701" r:id="rId698" location="" display="mailto:rivkahvogel@yahoo.com"/>
+    <hyperlink ref="C702" r:id="rId699" location="" display="mailto:ginsbergsharon@gmail.com"/>
+    <hyperlink ref="C703" r:id="rId700" location="" display="mailto:radars123@gmail.com"/>
+    <hyperlink ref="C704" r:id="rId701" location="" display="mailto:dherschaft@yahoo.com"/>
+    <hyperlink ref="C705" r:id="rId702" location="" display="mailto:ggalili@parksyn.org"/>
+    <hyperlink ref="C706" r:id="rId703" location="" display="mailto:libihart@gmail.com"/>
+    <hyperlink ref="C707" r:id="rId704" location="" display="mailto:estherwachstock@gmail.com"/>
+    <hyperlink ref="C708" r:id="rId705" location="" display="mailto:temima12304@gmail.com"/>
+    <hyperlink ref="C709" r:id="rId706" location="" display="mailto:msstatf@gmail.com"/>
+    <hyperlink ref="C710" r:id="rId707" location="" display="mailto:greeneyotgreene@gmail.com"/>
+    <hyperlink ref="C711" r:id="rId708" location="" display="mailto:michalrubinot@gmail.com"/>
+    <hyperlink ref="C712" r:id="rId709" location="" display="mailto:marzee1207@gmail.com"/>
+    <hyperlink ref="C713" r:id="rId710" location="" display="mailto:cm.schulgasser@gmail.com"/>
+    <hyperlink ref="C714" r:id="rId711" location="" display="mailto:wchaim@aol.com"/>
+    <hyperlink ref="C715" r:id="rId712" location="" display="mailto:ylktyh@gmail.com"/>
+    <hyperlink ref="C716" r:id="rId713" location="" display="mailto:sabetaviva@gmail.com"/>
+    <hyperlink ref="C717" r:id="rId714" location="" display="mailto:sajbescott@gmail.com"/>
+    <hyperlink ref="C718" r:id="rId715" location="" display="mailto:bialikrivka@gmail.com"/>
+    <hyperlink ref="C719" r:id="rId716" location="" display="mailto:yintract@gmail.com"/>
+    <hyperlink ref="C720" r:id="rId717" location="" display="mailto:mparker7629@gmail.com"/>
+    <hyperlink ref="C721" r:id="rId718" location="" display="mailto:carolstern575@gmail.com"/>
+    <hyperlink ref="C722" r:id="rId719" location="" display="mailto:lkotlarsky99@gmail.com"/>
+    <hyperlink ref="C723" r:id="rId720" location="" display="mailto:andreakeehn@gmail.com"/>
+    <hyperlink ref="C724" r:id="rId721" location="" display="mailto:n0533184883@gmail.com"/>
+    <hyperlink ref="C725" r:id="rId722" location="" display="mailto:7yatf7@gmail.com"/>
+    <hyperlink ref="C726" r:id="rId723" location="" display="mailto:barwein1@gmail.com"/>
+    <hyperlink ref="C727" r:id="rId724" location="" display="mailto:juditha24@gmail.com"/>
+    <hyperlink ref="C728" r:id="rId725" location="" display="mailto:sheila.shelnitz@gmail.com"/>
+    <hyperlink ref="C729" r:id="rId726" location="" display="mailto:hilatamar@gmail.com"/>
+    <hyperlink ref="C730" r:id="rId727" location="" display="mailto:sarakohen@gmail.com"/>
+    <hyperlink ref="C731" r:id="rId728" location="" display="mailto:hndrch@gmail.com"/>
+    <hyperlink ref="C732" r:id="rId729" location="" display="mailto:esther0482@gmail.com"/>
+    <hyperlink ref="C733" r:id="rId730" location="" display="mailto:thiya2@gmail.com"/>
+    <hyperlink ref="C734" r:id="rId731" location="" display="mailto:phzlotnick@gmail.com"/>
+    <hyperlink ref="C735" r:id="rId732" location="" display="mailto:ariel22.sdw@gmail.com"/>
+    <hyperlink ref="C736" r:id="rId733" location="" display="mailto:pragerh@icloud.com"/>
+    <hyperlink ref="C737" r:id="rId734" location="" display="mailto:adymdly@gmail.com"/>
+    <hyperlink ref="C738" r:id="rId735" location="" display="mailto:jack@abramoff.com"/>
+    <hyperlink ref="C739" r:id="rId736" location="" display="mailto:marciaweinblatt@gmail.com"/>
+    <hyperlink ref="C740" r:id="rId737" location="" display="mailto:carolkierman@yahoo.com"/>
+    <hyperlink ref="C741" r:id="rId738" location="" display="mailto:tamiprus@gmail.com"/>
+    <hyperlink ref="C742" r:id="rId739" location="" display="mailto:dibragimov@yszqueens.org"/>
+    <hyperlink ref="C743" r:id="rId740" location="" display="mailto:33callig@gmail.com"/>
+    <hyperlink ref="C744" r:id="rId741" location="" display="mailto:silene.bohadana@gmail.com"/>
+    <hyperlink ref="C745" r:id="rId742" location="" display="mailto:yisroelavraham@gmail.com"/>
+    <hyperlink ref="C746" r:id="rId743" location="" display="mailto:glaserjudy@gmail.com"/>
+    <hyperlink ref="C747" r:id="rId744" location="" display="mailto:tara@tarawayne.com"/>
+    <hyperlink ref="C748" r:id="rId745" location="" display="mailto:etbc77@gmail.com"/>
+    <hyperlink ref="C749" r:id="rId746" location="" display="mailto:tonigordon@gmail.com"/>
+    <hyperlink ref="C750" r:id="rId747" location="" display="mailto:profneva@icloud.com"/>
+    <hyperlink ref="C751" r:id="rId748" location="" display="mailto:sgurspan@yahoo.com"/>
+    <hyperlink ref="C752" r:id="rId749" location="" display="mailto:jonimickey@gmail.com"/>
+    <hyperlink ref="C753" r:id="rId750" location="" display="mailto:hkpe@msn.com"/>
+    <hyperlink ref="C754" r:id="rId751" location="" display="mailto:levi1@hotmail.com"/>
+    <hyperlink ref="C755" r:id="rId752" location="" display="mailto:savta.mateh@gmail.com"/>
+    <hyperlink ref="C756" r:id="rId753" location="" display="mailto:Noam@avichai.org.il"/>
+    <hyperlink ref="C757" r:id="rId754" location="" display="mailto:wendy.dickstein@gmail.com"/>
+    <hyperlink ref="C758" r:id="rId755" location="" display="mailto:bethgordon0912@gmail.com"/>
+    <hyperlink ref="C759" r:id="rId756" location="" display="mailto:karmela.wener@gmail.com"/>
+    <hyperlink ref="C760" r:id="rId757" location="" display="mailto:daliak@rogers.com"/>
+    <hyperlink ref="C761" r:id="rId758" location="" display="mailto:crbee613@hotmail.com"/>
+    <hyperlink ref="C762" r:id="rId759" location="" display="mailto:gennis2243@gmail.com"/>
+    <hyperlink ref="C763" r:id="rId760" location="" display="mailto:raefischer26@gmail.com"/>
+    <hyperlink ref="C764" r:id="rId761" location="" display="mailto:lindasegal@gmail.com"/>
+    <hyperlink ref="C765" r:id="rId762" location="" display="mailto:sglanz55@gmail.com"/>
+    <hyperlink ref="C766" r:id="rId763" location="" display="mailto:squires774@aol.com"/>
+    <hyperlink ref="C767" r:id="rId764" location="" display="mailto:shirahorowitz2014@gmail.com"/>
+    <hyperlink ref="C768" r:id="rId765" location="" display="mailto:rgloriamay1@gmail.com"/>
+    <hyperlink ref="C769" r:id="rId766" location="" display="mailto:derosen@michlalah.edu"/>
+    <hyperlink ref="C770" r:id="rId767" location="" display="mailto:kerryzias@gmail.com"/>
+    <hyperlink ref="C771" r:id="rId768" location="" display="mailto:phyllis@jesselson.com"/>
+    <hyperlink ref="C772" r:id="rId769" location="" display="mailto:dpkelsen@gmail.com"/>
+    <hyperlink ref="C773" r:id="rId770" location="" display="mailto:bruchemonsey@gmail.com"/>
+    <hyperlink ref="C774" r:id="rId771" location="" display="mailto:sonyadesigns@yahoo.com"/>
+    <hyperlink ref="C775" r:id="rId772" location="" display="mailto:yitz.sandler@gmail.com"/>
+    <hyperlink ref="C776" r:id="rId773" location="" display="mailto:elanajkahan@gmail.com"/>
+    <hyperlink ref="C777" r:id="rId774" location="" display="mailto:gingeravocado@gmail.com"/>
+    <hyperlink ref="C778" r:id="rId775" location="" display="mailto:bbnder@gmail.com"/>
+    <hyperlink ref="C779" r:id="rId776" location="" display="mailto:simonehorwitzphysio@gmail.com"/>
+    <hyperlink ref="C780" r:id="rId777" location="" display="mailto:shaynabroitman7@gmail.com"/>
+    <hyperlink ref="C781" r:id="rId778" location="" display="mailto:marcilangbaum@gmail.com"/>
+    <hyperlink ref="C782" r:id="rId779" location="" display="mailto:davidrurka1939@gmail.com"/>
+    <hyperlink ref="C783" r:id="rId780" location="" display="mailto:rivkasandracohen@gmail.com"/>
+    <hyperlink ref="C784" r:id="rId781" location="" display="mailto:franganz@gmail.com"/>
+    <hyperlink ref="C785" r:id="rId782" location="" display="mailto:eileenfeldernj@gmail.com"/>
+    <hyperlink ref="C786" r:id="rId783" location="" display="mailto:israelhv@015.net.il"/>
+    <hyperlink ref="C787" r:id="rId784" location="" display="mailto:s.zolty@icloud.com"/>
+    <hyperlink ref="C789" r:id="rId785" location="" display="mailto:michaelreserve@gmail.com"/>
+    <hyperlink ref="C790" r:id="rId786" location="" display="mailto:gittlegould120@icloud.com"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>CodexWorld\PhpXlsxGenerator</Application>
   <Company>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Company>
   <Manager>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>