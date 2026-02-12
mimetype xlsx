--- v1 (2025-12-14)
+++ v2 (2026-02-12)
@@ -213,51 +213,51 @@
   <si>
     <t>meir.sendor@gmail.com</t>
   </si>
   <si>
     <t>Batsheva Pomerantz</t>
   </si>
   <si>
     <t>batsheva.hp@gmail.com</t>
   </si>
   <si>
     <t>Maureen Caminsky</t>
   </si>
   <si>
     <t>Mcaminsky@wol.co.za</t>
   </si>
   <si>
     <t>Gayle Lewenstein</t>
   </si>
   <si>
     <t>gaylelewenstein@gmail.com</t>
   </si>
   <si>
     <t>Meryl Ostilly</t>
   </si>
   <si>
-    <t>ostilly@iafrica.com</t>
+    <t>ostillym@gmail.com</t>
   </si>
   <si>
     <t>Gaynor Lazarus</t>
   </si>
   <si>
     <t>Gaynorl@nfm.co.za</t>
   </si>
   <si>
     <t>Shaina Chaya Reiser (Bnos Malka)</t>
   </si>
   <si>
     <t>shainachayareiser@gmail.com</t>
   </si>
   <si>
     <t>Bonnie Kass</t>
   </si>
   <si>
     <t>kassbonnie@gmail.com</t>
   </si>
   <si>
     <t>Rochel Hayman</t>
   </si>
   <si>
     <t>6chickens@gmail.com</t>
   </si>
@@ -3654,56 +3654,50 @@
   <si>
     <t>Ephraim Bander</t>
   </si>
   <si>
     <t>jeff.bander@gmail.com</t>
   </si>
   <si>
     <t>Avraham Berkowitz</t>
   </si>
   <si>
     <t>aberk613@gmail.com</t>
   </si>
   <si>
     <t>Tanya Hakimian</t>
   </si>
   <si>
     <t>weddingsbytt@gmail.com</t>
   </si>
   <si>
     <t>Damian Schogger</t>
   </si>
   <si>
     <t>dschogger@gmail.com</t>
   </si>
   <si>
-    <t>Shira Leah Berkowitz</t>
-[...4 lines deleted...]
-  <si>
     <t>Riki Koenigsberg</t>
   </si>
   <si>
     <t>rikikoenig@gmail.com</t>
   </si>
   <si>
     <t>Adina Bienstock</t>
   </si>
   <si>
     <t>adinab613@gmail.com</t>
   </si>
   <si>
     <t>Rivkie Pickholtz</t>
   </si>
   <si>
     <t>rivkiep@gmail.com</t>
   </si>
   <si>
     <t>Chana Leah Rotberg </t>
   </si>
   <si>
     <t>(us) 1-732-664-3778</t>
   </si>
   <si>
     <t>Sarita</t>
@@ -3750,74 +3744,74 @@
   <si>
     <t>Rabbi Claire Ginsburg Goldstein</t>
   </si>
   <si>
     <t>claireellen60@gmail.com</t>
   </si>
   <si>
     <t>Sharon Marcus</t>
   </si>
   <si>
     <t>symarcus@parksyn.org</t>
   </si>
   <si>
     <t>Elisheva Goldwater</t>
   </si>
   <si>
     <t>sgoldwater@gmail.com</t>
   </si>
   <si>
     <t>Bobby Medow</t>
   </si>
   <si>
     <t>bobbymedow@gmail.com</t>
   </si>
   <si>
+    <t>Rose Wolfeld</t>
+  </si>
+  <si>
+    <t>bbyrswolf@aol.com</t>
+  </si>
+  <si>
     <t>Chaya Goldberg</t>
   </si>
   <si>
     <t>chaya.fay@gmail.com</t>
   </si>
   <si>
+    <t>Dvora Bulman</t>
+  </si>
+  <si>
+    <t>dvora.bulman@gmail.com</t>
+  </si>
+  <si>
     <t>Zelda Goldsmith</t>
   </si>
   <si>
     <t>zgoldsmith25@gmail.com</t>
   </si>
   <si>
-    <t>Rose Wolfeld</t>
-[...10 lines deleted...]
-  <si>
     <t>Amy Schneider</t>
   </si>
   <si>
     <t>amysimcha@gmail.com</t>
   </si>
   <si>
     <t>Miriam Therese Dorfman</t>
   </si>
   <si>
     <t>miriamtova7@gmail.com</t>
   </si>
   <si>
     <t>Dobra</t>
   </si>
   <si>
     <t>dobraspin@gmail.com</t>
   </si>
   <si>
     <t>Feige Rivka Grama</t>
   </si>
   <si>
     <t>frgrama@gmail.com</t>
   </si>
   <si>
     <t>Elana Kaplan</t>
@@ -4459,50 +4453,56 @@
     <t>marciaweinblatt@gmail.com</t>
   </si>
   <si>
     <t>Carol Kierman</t>
   </si>
   <si>
     <t>carolkierman@yahoo.com</t>
   </si>
   <si>
     <t>Tami Prus</t>
   </si>
   <si>
     <t>tamiprus@gmail.com</t>
   </si>
   <si>
     <t>Daniella Ibragimov</t>
   </si>
   <si>
     <t>dibragimov@yszqueens.org</t>
   </si>
   <si>
     <t>Rivky Meisels</t>
   </si>
   <si>
     <t>33callig@gmail.com</t>
+  </si>
+  <si>
+    <t>Adina Suslovich</t>
+  </si>
+  <si>
+    <t>mhv4@oasher.org</t>
   </si>
   <si>
     <t>Silene Bohadana</t>
   </si>
   <si>
     <t>silene.bohadana@gmail.com</t>
   </si>
   <si>
     <t>Yisroel Avraham Ben Baruch</t>
   </si>
   <si>
     <t>yisroelavraham@gmail.com</t>
   </si>
   <si>
     <t>Yitty Glaser</t>
   </si>
   <si>
     <t>glaserjudy@gmail.com</t>
   </si>
   <si>
     <t>Tara Wayne</t>
   </si>
   <si>
     <t>tara@tarawayne.com</t>
   </si>
@@ -4834,51 +4834,51 @@
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estherbbauman44@gmail.com" TargetMode="External"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sparkler4545@gmail.com" TargetMode="External"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darshanleitner@gmail.com" TargetMode="External"/>
 <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rochelifishel@gmail.com" TargetMode="External"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melaniebern@gmail.com" TargetMode="External"/>
 <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikelevitan@mweb.co.za" TargetMode="External"/>
 <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jodiaronoff@gmail.com" TargetMode="External"/>
 <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michalsnyman@gmail.com" TargetMode="External"/>
 <Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devorah.altman@gmail.com" TargetMode="External"/>
 <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamar@hris.co.za" TargetMode="External"/>
 <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carynmeltz@gmail.com" TargetMode="External"/>
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carryn@dlg.co.za" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maserow@mweb.co.za" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie@sgbservices.co.za" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cohensb@telkomsa.net" TargetMode="External"/>
 <Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marianapple@hotmail.com" TargetMode="External"/>
 <Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajl1987@gmail.com" TargetMode="External"/>
 <Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielledegaye@outlook.com" TargetMode="External"/>
 <Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsherr@gmail.com" TargetMode="External"/>
 <Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mary.kluk1@gmail.com" TargetMode="External"/>
 <Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamarscholte@gmail.com" TargetMode="External"/>
 <Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meir.sendor@gmail.com" TargetMode="External"/>
 <Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:batsheva.hp@gmail.com" TargetMode="External"/>
 <Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mcaminsky@wol.co.za" TargetMode="External"/>
 <Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gaylelewenstein@gmail.com" TargetMode="External"/>
-<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ostilly@iafrica.com" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ostillym@gmail.com" TargetMode="External"/>
 <Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gaynorl@nfm.co.za" TargetMode="External"/>
 <Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shainachayareiser@gmail.com" TargetMode="External"/>
 <Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kassbonnie@gmail.com" TargetMode="External"/>
 <Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:6chickens@gmail.com" TargetMode="External"/>
 <Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gengis@mweb.co.za" TargetMode="External"/>
 <Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dzekry1@gmail.com" TargetMode="External"/>
 <Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:burnejacqui@gmail.com" TargetMode="External"/>
 <Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rhodaj@netactive.co.za" TargetMode="External"/>
 <Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schalom2@yahoo.com" TargetMode="External"/>
 <Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:badrianny@aol.com" TargetMode="External"/>
 <Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karenplen03@gmail.com" TargetMode="External"/>
 <Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:judygreenis@gmail.com" TargetMode="External"/>
 <Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bernstein@mweb.co.za" TargetMode="External"/>
 <Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Carolstrous123@gmail.com" TargetMode="External"/>
 <Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:selmalurie@mweb.co.za" TargetMode="External"/>
 <Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shaindelsteinberg@gmail.com" TargetMode="External"/>
 <Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dinayaffa18@gmail.com" TargetMode="External"/>
 <Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bartoves@netvision.net.il" TargetMode="External"/>
 <Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancyjh@gmail.com" TargetMode="External"/>
 <Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdenkberg@gmail.com" TargetMode="External"/>
 <Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thegordonhome2@gmail.com" TargetMode="External"/>
 <Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gailfinkle@gmail.com" TargetMode="External"/>
 <Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alizafried@gmail.com" TargetMode="External"/>
 <Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avivit87@gmail.com" TargetMode="External"/>
 <Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jwallace07@gmail.com" TargetMode="External"/>
@@ -5410,184 +5410,184 @@
 <Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:libbymuller18@gmail.com" TargetMode="External"/>
 <Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devorarosenbaum@gmail.com" TargetMode="External"/>
 <Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mindysemail18@gmail.com" TargetMode="External"/>
 <Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ART5784@proton.me" TargetMode="External"/>
 <Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeanettepersoff@gmail.com" TargetMode="External"/>
 <Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayaahuvamarcus@gmail.com" TargetMode="External"/>
 <Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deenadecor@gmail.com" TargetMode="External"/>
 <Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharonbotesazan@gmail.com" TargetMode="External"/>
 <Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hmw105@prodigy.net" TargetMode="External"/>
 <Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lorrnyman60@gmail.com" TargetMode="External"/>
 <Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devoraherszberg@gmail.com" TargetMode="External"/>
 <Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriam.lasar@gmail.com" TargetMode="External"/>
 <Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shula.hes1@gmail.com" TargetMode="External"/>
 <Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annasinclair32@gmail.com" TargetMode="External"/>
 <Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leahfingerer@gmail.com" TargetMode="External"/>
 <Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michal.stollard@gmail.com" TargetMode="External"/>
 <Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joysklar@gmail.com" TargetMode="External"/>
 <Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adirubinov2007@icloud.com" TargetMode="External"/>
 <Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chayavsh@gmail.com" TargetMode="External"/>
 <Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sttaviv@gmail.com" TargetMode="External"/>
 <Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juliefarkasgraphicdesign@gmail.com" TargetMode="External"/>
 <Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeff.bander@gmail.com" TargetMode="External"/>
 <Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aberk613@gmail.com" TargetMode="External"/>
 <Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weddingsbytt@gmail.com" TargetMode="External"/>
 <Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dschogger@gmail.com" TargetMode="External"/>
-<Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shiraberkowitz7@gmail.com" TargetMode="External"/>
-[...13 lines deleted...]
-<Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobbymedow@gmail.com" TargetMode="External"/>
+<Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rikikoenig@gmail.com" TargetMode="External"/>
+<Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adinab613@gmail.com" TargetMode="External"/>
+<Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rivkiep@gmail.com" TargetMode="External"/>
+<Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saritabarziv1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enfriedman33@icloud.com" TargetMode="External"/>
+<Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daviv30@virginmedia.com" TargetMode="External"/>
+<Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrnbrooke@gmail.com" TargetMode="External"/>
+<Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leahc50@gmail.com" TargetMode="External"/>
+<Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyafreilich@gmail.com" TargetMode="External"/>
+<Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpinchuck@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claireellen60@gmail.com" TargetMode="External"/>
+<Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:symarcus@parksyn.org" TargetMode="External"/>
+<Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgoldwater@gmail.com" TargetMode="External"/>
+<Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobbymedow@gmail.com" TargetMode="External"/>
+<Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbyrswolf@aol.com" TargetMode="External"/>
 <Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chaya.fay@gmail.com" TargetMode="External"/>
-<Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zgoldsmith25@gmail.com" TargetMode="External"/>
-[...116 lines deleted...]
-<Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:33callig@gmail.com" TargetMode="External"/>
+<Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvora.bulman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zgoldsmith25@gmail.com" TargetMode="External"/>
+<Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amysimcha@gmail.com" TargetMode="External"/>
+<Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamtova7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dobraspin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frgrama@gmail.com" TargetMode="External"/>
+<Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elanakaplan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kaplanrl@gmail.com" TargetMode="External"/>
+<Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frumaestherfrost@gmail.com" TargetMode="External"/>
+<Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurenrperlman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leahrubin01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ataraphoto@gmail.com" TargetMode="External"/>
+<Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shuvyshuvy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdmarkovits@gmail.com" TargetMode="External"/>
+<Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mimimousegold@gmail.com" TargetMode="External"/>
+<Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hylton.stein@gmail.com" TargetMode="External"/>
+<Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dinachaya@gmail.com" TargetMode="External"/>
+<Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ymblum@sbtaxadvice.com" TargetMode="External"/>
+<Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:havivah.goldsmith@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Israelwolfden@protonmail.com" TargetMode="External"/>
+<Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamshaindel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rdayanim@gmail.com" TargetMode="External"/>
+<Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miriamandvel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lebowitza@gmail.com" TargetMode="External"/>
+<Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:debbilederman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alissafel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srhewitt@bell.net" TargetMode="External"/>
+<Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbirnbaum2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avivarivkaaranov@gmail.com" TargetMode="External"/>
+<Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:howdy613@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:writime@gmail.com" TargetMode="External"/>
+<Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chana.lebow@gmail.com" TargetMode="External"/>
+<Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kessaliza@aol.com" TargetMode="External"/>
+<Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tzipporashemen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yaelklein613@gmail.com" TargetMode="External"/>
+<Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henna.k@gmail.com" TargetMode="External"/>
+<Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chanacmeow@gmail.com" TargetMode="External"/>
+<Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilanaklein53@icloud.com" TargetMode="External"/>
+<Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boren1381@gmail.com" TargetMode="External"/>
+<Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yonithk@gmail.com" TargetMode="External"/>
+<Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yona.morgenstern@gmail.com" TargetMode="External"/>
+<Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninaraye18@icloud.com" TargetMode="External"/>
+<Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tova8321@gmail.com" TargetMode="External"/>
+<Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maureen@bgu.ac.il" TargetMode="External"/>
+<Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:P0548415993@gmail.com" TargetMode="External"/>
+<Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saftasaragluch@gmail.com" TargetMode="External"/>
+<Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elissasetareh@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rivkazstern@gmail.com" TargetMode="External"/>
+<Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarahstraus1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fionakark@gmail.com" TargetMode="External"/>
+<Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joannedove80@gmail.com" TargetMode="External"/>
+<Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mitzmom700@gmail.com" TargetMode="External"/>
+<Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingridcohen1457@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eda835@gmail.com" TargetMode="External"/>
+<Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hatlady16@aol.com" TargetMode="External"/>
+<Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yolros@googlemail.com" TargetMode="External"/>
+<Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joelledeutsch1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:myerslynne@gmail.com" TargetMode="External"/>
+<Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcysegal@gmail.com" TargetMode="External"/>
+<Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tzvi.silver@gmail.com" TargetMode="External"/>
+<Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saul@beachheadgroup.com" TargetMode="External"/>
+<Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brochaleahe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frockoff@comcast.net" TargetMode="External"/>
+<Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evviheller@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naomi.neta@gmail.com" TargetMode="External"/>
+<Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avi.clark@gmail.com" TargetMode="External"/>
+<Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aemeallem@gmail.com" TargetMode="External"/>
+<Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zakon@artscroll.com" TargetMode="External"/>
+<Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smess5@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faigepeskin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marshat@013net.net" TargetMode="External"/>
+<Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yoelz@phillykollel.org" TargetMode="External"/>
+<Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennysolomon613@gmail.com" TargetMode="External"/>
+<Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naomilfranklin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rivkahvogel@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ginsbergsharon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:radars123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dherschaft@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggalili@parksyn.org" TargetMode="External"/>
+<Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:libihart@gmail.com" TargetMode="External"/>
+<Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estherwachstock@gmail.com" TargetMode="External"/>
+<Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:temima12304@gmail.com" TargetMode="External"/>
+<Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msstatf@gmail.com" TargetMode="External"/>
+<Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:greeneyotgreene@gmail.com" TargetMode="External"/>
+<Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michalrubinot@gmail.com" TargetMode="External"/>
+<Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marzee1207@gmail.com" TargetMode="External"/>
+<Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cm.schulgasser@gmail.com" TargetMode="External"/>
+<Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wchaim@aol.com" TargetMode="External"/>
+<Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ylktyh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sabetaviva@gmail.com" TargetMode="External"/>
+<Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sajbescott@gmail.com" TargetMode="External"/>
+<Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bialikrivka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yintract@gmail.com" TargetMode="External"/>
+<Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mparker7629@gmail.com" TargetMode="External"/>
+<Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolstern575@gmail.com" TargetMode="External"/>
+<Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lkotlarsky99@gmail.com" TargetMode="External"/>
+<Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreakeehn@gmail.com" TargetMode="External"/>
+<Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:n0533184883@gmail.com" TargetMode="External"/>
+<Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:7yatf7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barwein1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juditha24@gmail.com" TargetMode="External"/>
+<Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheila.shelnitz@gmail.com" TargetMode="External"/>
+<Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hilatamar@gmail.com" TargetMode="External"/>
+<Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarakohen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hndrch@gmail.com" TargetMode="External"/>
+<Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esther0482@gmail.com" TargetMode="External"/>
+<Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thiya2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phzlotnick@gmail.com" TargetMode="External"/>
+<Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariel22.sdw@gmail.com" TargetMode="External"/>
+<Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pragerh@icloud.com" TargetMode="External"/>
+<Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adymdly@gmail.com" TargetMode="External"/>
+<Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jack@abramoff.com" TargetMode="External"/>
+<Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marciaweinblatt@gmail.com" TargetMode="External"/>
+<Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolkierman@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamiprus@gmail.com" TargetMode="External"/>
+<Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dibragimov@yszqueens.org" TargetMode="External"/>
+<Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:33callig@gmail.com" TargetMode="External"/>
+<Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mhv4@oasher.org" TargetMode="External"/>
 <Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:silene.bohadana@gmail.com" TargetMode="External"/>
 <Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yisroelavraham@gmail.com" TargetMode="External"/>
 <Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glaserjudy@gmail.com" TargetMode="External"/>
 <Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tara@tarawayne.com" TargetMode="External"/>
 <Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:etbc77@gmail.com" TargetMode="External"/>
 <Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonigordon@gmail.com" TargetMode="External"/>
 <Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:profneva@icloud.com" TargetMode="External"/>
 <Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgurspan@yahoo.com" TargetMode="External"/>
 <Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonimickey@gmail.com" TargetMode="External"/>
 <Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hkpe@msn.com" TargetMode="External"/>
 <Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levi1@hotmail.com" TargetMode="External"/>
 <Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:savta.mateh@gmail.com" TargetMode="External"/>
 <Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Noam@avichai.org.il" TargetMode="External"/>
 <Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wendy.dickstein@gmail.com" TargetMode="External"/>
 <Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bethgordon0912@gmail.com" TargetMode="External"/>
 <Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karmela.wener@gmail.com" TargetMode="External"/>
 <Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daliak@rogers.com" TargetMode="External"/>
 <Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crbee613@hotmail.com" TargetMode="External"/>
 <Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gennis2243@gmail.com" TargetMode="External"/>
 <Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raefischer26@gmail.com" TargetMode="External"/>
 <Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindasegal@gmail.com" TargetMode="External"/>
 <Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sglanz55@gmail.com" TargetMode="External"/>
 <Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:squires774@aol.com" TargetMode="External"/>
 <Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shirahorowitz2014@gmail.com" TargetMode="External"/>
 <Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgloriamay1@gmail.com" TargetMode="External"/>
@@ -5635,15844 +5635,15844 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>583</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s" s="2">
         <v>7</v>
       </c>
       <c r="D2" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E2">
         <v>30</v>
       </c>
       <c r="F2">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>585</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s" s="2">
         <v>9</v>
       </c>
       <c r="D3" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E3">
         <v>10</v>
       </c>
       <c r="F3">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>587</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s" s="2">
         <v>11</v>
       </c>
       <c r="D4" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
         <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>589</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s" s="2">
         <v>13</v>
       </c>
       <c r="D5" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E5">
         <v>10</v>
       </c>
       <c r="F5">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>591</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s" s="2">
         <v>15</v>
       </c>
       <c r="D6" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E6">
         <v>10</v>
       </c>
       <c r="F6">
         <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>1505</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s" s="2">
         <v>17</v>
       </c>
       <c r="D7" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E7">
         <v>10</v>
       </c>
       <c r="F7">
         <v>8</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>1927</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s" s="2">
         <v>19</v>
       </c>
       <c r="D8" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E8">
         <v>20</v>
       </c>
       <c r="F8">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>2205</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" t="s" s="2">
         <v>21</v>
       </c>
       <c r="D9" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E9">
         <v>10</v>
       </c>
       <c r="F9">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>1503</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10" t="s" s="2">
         <v>23</v>
       </c>
       <c r="D10" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E10">
         <v>20</v>
       </c>
       <c r="F10">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>593</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s" s="2">
         <v>25</v>
       </c>
       <c r="D11" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E11">
         <v>10</v>
       </c>
       <c r="F11">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>595</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="2">
         <v>27</v>
       </c>
       <c r="D12" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E12">
         <v>10</v>
       </c>
       <c r="F12">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>597</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s" s="2">
         <v>29</v>
       </c>
       <c r="D13" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E13">
         <v>10</v>
       </c>
       <c r="F13">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>599</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s" s="2">
         <v>31</v>
       </c>
       <c r="D14" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E14">
         <v>10</v>
       </c>
       <c r="F14">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>601</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15" t="s" s="2">
         <v>33</v>
       </c>
       <c r="D15" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E15">
         <v>20</v>
       </c>
       <c r="F15">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>603</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16" t="s" s="2">
         <v>35</v>
       </c>
       <c r="D16" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E16">
         <v>10</v>
       </c>
       <c r="F16">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>605</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17" t="s" s="2">
         <v>37</v>
       </c>
       <c r="D17" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E17">
         <v>20</v>
       </c>
       <c r="F17">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>607</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18" t="s" s="2">
         <v>39</v>
       </c>
       <c r="D18" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E18">
         <v>10</v>
       </c>
       <c r="F18">
         <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>609</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19" t="s" s="2">
         <v>41</v>
       </c>
       <c r="D19" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E19">
         <v>20</v>
       </c>
       <c r="F19">
         <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>611</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20" t="s" s="2">
         <v>43</v>
       </c>
       <c r="D20" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E20">
         <v>10</v>
       </c>
       <c r="F20">
         <v>9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>613</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21" t="s" s="2">
         <v>45</v>
       </c>
       <c r="D21" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E21">
         <v>10</v>
       </c>
       <c r="F21">
         <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>2207</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22" t="s" s="2">
         <v>47</v>
       </c>
       <c r="D22" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E22">
         <v>10</v>
       </c>
       <c r="F22">
         <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>615</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23" t="s" s="2">
         <v>49</v>
       </c>
       <c r="D23" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E23">
         <v>10</v>
       </c>
       <c r="F23">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>617</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" t="s" s="2">
         <v>51</v>
       </c>
       <c r="D24" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E24">
         <v>10</v>
       </c>
       <c r="F24">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>619</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25" t="s" s="2">
         <v>53</v>
       </c>
       <c r="D25" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E25">
         <v>10</v>
       </c>
       <c r="F25">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>621</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26" t="s" s="2">
         <v>55</v>
       </c>
       <c r="D26" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E26">
         <v>10</v>
       </c>
       <c r="F26">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>1507</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27" t="s" s="2">
         <v>57</v>
       </c>
       <c r="D27" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E27">
         <v>10</v>
       </c>
       <c r="F27">
         <v>9</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>1929</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28" t="s" s="2">
         <v>59</v>
       </c>
       <c r="D28" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E28">
         <v>10</v>
       </c>
       <c r="F28">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>2209</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29" t="s" s="2">
         <v>61</v>
       </c>
       <c r="D29" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>623</v>
       </c>
       <c r="B30" t="s">
         <v>62</v>
       </c>
       <c r="C30" t="s" s="2">
         <v>63</v>
       </c>
       <c r="D30" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E30">
         <v>10</v>
       </c>
       <c r="F30">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>625</v>
       </c>
       <c r="B31" t="s">
         <v>64</v>
       </c>
       <c r="C31" t="s" s="2">
         <v>65</v>
       </c>
       <c r="D31" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E31">
         <v>10</v>
       </c>
       <c r="F31">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>627</v>
       </c>
       <c r="B32" t="s">
         <v>66</v>
       </c>
       <c r="C32" t="s" s="2">
         <v>67</v>
       </c>
       <c r="D32" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E32">
         <v>10</v>
       </c>
       <c r="F32">
         <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>629</v>
       </c>
       <c r="B33" t="s">
         <v>68</v>
       </c>
       <c r="C33" t="s" s="2">
         <v>69</v>
       </c>
       <c r="D33" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
       <c r="F33">
         <v>9</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>1817</v>
       </c>
       <c r="B34" t="s">
         <v>70</v>
       </c>
       <c r="C34" t="s" s="2">
         <v>71</v>
       </c>
       <c r="D34" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E34">
         <v>10</v>
       </c>
       <c r="F34">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>2409</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="s" s="2">
         <v>73</v>
       </c>
       <c r="D35" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E35">
         <v>19</v>
       </c>
       <c r="F35">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>1931</v>
       </c>
       <c r="B36" t="s">
         <v>74</v>
       </c>
       <c r="C36" t="s" s="2">
         <v>75</v>
       </c>
       <c r="D36" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E36">
         <v>10</v>
       </c>
       <c r="F36">
         <v>9</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>631</v>
       </c>
       <c r="B37" t="s">
         <v>76</v>
       </c>
       <c r="C37" t="s" s="2">
         <v>77</v>
       </c>
       <c r="D37" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E37">
         <v>10</v>
       </c>
       <c r="F37">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>633</v>
       </c>
       <c r="B38" t="s">
         <v>78</v>
       </c>
       <c r="C38" t="s" s="2">
         <v>79</v>
       </c>
       <c r="D38" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E38">
         <v>10</v>
       </c>
       <c r="F38">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>635</v>
       </c>
       <c r="B39" t="s">
         <v>80</v>
       </c>
       <c r="C39" t="s" s="2">
         <v>81</v>
       </c>
       <c r="D39" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E39">
         <v>10</v>
       </c>
       <c r="F39">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>637</v>
       </c>
       <c r="B40" t="s">
         <v>82</v>
       </c>
       <c r="C40" t="s" s="2">
         <v>83</v>
       </c>
       <c r="D40" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E40">
         <v>10</v>
       </c>
       <c r="F40">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>1511</v>
       </c>
       <c r="B41" t="s">
         <v>84</v>
       </c>
       <c r="C41" t="s" s="2">
         <v>85</v>
       </c>
       <c r="D41" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E41">
         <v>5</v>
       </c>
       <c r="F41">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>2211</v>
       </c>
       <c r="B42" t="s">
         <v>86</v>
       </c>
       <c r="C42" t="s" s="2">
         <v>87</v>
       </c>
       <c r="D42" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E42">
         <v>10</v>
       </c>
       <c r="F42">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>639</v>
       </c>
       <c r="B43" t="s">
         <v>88</v>
       </c>
       <c r="C43" t="s" s="2">
         <v>89</v>
       </c>
       <c r="D43" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E43">
         <v>10</v>
       </c>
       <c r="F43">
         <v>9</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>641</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44" t="s" s="2">
         <v>91</v>
       </c>
       <c r="D44" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E44">
         <v>10</v>
       </c>
       <c r="F44">
         <v>9</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>643</v>
       </c>
       <c r="B45" t="s">
         <v>92</v>
       </c>
       <c r="C45" t="s" s="2">
         <v>93</v>
       </c>
       <c r="D45" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E45">
         <v>10</v>
       </c>
       <c r="F45">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>645</v>
       </c>
       <c r="B46" t="s">
         <v>94</v>
       </c>
       <c r="C46" t="s" s="2">
         <v>95</v>
       </c>
       <c r="D46" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E46">
         <v>10</v>
       </c>
       <c r="F46">
         <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>647</v>
       </c>
       <c r="B47" t="s">
         <v>96</v>
       </c>
       <c r="C47" t="s" s="2">
         <v>97</v>
       </c>
       <c r="D47" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E47">
         <v>10</v>
       </c>
       <c r="F47">
         <v>9</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>649</v>
       </c>
       <c r="B48" t="s">
         <v>98</v>
       </c>
       <c r="C48" t="s" s="2">
         <v>99</v>
       </c>
       <c r="D48" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E48">
         <v>10</v>
       </c>
       <c r="F48">
         <v>8</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>1933</v>
       </c>
       <c r="B49" t="s">
         <v>100</v>
       </c>
       <c r="C49" t="s" s="2">
         <v>101</v>
       </c>
       <c r="D49" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E49">
         <v>10</v>
       </c>
       <c r="F49">
         <v>9</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>2203</v>
       </c>
       <c r="B50" t="s">
         <v>102</v>
       </c>
       <c r="C50" t="s" s="2">
         <v>103</v>
       </c>
       <c r="D50" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E50">
         <v>10</v>
       </c>
       <c r="F50">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>651</v>
       </c>
       <c r="B51" t="s">
         <v>104</v>
       </c>
       <c r="C51" t="s" s="2">
         <v>105</v>
       </c>
       <c r="D51" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E51">
         <v>10</v>
       </c>
       <c r="F51">
         <v>8</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>653</v>
       </c>
       <c r="B52" t="s">
         <v>106</v>
       </c>
       <c r="C52" t="s" s="2">
         <v>107</v>
       </c>
       <c r="D52" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E52">
         <v>10</v>
       </c>
       <c r="F52">
         <v>9</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>655</v>
       </c>
       <c r="B53" t="s">
         <v>108</v>
       </c>
       <c r="C53" t="s" s="2">
         <v>109</v>
       </c>
       <c r="D53" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E53">
         <v>10</v>
       </c>
       <c r="F53">
         <v>8</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>657</v>
       </c>
       <c r="B54" t="s">
         <v>110</v>
       </c>
       <c r="C54" t="s" s="2">
         <v>111</v>
       </c>
       <c r="D54" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E54">
         <v>10</v>
       </c>
       <c r="F54">
         <v>9</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>1285</v>
       </c>
       <c r="B55" t="s">
         <v>112</v>
       </c>
       <c r="C55" t="s" s="2">
         <v>113</v>
       </c>
       <c r="D55" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E55">
         <v>10</v>
       </c>
       <c r="F55">
         <v>9</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>1513</v>
       </c>
       <c r="B56" t="s">
         <v>114</v>
       </c>
       <c r="C56" t="s" s="2">
         <v>115</v>
       </c>
       <c r="D56" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E56">
         <v>10</v>
       </c>
       <c r="F56">
         <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>2213</v>
       </c>
       <c r="B57" t="s">
         <v>116</v>
       </c>
       <c r="C57" t="s" s="2">
         <v>117</v>
       </c>
       <c r="D57" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E57">
         <v>10</v>
       </c>
       <c r="F57">
         <v>9</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>1935</v>
       </c>
       <c r="B58" t="s">
         <v>118</v>
       </c>
       <c r="C58" t="s" s="2">
         <v>119</v>
       </c>
       <c r="D58" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E58">
         <v>5</v>
       </c>
       <c r="F58">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>659</v>
       </c>
       <c r="B59" t="s">
         <v>120</v>
       </c>
       <c r="C59" t="s" s="2">
         <v>121</v>
       </c>
       <c r="D59" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E59">
         <v>20</v>
       </c>
       <c r="F59">
         <v>19</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>661</v>
       </c>
       <c r="B60" t="s">
         <v>122</v>
       </c>
       <c r="C60" t="s" s="2">
         <v>123</v>
       </c>
       <c r="D60" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E60">
         <v>10</v>
       </c>
       <c r="F60">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>1107</v>
       </c>
       <c r="B61" t="s">
         <v>124</v>
       </c>
       <c r="C61" t="s" s="2">
         <v>125</v>
       </c>
       <c r="D61" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E61">
         <v>10</v>
       </c>
       <c r="F61">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>1131</v>
       </c>
       <c r="B62" t="s">
         <v>126</v>
       </c>
       <c r="C62" t="s" s="2">
         <v>127</v>
       </c>
       <c r="D62" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E62">
         <v>10</v>
       </c>
       <c r="F62">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>2215</v>
       </c>
       <c r="B63" t="s">
         <v>128</v>
       </c>
       <c r="C63" t="s" s="2">
         <v>129</v>
       </c>
       <c r="D63" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E63">
         <v>15</v>
       </c>
       <c r="F63">
         <v>15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>1517</v>
       </c>
       <c r="B64" t="s">
         <v>130</v>
       </c>
       <c r="C64" t="s" s="2">
         <v>131</v>
       </c>
       <c r="D64" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E64">
         <v>10</v>
       </c>
       <c r="F64">
         <v>9</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>1109</v>
       </c>
       <c r="B65" t="s">
         <v>132</v>
       </c>
       <c r="C65" t="s" s="2">
         <v>133</v>
       </c>
       <c r="D65" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E65">
         <v>10</v>
       </c>
       <c r="F65">
         <v>9</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>1937</v>
       </c>
       <c r="B66" t="s">
         <v>134</v>
       </c>
       <c r="C66" t="s" s="2">
         <v>135</v>
       </c>
       <c r="D66" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E66">
         <v>35</v>
       </c>
       <c r="F66">
         <v>32</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>1519</v>
       </c>
       <c r="B67" t="s">
         <v>136</v>
       </c>
       <c r="C67" t="s" s="2">
         <v>137</v>
       </c>
       <c r="D67" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E67">
         <v>10</v>
       </c>
       <c r="F67">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>663</v>
       </c>
       <c r="B68" t="s">
         <v>138</v>
       </c>
       <c r="C68" t="s" s="2">
         <v>139</v>
       </c>
       <c r="D68" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E68">
         <v>10</v>
       </c>
       <c r="F68">
         <v>8</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>665</v>
       </c>
       <c r="B69" t="s">
         <v>140</v>
       </c>
       <c r="C69" t="s" s="2">
         <v>141</v>
       </c>
       <c r="D69" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E69">
         <v>10</v>
       </c>
       <c r="F69">
         <v>8</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>669</v>
       </c>
       <c r="B70" t="s">
         <v>142</v>
       </c>
       <c r="C70" t="s" s="2">
         <v>143</v>
       </c>
       <c r="D70" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E70">
         <v>20</v>
       </c>
       <c r="F70">
         <v>20</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>1781</v>
       </c>
       <c r="B71" t="s">
         <v>144</v>
       </c>
       <c r="C71" t="s" s="2">
         <v>145</v>
       </c>
       <c r="D71" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E71">
         <v>10</v>
       </c>
       <c r="F71">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>1521</v>
       </c>
       <c r="B72" t="s">
         <v>146</v>
       </c>
       <c r="C72" t="s" s="2">
         <v>147</v>
       </c>
       <c r="D72" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E72">
         <v>10</v>
       </c>
       <c r="F72">
         <v>9</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>1783</v>
       </c>
       <c r="B73" t="s">
         <v>148</v>
       </c>
       <c r="C73" t="s" s="2">
         <v>149</v>
       </c>
       <c r="D73" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E73">
         <v>10</v>
       </c>
       <c r="F73">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>671</v>
       </c>
       <c r="B74" t="s">
         <v>150</v>
       </c>
       <c r="C74" t="s" s="2">
         <v>151</v>
       </c>
       <c r="D74" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E74">
         <v>10</v>
       </c>
       <c r="F74">
         <v>9</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>1821</v>
       </c>
       <c r="B75" t="s">
         <v>152</v>
       </c>
       <c r="C75" t="s" s="2">
         <v>153</v>
       </c>
       <c r="D75" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E75">
         <v>10</v>
       </c>
       <c r="F75">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>2219</v>
       </c>
       <c r="B76" t="s">
         <v>154</v>
       </c>
       <c r="C76" t="s" s="2">
         <v>155</v>
       </c>
       <c r="D76" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E76">
         <v>15</v>
       </c>
       <c r="F76">
         <v>13</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>2221</v>
       </c>
       <c r="B77" t="s">
         <v>156</v>
       </c>
       <c r="C77" t="s" s="2">
         <v>157</v>
       </c>
       <c r="D77" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E77">
         <v>20</v>
       </c>
       <c r="F77">
         <v>19</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>673</v>
       </c>
       <c r="B78" t="s">
         <v>158</v>
       </c>
       <c r="C78" t="s" s="2">
         <v>159</v>
       </c>
       <c r="D78" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E78">
         <v>20</v>
       </c>
       <c r="F78">
         <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>675</v>
       </c>
       <c r="B79" t="s">
         <v>160</v>
       </c>
       <c r="C79" t="s" s="2">
         <v>161</v>
       </c>
       <c r="D79" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E79">
         <v>10</v>
       </c>
       <c r="F79">
         <v>8</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>677</v>
       </c>
       <c r="B80" t="s">
         <v>162</v>
       </c>
       <c r="C80" t="s" s="2">
         <v>163</v>
       </c>
       <c r="D80" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E80">
         <v>40</v>
       </c>
       <c r="F80">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>679</v>
       </c>
       <c r="B81" t="s">
         <v>164</v>
       </c>
       <c r="C81" t="s" s="2">
         <v>165</v>
       </c>
       <c r="D81" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E81">
         <v>10</v>
       </c>
       <c r="F81">
         <v>9</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>1523</v>
       </c>
       <c r="B82" t="s">
         <v>166</v>
       </c>
       <c r="C82" t="s" s="2">
         <v>167</v>
       </c>
       <c r="D82" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E82">
         <v>10</v>
       </c>
       <c r="F82">
         <v>9</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>1831</v>
       </c>
       <c r="B83" t="s">
         <v>168</v>
       </c>
       <c r="C83" t="s" s="2">
         <v>169</v>
       </c>
       <c r="D83" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E83">
         <v>10</v>
       </c>
       <c r="F83">
         <v>9</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>1939</v>
       </c>
       <c r="B84" t="s">
         <v>170</v>
       </c>
       <c r="C84" t="s" s="2">
         <v>171</v>
       </c>
       <c r="D84" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E84">
         <v>15</v>
       </c>
       <c r="F84">
         <v>14</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>1093</v>
       </c>
       <c r="B85" t="s">
         <v>172</v>
       </c>
       <c r="C85" t="s" s="2">
         <v>173</v>
       </c>
       <c r="D85" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E85">
         <v>10</v>
       </c>
       <c r="F85">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>2223</v>
       </c>
       <c r="B86" t="s">
         <v>174</v>
       </c>
       <c r="C86" t="s" s="2">
         <v>175</v>
       </c>
       <c r="D86" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E86">
         <v>10</v>
       </c>
       <c r="F86">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>1133</v>
       </c>
       <c r="B87" t="s">
         <v>176</v>
       </c>
       <c r="C87" t="s" s="2">
         <v>177</v>
       </c>
       <c r="D87" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E87">
         <v>10</v>
       </c>
       <c r="F87">
         <v>9</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>1525</v>
       </c>
       <c r="B88" t="s">
         <v>178</v>
       </c>
       <c r="C88" t="s" s="2">
         <v>179</v>
       </c>
       <c r="D88" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E88">
         <v>10</v>
       </c>
       <c r="F88">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>1833</v>
       </c>
       <c r="B89" t="s">
         <v>180</v>
       </c>
       <c r="C89" t="s" s="2">
         <v>181</v>
       </c>
       <c r="D89" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E89">
         <v>10</v>
       </c>
       <c r="F89">
         <v>8</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>1735</v>
       </c>
       <c r="B90" t="s">
         <v>182</v>
       </c>
       <c r="C90" t="s" s="2">
         <v>183</v>
       </c>
       <c r="D90" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E90">
         <v>10</v>
       </c>
       <c r="F90">
         <v>9</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>1785</v>
       </c>
       <c r="B91" t="s">
         <v>184</v>
       </c>
       <c r="C91" t="s" s="2">
         <v>185</v>
       </c>
       <c r="D91" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E91">
         <v>10</v>
       </c>
       <c r="F91">
         <v>7</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>681</v>
       </c>
       <c r="B92" t="s">
         <v>186</v>
       </c>
       <c r="C92" t="s" s="2">
         <v>187</v>
       </c>
       <c r="D92" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E92">
         <v>10</v>
       </c>
       <c r="F92">
         <v>9</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>683</v>
       </c>
       <c r="B93" t="s">
         <v>188</v>
       </c>
       <c r="C93" t="s" s="2">
         <v>189</v>
       </c>
       <c r="D93" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E93">
         <v>30</v>
       </c>
       <c r="F93">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>685</v>
       </c>
       <c r="B94" t="s">
         <v>190</v>
       </c>
       <c r="C94" t="s" s="2">
         <v>191</v>
       </c>
       <c r="D94" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E94">
         <v>10</v>
       </c>
       <c r="F94">
         <v>9</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>687</v>
       </c>
       <c r="B95" t="s">
         <v>192</v>
       </c>
       <c r="C95" t="s" s="2">
         <v>193</v>
       </c>
       <c r="D95" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E95">
         <v>10</v>
       </c>
       <c r="F95">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>1111</v>
       </c>
       <c r="B96" t="s">
         <v>194</v>
       </c>
       <c r="C96" t="s" s="2">
         <v>195</v>
       </c>
       <c r="D96" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E96">
         <v>10</v>
       </c>
       <c r="F96">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>1527</v>
       </c>
       <c r="B97" t="s">
         <v>196</v>
       </c>
       <c r="C97" t="s" s="2">
         <v>197</v>
       </c>
       <c r="D97" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E97">
         <v>10</v>
       </c>
       <c r="F97">
         <v>9</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>715</v>
       </c>
       <c r="B98" t="s">
         <v>198</v>
       </c>
       <c r="C98" t="s" s="2">
         <v>199</v>
       </c>
       <c r="D98" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E98">
         <v>20</v>
       </c>
       <c r="F98">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>2225</v>
       </c>
       <c r="B99" t="s">
         <v>200</v>
       </c>
       <c r="C99" t="s" s="2">
         <v>201</v>
       </c>
       <c r="D99" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E99">
         <v>5</v>
       </c>
       <c r="F99">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>689</v>
       </c>
       <c r="B100" t="s">
         <v>202</v>
       </c>
       <c r="C100" t="s" s="2">
         <v>203</v>
       </c>
       <c r="D100" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E100">
         <v>10</v>
       </c>
       <c r="F100">
         <v>11</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>691</v>
       </c>
       <c r="B101" t="s">
         <v>204</v>
       </c>
       <c r="C101" t="s" s="2">
         <v>205</v>
       </c>
       <c r="D101" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E101">
         <v>10</v>
       </c>
       <c r="F101">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>693</v>
       </c>
       <c r="B102" t="s">
         <v>206</v>
       </c>
       <c r="C102" t="s" s="2">
         <v>207</v>
       </c>
       <c r="D102" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E102">
         <v>50</v>
       </c>
       <c r="F102">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>1941</v>
       </c>
       <c r="B103" t="s">
         <v>208</v>
       </c>
       <c r="C103" t="s" s="2">
         <v>209</v>
       </c>
       <c r="D103" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E103">
         <v>6</v>
       </c>
       <c r="F103">
         <v>6</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>2227</v>
       </c>
       <c r="B104" t="s">
         <v>210</v>
       </c>
       <c r="C104" t="s" s="2">
         <v>211</v>
       </c>
       <c r="D104" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E104">
         <v>20</v>
       </c>
       <c r="F104">
         <v>19</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>1297</v>
       </c>
       <c r="B105" t="s">
         <v>212</v>
       </c>
       <c r="C105" t="s" s="2">
         <v>213</v>
       </c>
       <c r="D105" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E105">
         <v>9</v>
       </c>
       <c r="F105">
         <v>9</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>1529</v>
       </c>
       <c r="B106" t="s">
         <v>214</v>
       </c>
       <c r="C106" t="s" s="2">
         <v>215</v>
       </c>
       <c r="D106" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E106">
         <v>10</v>
       </c>
       <c r="F106">
         <v>9</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>1943</v>
       </c>
       <c r="B107" t="s">
         <v>216</v>
       </c>
       <c r="C107" t="s" s="2">
         <v>217</v>
       </c>
       <c r="D107" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E107">
         <v>20</v>
       </c>
       <c r="F107">
         <v>20</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>695</v>
       </c>
       <c r="B108" t="s">
         <v>218</v>
       </c>
       <c r="C108" t="s" s="2">
         <v>219</v>
       </c>
       <c r="D108" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E108">
         <v>20</v>
       </c>
       <c r="F108">
         <v>15</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>697</v>
       </c>
       <c r="B109" t="s">
         <v>220</v>
       </c>
       <c r="C109" t="s" s="2">
         <v>221</v>
       </c>
       <c r="D109" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E109">
         <v>10</v>
       </c>
       <c r="F109">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>1135</v>
       </c>
       <c r="B110" t="s">
         <v>222</v>
       </c>
       <c r="C110" t="s" s="2">
         <v>223</v>
       </c>
       <c r="D110" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E110">
         <v>10</v>
       </c>
       <c r="F110">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>1299</v>
       </c>
       <c r="B111" t="s">
         <v>224</v>
       </c>
       <c r="C111" t="s" s="2">
         <v>225</v>
       </c>
       <c r="D111" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E111">
         <v>30</v>
       </c>
       <c r="F111">
         <v>29</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>1531</v>
       </c>
       <c r="B112" t="s">
         <v>226</v>
       </c>
       <c r="C112" t="s" s="2">
         <v>227</v>
       </c>
       <c r="D112" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E112">
         <v>5</v>
       </c>
       <c r="F112">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>1301</v>
       </c>
       <c r="B113" t="s">
         <v>228</v>
       </c>
       <c r="C113" t="s" s="2">
         <v>229</v>
       </c>
       <c r="D113" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E113">
         <v>30</v>
       </c>
       <c r="F113">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>2229</v>
       </c>
       <c r="B114" t="s">
         <v>230</v>
       </c>
       <c r="C114" t="s" s="2">
         <v>231</v>
       </c>
       <c r="D114" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E114">
         <v>2</v>
       </c>
       <c r="F114">
         <v>2</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>699</v>
       </c>
       <c r="B115" t="s">
         <v>232</v>
       </c>
       <c r="C115" t="s" s="2">
         <v>233</v>
       </c>
       <c r="D115" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E115">
         <v>10</v>
       </c>
       <c r="F115">
         <v>9</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>701</v>
       </c>
       <c r="B116" t="s">
         <v>234</v>
       </c>
       <c r="C116" t="s" s="2">
         <v>235</v>
       </c>
       <c r="D116" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E116">
         <v>20</v>
       </c>
       <c r="F116">
         <v>16</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>1533</v>
       </c>
       <c r="B117" t="s">
         <v>236</v>
       </c>
       <c r="C117" t="s" s="2">
         <v>237</v>
       </c>
       <c r="D117" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E117">
         <v>10</v>
       </c>
       <c r="F117">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>2231</v>
       </c>
       <c r="B118" t="s">
         <v>238</v>
       </c>
       <c r="C118" t="s" s="2">
         <v>239</v>
       </c>
       <c r="D118" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E118">
         <v>10</v>
       </c>
       <c r="F118">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>1535</v>
       </c>
       <c r="B119" t="s">
         <v>240</v>
       </c>
       <c r="C119" t="s" s="2">
         <v>241</v>
       </c>
       <c r="D119" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E119">
         <v>10</v>
       </c>
       <c r="F119">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>703</v>
       </c>
       <c r="B120" t="s">
         <v>242</v>
       </c>
       <c r="C120" t="s" s="2">
         <v>243</v>
       </c>
       <c r="D120" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E120">
         <v>10</v>
       </c>
       <c r="F120">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>705</v>
       </c>
       <c r="B121" t="s">
         <v>244</v>
       </c>
       <c r="C121" t="s" s="2">
         <v>245</v>
       </c>
       <c r="D121" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E121">
         <v>10</v>
       </c>
       <c r="F121">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>707</v>
       </c>
       <c r="B122" t="s">
         <v>246</v>
       </c>
       <c r="C122" t="s" s="2">
         <v>247</v>
       </c>
       <c r="D122" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E122">
         <v>10</v>
       </c>
       <c r="F122">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>1303</v>
       </c>
       <c r="B123" t="s">
         <v>248</v>
       </c>
       <c r="C123" t="s" s="2">
         <v>249</v>
       </c>
       <c r="D123" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E123">
         <v>10</v>
       </c>
       <c r="F123">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>1541</v>
       </c>
       <c r="B124" t="s">
         <v>250</v>
       </c>
       <c r="C124" t="s" s="2">
         <v>251</v>
       </c>
       <c r="D124" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E124">
         <v>10</v>
       </c>
       <c r="F124">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>1945</v>
       </c>
       <c r="B125" t="s">
         <v>252</v>
       </c>
       <c r="C125" t="s" s="2">
         <v>253</v>
       </c>
       <c r="D125" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E125">
         <v>4</v>
       </c>
       <c r="F125">
         <v>4</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>2233</v>
       </c>
       <c r="B126" t="s">
         <v>254</v>
       </c>
       <c r="C126" t="s" s="2">
         <v>255</v>
       </c>
       <c r="D126" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E126">
         <v>10</v>
       </c>
       <c r="F126">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>1543</v>
       </c>
       <c r="B127" t="s">
         <v>256</v>
       </c>
       <c r="C127" t="s" s="2">
         <v>257</v>
       </c>
       <c r="D127" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E127">
         <v>10</v>
       </c>
       <c r="F127">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>709</v>
       </c>
       <c r="B128" t="s">
         <v>258</v>
       </c>
       <c r="C128" t="s" s="2">
         <v>259</v>
       </c>
       <c r="D128" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E128">
         <v>10</v>
       </c>
       <c r="F128">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>711</v>
       </c>
       <c r="B129" t="s">
         <v>260</v>
       </c>
       <c r="C129" t="s" s="2">
         <v>261</v>
       </c>
       <c r="D129" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E129">
         <v>50</v>
       </c>
       <c r="F129">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>1317</v>
       </c>
       <c r="B130" t="s">
         <v>262</v>
       </c>
       <c r="C130" t="s" s="2">
         <v>263</v>
       </c>
       <c r="D130" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E130">
         <v>10</v>
       </c>
       <c r="F130">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>1545</v>
       </c>
       <c r="B131" t="s">
         <v>264</v>
       </c>
       <c r="C131" t="s" s="2">
         <v>265</v>
       </c>
       <c r="D131" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E131">
         <v>10</v>
       </c>
       <c r="F131">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>1137</v>
       </c>
       <c r="B132" t="s">
         <v>266</v>
       </c>
       <c r="C132" t="s" s="2">
         <v>267</v>
       </c>
       <c r="D132" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E132">
         <v>10</v>
       </c>
       <c r="F132">
         <v>9</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>1949</v>
       </c>
       <c r="B133" t="s">
         <v>268</v>
       </c>
       <c r="C133" t="s" s="2">
         <v>269</v>
       </c>
       <c r="D133" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E133">
         <v>10</v>
       </c>
       <c r="F133">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>713</v>
       </c>
       <c r="B134" t="s">
         <v>270</v>
       </c>
       <c r="C134" t="s" s="2">
         <v>271</v>
       </c>
       <c r="D134" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E134">
         <v>10</v>
       </c>
       <c r="F134">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>717</v>
       </c>
       <c r="B135" t="s">
         <v>272</v>
       </c>
       <c r="C135" t="s" s="2">
         <v>273</v>
       </c>
       <c r="D135" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E135">
         <v>10</v>
       </c>
       <c r="F135">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>1139</v>
       </c>
       <c r="B136" t="s">
         <v>274</v>
       </c>
       <c r="C136" t="s" s="2">
         <v>275</v>
       </c>
       <c r="D136" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E136">
         <v>10</v>
       </c>
       <c r="F136">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>1319</v>
       </c>
       <c r="B137" t="s">
         <v>276</v>
       </c>
       <c r="C137" t="s" s="2">
         <v>277</v>
       </c>
       <c r="D137" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E137">
         <v>10</v>
       </c>
       <c r="F137">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>1547</v>
       </c>
       <c r="B138" t="s">
         <v>278</v>
       </c>
       <c r="C138" t="s" s="2">
         <v>279</v>
       </c>
       <c r="D138" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E138">
         <v>10</v>
       </c>
       <c r="F138">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>2185</v>
       </c>
       <c r="B139" t="s">
         <v>280</v>
       </c>
       <c r="C139" t="s" s="2">
         <v>281</v>
       </c>
       <c r="D139" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E139">
         <v>13</v>
       </c>
       <c r="F139">
         <v>11</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>2235</v>
       </c>
       <c r="B140" t="s">
         <v>282</v>
       </c>
       <c r="C140" t="s" s="2">
         <v>283</v>
       </c>
       <c r="D140" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E140">
         <v>10</v>
       </c>
       <c r="F140">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>1321</v>
       </c>
       <c r="B141" t="s">
         <v>284</v>
       </c>
       <c r="C141" t="s" s="2">
         <v>285</v>
       </c>
       <c r="D141" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E141">
         <v>10</v>
       </c>
       <c r="F141">
         <v>9</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>719</v>
       </c>
       <c r="B142" t="s">
         <v>286</v>
       </c>
       <c r="C142" t="s" s="2">
         <v>287</v>
       </c>
       <c r="D142" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E142">
         <v>10</v>
       </c>
       <c r="F142">
         <v>9</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>721</v>
       </c>
       <c r="B143" t="s">
         <v>288</v>
       </c>
       <c r="C143" t="s" s="2">
         <v>289</v>
       </c>
       <c r="D143" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E143">
         <v>40</v>
       </c>
       <c r="F143">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>723</v>
       </c>
       <c r="B144" t="s">
         <v>290</v>
       </c>
       <c r="C144" t="s" s="2">
         <v>291</v>
       </c>
       <c r="D144" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E144">
         <v>10</v>
       </c>
       <c r="F144">
         <v>9</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>725</v>
       </c>
       <c r="B145" t="s">
         <v>292</v>
       </c>
       <c r="C145" t="s" s="2">
         <v>293</v>
       </c>
       <c r="D145" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E145">
         <v>10</v>
       </c>
       <c r="F145">
         <v>9</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>1549</v>
       </c>
       <c r="B146" t="s">
         <v>294</v>
       </c>
       <c r="C146" t="s" s="2">
         <v>295</v>
       </c>
       <c r="D146" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E146">
         <v>5</v>
       </c>
       <c r="F146">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>1951</v>
       </c>
       <c r="B147" t="s">
         <v>296</v>
       </c>
       <c r="C147" t="s" s="2">
         <v>297</v>
       </c>
       <c r="D147" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E147">
         <v>4</v>
       </c>
       <c r="F147">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>2237</v>
       </c>
       <c r="B148" t="s">
         <v>298</v>
       </c>
       <c r="C148" t="s" s="2">
         <v>299</v>
       </c>
       <c r="D148" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E148">
         <v>10</v>
       </c>
       <c r="F148">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>1323</v>
       </c>
       <c r="B149" t="s">
         <v>300</v>
       </c>
       <c r="C149" t="s" s="2">
         <v>301</v>
       </c>
       <c r="D149" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E149">
         <v>10</v>
       </c>
       <c r="F149">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>1551</v>
       </c>
       <c r="B150" t="s">
         <v>302</v>
       </c>
       <c r="C150" t="s" s="2">
         <v>303</v>
       </c>
       <c r="D150" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E150">
         <v>1</v>
       </c>
       <c r="F150">
         <v>1</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>1555</v>
       </c>
       <c r="B151" t="s">
         <v>304</v>
       </c>
       <c r="C151" t="s" s="2">
         <v>305</v>
       </c>
       <c r="D151" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E151">
         <v>26</v>
       </c>
       <c r="F151">
         <v>26</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>1953</v>
       </c>
       <c r="B152" t="s">
         <v>306</v>
       </c>
       <c r="C152" t="s">
         <v>307</v>
       </c>
       <c r="D152" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E152">
         <v>18</v>
       </c>
       <c r="F152">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>727</v>
       </c>
       <c r="B153" t="s">
         <v>308</v>
       </c>
       <c r="C153" t="s" s="2">
         <v>309</v>
       </c>
       <c r="D153" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E153">
         <v>10</v>
       </c>
       <c r="F153">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>729</v>
       </c>
       <c r="B154" t="s">
         <v>310</v>
       </c>
       <c r="C154" t="s" s="2">
         <v>311</v>
       </c>
       <c r="D154" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E154">
         <v>10</v>
       </c>
       <c r="F154">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>731</v>
       </c>
       <c r="B155" t="s">
         <v>312</v>
       </c>
       <c r="C155" t="s" s="2">
         <v>313</v>
       </c>
       <c r="D155" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E155">
         <v>20</v>
       </c>
       <c r="F155">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>1325</v>
       </c>
       <c r="B156" t="s">
         <v>314</v>
       </c>
       <c r="C156" t="s" s="2">
         <v>315</v>
       </c>
       <c r="D156" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E156">
         <v>10</v>
       </c>
       <c r="F156">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>2239</v>
       </c>
       <c r="B157" t="s">
         <v>316</v>
       </c>
       <c r="C157" t="s" s="2">
         <v>317</v>
       </c>
       <c r="D157" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E157">
         <v>10</v>
       </c>
       <c r="F157">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>733</v>
       </c>
       <c r="B158" t="s">
         <v>318</v>
       </c>
       <c r="C158" t="s" s="2">
         <v>319</v>
       </c>
       <c r="D158" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E158">
         <v>10</v>
       </c>
       <c r="F158">
         <v>9</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>735</v>
       </c>
       <c r="B159" t="s">
         <v>320</v>
       </c>
       <c r="C159" t="s" s="2">
         <v>321</v>
       </c>
       <c r="D159" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E159">
         <v>20</v>
       </c>
       <c r="F159">
         <v>20</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>1327</v>
       </c>
       <c r="B160" t="s">
         <v>322</v>
       </c>
       <c r="C160" t="s" s="2">
         <v>323</v>
       </c>
       <c r="D160" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E160">
         <v>10</v>
       </c>
       <c r="F160">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>1141</v>
       </c>
       <c r="B161" t="s">
         <v>324</v>
       </c>
       <c r="C161" t="s" s="2">
         <v>325</v>
       </c>
       <c r="D161" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E161">
         <v>10</v>
       </c>
       <c r="F161">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>737</v>
       </c>
       <c r="B162" t="s">
         <v>326</v>
       </c>
       <c r="C162" t="s" s="2">
         <v>327</v>
       </c>
       <c r="D162" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E162">
         <v>40</v>
       </c>
       <c r="F162">
         <v>36</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>739</v>
       </c>
       <c r="B163" t="s">
         <v>328</v>
       </c>
       <c r="C163" t="s" s="2">
         <v>329</v>
       </c>
       <c r="D163" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E163">
         <v>10</v>
       </c>
       <c r="F163">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>741</v>
       </c>
       <c r="B164" t="s">
         <v>330</v>
       </c>
       <c r="C164" t="s" s="2">
         <v>331</v>
       </c>
       <c r="D164" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E164">
         <v>10</v>
       </c>
       <c r="F164">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>2241</v>
       </c>
       <c r="B165" t="s">
         <v>332</v>
       </c>
       <c r="C165" t="s" s="2">
         <v>333</v>
       </c>
       <c r="D165" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E165">
         <v>12</v>
       </c>
       <c r="F165">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>1955</v>
       </c>
       <c r="B166" t="s">
         <v>334</v>
       </c>
       <c r="C166" t="s" s="2">
         <v>335</v>
       </c>
       <c r="D166" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E166">
         <v>10</v>
       </c>
       <c r="F166">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>743</v>
       </c>
       <c r="B167" t="s">
         <v>336</v>
       </c>
       <c r="C167" t="s" s="2">
         <v>337</v>
       </c>
       <c r="D167" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E167">
         <v>10</v>
       </c>
       <c r="F167">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>745</v>
       </c>
       <c r="B168" t="s">
         <v>338</v>
       </c>
       <c r="C168" t="s" s="2">
         <v>339</v>
       </c>
       <c r="D168" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E168">
         <v>10</v>
       </c>
       <c r="F168">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>747</v>
       </c>
       <c r="B169" t="s">
         <v>340</v>
       </c>
       <c r="C169" t="s" s="2">
         <v>341</v>
       </c>
       <c r="D169" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E169">
         <v>10</v>
       </c>
       <c r="F169">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>1559</v>
       </c>
       <c r="B170" t="s">
         <v>342</v>
       </c>
       <c r="C170" t="s" s="2">
         <v>343</v>
       </c>
       <c r="D170" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E170">
         <v>10</v>
       </c>
       <c r="F170">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>1143</v>
       </c>
       <c r="B171" t="s">
         <v>344</v>
       </c>
       <c r="C171" t="s" s="2">
         <v>345</v>
       </c>
       <c r="D171" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E171">
         <v>10</v>
       </c>
       <c r="F171">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>1329</v>
       </c>
       <c r="B172" t="s">
         <v>346</v>
       </c>
       <c r="C172" t="s" s="2">
         <v>347</v>
       </c>
       <c r="D172" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E172">
         <v>10</v>
       </c>
       <c r="F172">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>2243</v>
       </c>
       <c r="B173" t="s">
         <v>348</v>
       </c>
       <c r="C173" t="s" s="2">
         <v>349</v>
       </c>
       <c r="D173" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E173">
         <v>10</v>
       </c>
       <c r="F173">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>1957</v>
       </c>
       <c r="B174" t="s">
         <v>350</v>
       </c>
       <c r="C174" t="s" s="2">
         <v>351</v>
       </c>
       <c r="D174" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E174">
         <v>10</v>
       </c>
       <c r="F174">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>749</v>
       </c>
       <c r="B175" t="s">
         <v>352</v>
       </c>
       <c r="C175" t="s" s="2">
         <v>353</v>
       </c>
       <c r="D175" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E175">
         <v>40</v>
       </c>
       <c r="F175">
         <v>37</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>751</v>
       </c>
       <c r="B176" t="s">
         <v>354</v>
       </c>
       <c r="C176" t="s" s="2">
         <v>355</v>
       </c>
       <c r="D176" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E176">
         <v>10</v>
       </c>
       <c r="F176">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>1561</v>
       </c>
       <c r="B177" t="s">
         <v>356</v>
       </c>
       <c r="C177" t="s" s="2">
         <v>357</v>
       </c>
       <c r="D177" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E177">
         <v>10</v>
       </c>
       <c r="F177">
         <v>9</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>2245</v>
       </c>
       <c r="B178" t="s">
         <v>358</v>
       </c>
       <c r="C178" t="s" s="2">
         <v>359</v>
       </c>
       <c r="D178" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E178">
         <v>10</v>
       </c>
       <c r="F178">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>1331</v>
       </c>
       <c r="B179" t="s">
         <v>360</v>
       </c>
       <c r="C179" t="s" s="2">
         <v>361</v>
       </c>
       <c r="D179" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E179">
         <v>5</v>
       </c>
       <c r="F179">
         <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>753</v>
       </c>
       <c r="B180" t="s">
         <v>362</v>
       </c>
       <c r="C180" t="s" s="2">
         <v>363</v>
       </c>
       <c r="D180" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E180">
         <v>30</v>
       </c>
       <c r="F180">
         <v>29</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>755</v>
       </c>
       <c r="B181" t="s">
         <v>364</v>
       </c>
       <c r="C181" t="s" s="2">
         <v>365</v>
       </c>
       <c r="D181" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E181">
         <v>10</v>
       </c>
       <c r="F181">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>1333</v>
       </c>
       <c r="B182" t="s">
         <v>366</v>
       </c>
       <c r="C182" t="s" s="2">
         <v>367</v>
       </c>
       <c r="D182" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E182">
         <v>10</v>
       </c>
       <c r="F182">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>2247</v>
       </c>
       <c r="B183" t="s">
         <v>368</v>
       </c>
       <c r="C183" t="s" s="2">
         <v>369</v>
       </c>
       <c r="D183" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E183">
         <v>10</v>
       </c>
       <c r="F183">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>1959</v>
       </c>
       <c r="B184" t="s">
         <v>370</v>
       </c>
       <c r="C184" t="s" s="2">
         <v>371</v>
       </c>
       <c r="D184" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E184">
         <v>10</v>
       </c>
       <c r="F184">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>1563</v>
       </c>
       <c r="B185" t="s">
         <v>372</v>
       </c>
       <c r="C185" t="s" s="2">
         <v>373</v>
       </c>
       <c r="D185" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E185">
         <v>1</v>
       </c>
       <c r="F185">
         <v>1</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>1565</v>
       </c>
       <c r="B186" t="s">
         <v>374</v>
       </c>
       <c r="C186" t="s" s="2">
         <v>375</v>
       </c>
       <c r="D186" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E186">
         <v>10</v>
       </c>
       <c r="F186">
         <v>9</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>1337</v>
       </c>
       <c r="B187" t="s">
         <v>376</v>
       </c>
       <c r="C187" t="s" s="2">
         <v>377</v>
       </c>
       <c r="D187" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E187">
         <v>4</v>
       </c>
       <c r="F187">
         <v>4</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>757</v>
       </c>
       <c r="B188" t="s">
         <v>378</v>
       </c>
       <c r="C188" t="s" s="2">
         <v>379</v>
       </c>
       <c r="D188" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E188">
         <v>10</v>
       </c>
       <c r="F188">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>1339</v>
       </c>
       <c r="B189" t="s">
         <v>380</v>
       </c>
       <c r="C189" t="s" s="2">
         <v>381</v>
       </c>
       <c r="D189" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E189">
         <v>10</v>
       </c>
       <c r="F189">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>2249</v>
       </c>
       <c r="B190" t="s">
         <v>382</v>
       </c>
       <c r="C190" t="s" s="2">
         <v>383</v>
       </c>
       <c r="D190" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E190">
         <v>3</v>
       </c>
       <c r="F190">
         <v>3</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>1961</v>
       </c>
       <c r="B191" t="s">
         <v>384</v>
       </c>
       <c r="C191" t="s" s="2">
         <v>385</v>
       </c>
       <c r="D191" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E191">
         <v>10</v>
       </c>
       <c r="F191">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>1147</v>
       </c>
       <c r="B192" t="s">
         <v>386</v>
       </c>
       <c r="C192" t="s" s="2">
         <v>387</v>
       </c>
       <c r="D192" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E192">
         <v>10</v>
       </c>
       <c r="F192">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>1567</v>
       </c>
       <c r="B193" t="s">
         <v>388</v>
       </c>
       <c r="C193" t="s" s="2">
         <v>389</v>
       </c>
       <c r="D193" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E193">
         <v>10</v>
       </c>
       <c r="F193">
         <v>9</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>2251</v>
       </c>
       <c r="B194" t="s">
         <v>390</v>
       </c>
       <c r="C194" t="s" s="2">
         <v>391</v>
       </c>
       <c r="D194" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E194">
         <v>10</v>
       </c>
       <c r="F194">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>1341</v>
       </c>
       <c r="B195" t="s">
         <v>392</v>
       </c>
       <c r="C195" t="s" s="2">
         <v>393</v>
       </c>
       <c r="D195" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E195">
         <v>10</v>
       </c>
       <c r="F195">
         <v>9</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>759</v>
       </c>
       <c r="B196" t="s">
         <v>394</v>
       </c>
       <c r="C196" t="s" s="2">
         <v>395</v>
       </c>
       <c r="D196" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E196">
         <v>10</v>
       </c>
       <c r="F196">
         <v>9</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>761</v>
       </c>
       <c r="B197" t="s">
         <v>396</v>
       </c>
       <c r="C197" t="s" s="2">
         <v>397</v>
       </c>
       <c r="D197" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E197">
         <v>10</v>
       </c>
       <c r="F197">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>1149</v>
       </c>
       <c r="B198" t="s">
         <v>398</v>
       </c>
       <c r="C198" t="s" s="2">
         <v>399</v>
       </c>
       <c r="D198" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E198">
         <v>5</v>
       </c>
       <c r="F198">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>1569</v>
       </c>
       <c r="B199" t="s">
         <v>400</v>
       </c>
       <c r="C199" t="s" s="2">
         <v>401</v>
       </c>
       <c r="D199" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E199">
         <v>10</v>
       </c>
       <c r="F199">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>1963</v>
       </c>
       <c r="B200" t="s">
         <v>402</v>
       </c>
       <c r="C200" t="s" s="2">
         <v>403</v>
       </c>
       <c r="D200" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E200">
         <v>10</v>
       </c>
       <c r="F200">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>1349</v>
       </c>
       <c r="B201" t="s">
         <v>404</v>
       </c>
       <c r="C201" t="s" s="2">
         <v>405</v>
       </c>
       <c r="D201" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E201">
         <v>10</v>
       </c>
       <c r="F201">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>763</v>
       </c>
       <c r="B202" t="s">
         <v>406</v>
       </c>
       <c r="C202" t="s" s="2">
         <v>407</v>
       </c>
       <c r="D202" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E202">
         <v>40</v>
       </c>
       <c r="F202">
         <v>36</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>765</v>
       </c>
       <c r="B203" t="s">
         <v>408</v>
       </c>
       <c r="C203" t="s" s="2">
         <v>409</v>
       </c>
       <c r="D203" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E203">
         <v>10</v>
       </c>
       <c r="F203">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>767</v>
       </c>
       <c r="B204" t="s">
         <v>410</v>
       </c>
       <c r="C204" t="s" s="2">
         <v>411</v>
       </c>
       <c r="D204" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E204">
         <v>10</v>
       </c>
       <c r="F204">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>769</v>
       </c>
       <c r="B205" t="s">
         <v>412</v>
       </c>
       <c r="C205" t="s" s="2">
         <v>413</v>
       </c>
       <c r="D205" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E205">
         <v>10</v>
       </c>
       <c r="F205">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>2253</v>
       </c>
       <c r="B206" t="s">
         <v>414</v>
       </c>
       <c r="C206" t="s" s="2">
         <v>415</v>
       </c>
       <c r="D206" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E206">
         <v>10</v>
       </c>
       <c r="F206">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>2257</v>
       </c>
       <c r="B207" t="s">
         <v>416</v>
       </c>
       <c r="C207" t="s" s="2">
         <v>417</v>
       </c>
       <c r="D207" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E207">
         <v>10</v>
       </c>
       <c r="F207">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>2259</v>
       </c>
       <c r="B208" t="s">
         <v>418</v>
       </c>
       <c r="C208" t="s" s="2">
         <v>419</v>
       </c>
       <c r="D208" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E208">
         <v>20</v>
       </c>
       <c r="F208">
         <v>20</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>1571</v>
       </c>
       <c r="B209" t="s">
         <v>420</v>
       </c>
       <c r="C209" t="s" s="2">
         <v>421</v>
       </c>
       <c r="D209" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E209">
         <v>10</v>
       </c>
       <c r="F209">
         <v>9</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>1351</v>
       </c>
       <c r="B210" t="s">
         <v>422</v>
       </c>
       <c r="C210" t="s" s="2">
         <v>423</v>
       </c>
       <c r="D210" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E210">
         <v>18</v>
       </c>
       <c r="F210">
         <v>17</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>771</v>
       </c>
       <c r="B211" t="s">
         <v>424</v>
       </c>
       <c r="C211" t="s" s="2">
         <v>425</v>
       </c>
       <c r="D211" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E211">
         <v>10</v>
       </c>
       <c r="F211">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>773</v>
       </c>
       <c r="B212" t="s">
         <v>426</v>
       </c>
       <c r="C212" t="s" s="2">
         <v>427</v>
       </c>
       <c r="D212" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E212">
         <v>10</v>
       </c>
       <c r="F212">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>1151</v>
       </c>
       <c r="B213" t="s">
         <v>428</v>
       </c>
       <c r="C213" t="s" s="2">
         <v>429</v>
       </c>
       <c r="D213" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E213">
         <v>10</v>
       </c>
       <c r="F213">
         <v>9</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>1965</v>
       </c>
       <c r="B214" t="s">
         <v>430</v>
       </c>
       <c r="C214" t="s" s="2">
         <v>431</v>
       </c>
       <c r="D214" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E214">
         <v>10</v>
       </c>
       <c r="F214">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>1573</v>
       </c>
       <c r="B215" t="s">
         <v>432</v>
       </c>
       <c r="C215" t="s" s="2">
         <v>433</v>
       </c>
       <c r="D215" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E215">
         <v>10</v>
       </c>
       <c r="F215">
         <v>9</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>775</v>
       </c>
       <c r="B216" t="s">
         <v>434</v>
       </c>
       <c r="C216" t="s" s="2">
         <v>435</v>
       </c>
       <c r="D216" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E216">
         <v>10</v>
       </c>
       <c r="F216">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>777</v>
       </c>
       <c r="B217" t="s">
         <v>436</v>
       </c>
       <c r="C217" t="s" s="2">
         <v>437</v>
       </c>
       <c r="D217" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E217">
         <v>10</v>
       </c>
       <c r="F217">
         <v>9</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>1153</v>
       </c>
       <c r="B218" t="s">
         <v>438</v>
       </c>
       <c r="C218" t="s" s="2">
         <v>439</v>
       </c>
       <c r="D218" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E218">
         <v>10</v>
       </c>
       <c r="F218">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>779</v>
       </c>
       <c r="B219" t="s">
         <v>440</v>
       </c>
       <c r="C219" t="s" s="2">
         <v>441</v>
       </c>
       <c r="D219" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E219">
         <v>20</v>
       </c>
       <c r="F219">
         <v>20</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>781</v>
       </c>
       <c r="B220" t="s">
         <v>442</v>
       </c>
       <c r="C220" t="s" s="2">
         <v>443</v>
       </c>
       <c r="D220" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E220">
         <v>10</v>
       </c>
       <c r="F220">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>783</v>
       </c>
       <c r="B221" t="s">
         <v>444</v>
       </c>
       <c r="C221" t="s" s="2">
         <v>445</v>
       </c>
       <c r="D221" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E221">
         <v>10</v>
       </c>
       <c r="F221">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>1575</v>
       </c>
       <c r="B222" t="s">
         <v>446</v>
       </c>
       <c r="C222" t="s" s="2">
         <v>447</v>
       </c>
       <c r="D222" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E222">
         <v>10</v>
       </c>
       <c r="F222">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>1967</v>
       </c>
       <c r="B223" t="s">
         <v>448</v>
       </c>
       <c r="C223" t="s" s="2">
         <v>449</v>
       </c>
       <c r="D223" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E223">
         <v>10</v>
       </c>
       <c r="F223">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>2261</v>
       </c>
       <c r="B224" t="s">
         <v>450</v>
       </c>
       <c r="C224" t="s" s="2">
         <v>451</v>
       </c>
       <c r="D224" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E224">
         <v>10</v>
       </c>
       <c r="F224">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>1391</v>
       </c>
       <c r="B225" t="s">
         <v>452</v>
       </c>
       <c r="C225" t="s" s="2">
         <v>453</v>
       </c>
       <c r="D225" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E225">
         <v>10</v>
       </c>
       <c r="F225">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>1393</v>
       </c>
       <c r="B226" t="s">
         <v>454</v>
       </c>
       <c r="C226" t="s" s="2">
         <v>455</v>
       </c>
       <c r="D226" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E226">
         <v>10</v>
       </c>
       <c r="F226">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>785</v>
       </c>
       <c r="B227" t="s">
         <v>456</v>
       </c>
       <c r="C227" t="s" s="2">
         <v>457</v>
       </c>
       <c r="D227" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E227">
         <v>10</v>
       </c>
       <c r="F227">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>787</v>
       </c>
       <c r="B228" t="s">
         <v>458</v>
       </c>
       <c r="C228" t="s" s="2">
         <v>459</v>
       </c>
       <c r="D228" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E228">
         <v>10</v>
       </c>
       <c r="F228">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>789</v>
       </c>
       <c r="B229" t="s">
         <v>460</v>
       </c>
       <c r="C229" t="s" s="2">
         <v>461</v>
       </c>
       <c r="D229" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E229">
         <v>10</v>
       </c>
       <c r="F229">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>1577</v>
       </c>
       <c r="B230" t="s">
         <v>462</v>
       </c>
       <c r="C230" t="s" s="2">
         <v>463</v>
       </c>
       <c r="D230" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E230">
         <v>25</v>
       </c>
       <c r="F230">
         <v>22</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>1395</v>
       </c>
       <c r="B231" t="s">
         <v>464</v>
       </c>
       <c r="C231" t="s" s="2">
         <v>465</v>
       </c>
       <c r="D231" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E231">
         <v>10</v>
       </c>
       <c r="F231">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>791</v>
       </c>
       <c r="B232" t="s">
         <v>466</v>
       </c>
       <c r="C232" t="s" s="2">
         <v>467</v>
       </c>
       <c r="D232" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E232">
         <v>10</v>
       </c>
       <c r="F232">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>793</v>
       </c>
       <c r="B233" t="s">
         <v>468</v>
       </c>
       <c r="C233" t="s" s="2">
         <v>469</v>
       </c>
       <c r="D233" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E233">
         <v>20</v>
       </c>
       <c r="F233">
         <v>19</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>1969</v>
       </c>
       <c r="B234" t="s">
         <v>470</v>
       </c>
       <c r="C234" t="s" s="2">
         <v>471</v>
       </c>
       <c r="D234" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E234">
         <v>10</v>
       </c>
       <c r="F234">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>2263</v>
       </c>
       <c r="B235" t="s">
         <v>472</v>
       </c>
       <c r="C235" t="s" s="2">
         <v>473</v>
       </c>
       <c r="D235" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E235">
         <v>4</v>
       </c>
       <c r="F235">
         <v>4</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>1165</v>
       </c>
       <c r="B236" t="s">
         <v>474</v>
       </c>
       <c r="C236" t="s" s="2">
         <v>475</v>
       </c>
       <c r="D236" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E236">
         <v>10</v>
       </c>
       <c r="F236">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>1579</v>
       </c>
       <c r="B237" t="s">
         <v>476</v>
       </c>
       <c r="C237" t="s" s="2">
         <v>477</v>
       </c>
       <c r="D237" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E237">
         <v>10</v>
       </c>
       <c r="F237">
         <v>9</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>2265</v>
       </c>
       <c r="B238" t="s">
         <v>478</v>
       </c>
       <c r="C238" t="s" s="2">
         <v>479</v>
       </c>
       <c r="D238" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E238">
         <v>10</v>
       </c>
       <c r="F238">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>1239</v>
       </c>
       <c r="B239" t="s">
         <v>480</v>
       </c>
       <c r="C239" t="s" s="2">
         <v>481</v>
       </c>
       <c r="D239" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E239">
         <v>18</v>
       </c>
       <c r="F239">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>1397</v>
       </c>
       <c r="B240" t="s">
         <v>482</v>
       </c>
       <c r="C240" t="s" s="2">
         <v>483</v>
       </c>
       <c r="D240" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E240">
         <v>10</v>
       </c>
       <c r="F240">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>795</v>
       </c>
       <c r="B241" t="s">
         <v>484</v>
       </c>
       <c r="C241" t="s" s="2">
         <v>485</v>
       </c>
       <c r="D241" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E241">
         <v>57</v>
       </c>
       <c r="F241">
         <v>51</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>2151</v>
       </c>
       <c r="B242" t="s">
         <v>486</v>
       </c>
       <c r="C242" t="s" s="2">
         <v>487</v>
       </c>
       <c r="D242" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E242">
         <v>36</v>
       </c>
       <c r="F242">
         <v>29</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>1979</v>
       </c>
       <c r="B243" t="s">
         <v>488</v>
       </c>
       <c r="C243" t="s" s="2">
         <v>489</v>
       </c>
       <c r="D243" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E243">
         <v>10</v>
       </c>
       <c r="F243">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>1581</v>
       </c>
       <c r="B244" t="s">
         <v>490</v>
       </c>
       <c r="C244" t="s" s="2">
         <v>491</v>
       </c>
       <c r="D244" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E244">
         <v>10</v>
       </c>
       <c r="F244">
         <v>9</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>799</v>
       </c>
       <c r="B245" t="s">
         <v>492</v>
       </c>
       <c r="C245" t="s" s="2">
         <v>493</v>
       </c>
       <c r="D245" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E245">
         <v>10</v>
       </c>
       <c r="F245">
         <v>9</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>801</v>
       </c>
       <c r="B246" t="s">
         <v>494</v>
       </c>
       <c r="C246" t="s" s="2">
         <v>495</v>
       </c>
       <c r="D246" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E246">
         <v>10</v>
       </c>
       <c r="F246">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>803</v>
       </c>
       <c r="B247" t="s">
         <v>496</v>
       </c>
       <c r="C247" t="s" s="2">
         <v>497</v>
       </c>
       <c r="D247" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E247">
         <v>10</v>
       </c>
       <c r="F247">
         <v>9</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>1399</v>
       </c>
       <c r="B248" t="s">
         <v>498</v>
       </c>
       <c r="C248" t="s" s="2">
         <v>499</v>
       </c>
       <c r="D248" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E248">
         <v>10</v>
       </c>
       <c r="F248">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>2267</v>
       </c>
       <c r="B249" t="s">
         <v>500</v>
       </c>
       <c r="C249" t="s" s="2">
         <v>501</v>
       </c>
       <c r="D249" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E249">
         <v>10</v>
       </c>
       <c r="F249">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>1167</v>
       </c>
       <c r="B250" t="s">
         <v>502</v>
       </c>
       <c r="C250" t="s" s="2">
         <v>503</v>
       </c>
       <c r="D250" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E250">
         <v>10</v>
       </c>
       <c r="F250">
         <v>9</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>805</v>
       </c>
       <c r="B251" t="s">
         <v>504</v>
       </c>
       <c r="C251" t="s" s="2">
         <v>505</v>
       </c>
       <c r="D251" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E251">
         <v>20</v>
       </c>
       <c r="F251">
         <v>20</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>807</v>
       </c>
       <c r="B252" t="s">
         <v>506</v>
       </c>
       <c r="C252" t="s" s="2">
         <v>507</v>
       </c>
       <c r="D252" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E252">
         <v>10</v>
       </c>
       <c r="F252">
         <v>9</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>809</v>
       </c>
       <c r="B253" t="s">
         <v>508</v>
       </c>
       <c r="C253" t="s" s="2">
         <v>509</v>
       </c>
       <c r="D253" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E253">
         <v>10</v>
       </c>
       <c r="F253">
         <v>9</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>1401</v>
       </c>
       <c r="B254" t="s">
         <v>510</v>
       </c>
       <c r="C254" t="s" s="2">
         <v>511</v>
       </c>
       <c r="D254" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E254">
         <v>10</v>
       </c>
       <c r="F254">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>1583</v>
       </c>
       <c r="B255" t="s">
         <v>512</v>
       </c>
       <c r="C255" t="s" s="2">
         <v>513</v>
       </c>
       <c r="D255" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E255">
         <v>10</v>
       </c>
       <c r="F255">
         <v>9</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>2105</v>
       </c>
       <c r="B256" t="s">
         <v>514</v>
       </c>
       <c r="C256" t="s" s="2">
         <v>515</v>
       </c>
       <c r="D256" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E256">
         <v>10</v>
       </c>
       <c r="F256">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>2271</v>
       </c>
       <c r="B257" t="s">
         <v>516</v>
       </c>
       <c r="C257" t="s" s="2">
         <v>517</v>
       </c>
       <c r="D257" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E257">
         <v>1</v>
       </c>
       <c r="F257">
         <v>1</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>2273</v>
       </c>
       <c r="B258" t="s">
         <v>518</v>
       </c>
       <c r="C258" t="s" s="2">
         <v>519</v>
       </c>
       <c r="D258" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E258">
         <v>4</v>
       </c>
       <c r="F258">
         <v>4</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>1585</v>
       </c>
       <c r="B259" t="s">
         <v>520</v>
       </c>
       <c r="C259" t="s" s="2">
         <v>521</v>
       </c>
       <c r="D259" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E259">
         <v>20</v>
       </c>
       <c r="F259">
         <v>19</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>811</v>
       </c>
       <c r="B260" t="s">
         <v>522</v>
       </c>
       <c r="C260" t="s" s="2">
         <v>523</v>
       </c>
       <c r="D260" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E260">
         <v>10</v>
       </c>
       <c r="F260">
         <v>9</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>813</v>
       </c>
       <c r="B261" t="s">
         <v>524</v>
       </c>
       <c r="C261" t="s" s="2">
         <v>525</v>
       </c>
       <c r="D261" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E261">
         <v>10</v>
       </c>
       <c r="F261">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>1983</v>
       </c>
       <c r="B262" t="s">
         <v>526</v>
       </c>
       <c r="C262" t="s" s="2">
         <v>527</v>
       </c>
       <c r="D262" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E262">
         <v>10</v>
       </c>
       <c r="F262">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>1403</v>
       </c>
       <c r="B263" t="s">
         <v>528</v>
       </c>
       <c r="C263" t="s" s="2">
         <v>529</v>
       </c>
       <c r="D263" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E263">
         <v>10</v>
       </c>
       <c r="F263">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>2275</v>
       </c>
       <c r="B264" t="s">
         <v>530</v>
       </c>
       <c r="C264" t="s" s="2">
         <v>531</v>
       </c>
       <c r="D264" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E264">
         <v>10</v>
       </c>
       <c r="F264">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>815</v>
       </c>
       <c r="B265" t="s">
         <v>532</v>
       </c>
       <c r="C265" t="s" s="2">
         <v>533</v>
       </c>
       <c r="D265" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E265">
         <v>30</v>
       </c>
       <c r="F265">
         <v>17</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>817</v>
       </c>
       <c r="B266" t="s">
         <v>534</v>
       </c>
       <c r="C266" t="s" s="2">
         <v>535</v>
       </c>
       <c r="D266" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E266">
         <v>30</v>
       </c>
       <c r="F266">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
         <v>819</v>
       </c>
       <c r="B267" t="s">
         <v>536</v>
       </c>
       <c r="C267" t="s" s="2">
         <v>537</v>
       </c>
       <c r="D267" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E267">
         <v>20</v>
       </c>
       <c r="F267">
         <v>20</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
         <v>1587</v>
       </c>
       <c r="B268" t="s">
         <v>538</v>
       </c>
       <c r="C268" t="s" s="2">
         <v>539</v>
       </c>
       <c r="D268" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E268">
         <v>10</v>
       </c>
       <c r="F268">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>1405</v>
       </c>
       <c r="B269" t="s">
         <v>540</v>
       </c>
       <c r="C269" t="s" s="2">
         <v>541</v>
       </c>
       <c r="D269" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E269">
         <v>10</v>
       </c>
       <c r="F269">
         <v>9</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
         <v>1985</v>
       </c>
       <c r="B270" t="s">
         <v>542</v>
       </c>
       <c r="C270" t="s" s="2">
         <v>543</v>
       </c>
       <c r="D270" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E270">
         <v>10</v>
       </c>
       <c r="F270">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>2277</v>
       </c>
       <c r="B271" t="s">
         <v>544</v>
       </c>
       <c r="C271" t="s" s="2">
         <v>545</v>
       </c>
       <c r="D271" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E271">
         <v>10</v>
       </c>
       <c r="F271">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>821</v>
       </c>
       <c r="B272" t="s">
         <v>546</v>
       </c>
       <c r="C272" t="s" s="2">
         <v>547</v>
       </c>
       <c r="D272" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E272">
         <v>10</v>
       </c>
       <c r="F272">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>823</v>
       </c>
       <c r="B273" t="s">
         <v>548</v>
       </c>
       <c r="C273" t="s" s="2">
         <v>549</v>
       </c>
       <c r="D273" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E273">
         <v>10</v>
       </c>
       <c r="F273">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
         <v>825</v>
       </c>
       <c r="B274" t="s">
         <v>550</v>
       </c>
       <c r="C274" t="s" s="2">
         <v>551</v>
       </c>
       <c r="D274" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E274">
         <v>10</v>
       </c>
       <c r="F274">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>1589</v>
       </c>
       <c r="B275" t="s">
         <v>552</v>
       </c>
       <c r="C275" t="s" s="2">
         <v>553</v>
       </c>
       <c r="D275" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E275">
         <v>10</v>
       </c>
       <c r="F275">
         <v>8</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>1407</v>
       </c>
       <c r="B276" t="s">
         <v>554</v>
       </c>
       <c r="C276" t="s" s="2">
         <v>555</v>
       </c>
       <c r="D276" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E276">
         <v>10</v>
       </c>
       <c r="F276">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>1591</v>
       </c>
       <c r="B277" t="s">
         <v>556</v>
       </c>
       <c r="C277" t="s" s="2">
         <v>557</v>
       </c>
       <c r="D277" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E277">
         <v>10</v>
       </c>
       <c r="F277">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>1987</v>
       </c>
       <c r="B278" t="s">
         <v>558</v>
       </c>
       <c r="C278" t="s" s="2">
         <v>559</v>
       </c>
       <c r="D278" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E278">
         <v>1</v>
       </c>
       <c r="F278">
         <v>1</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>827</v>
       </c>
       <c r="B279" t="s">
         <v>560</v>
       </c>
       <c r="C279" t="s" s="2">
         <v>561</v>
       </c>
       <c r="D279" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E279">
         <v>10</v>
       </c>
       <c r="F279">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
         <v>831</v>
       </c>
       <c r="B280" t="s">
         <v>562</v>
       </c>
       <c r="C280" t="s" s="2">
         <v>563</v>
       </c>
       <c r="D280" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E280">
         <v>10</v>
       </c>
       <c r="F280">
         <v>9</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
         <v>833</v>
       </c>
       <c r="B281" t="s">
         <v>564</v>
       </c>
       <c r="C281" t="s" s="2">
         <v>565</v>
       </c>
       <c r="D281" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E281">
         <v>10</v>
       </c>
       <c r="F281">
         <v>9</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
         <v>1409</v>
       </c>
       <c r="B282" t="s">
         <v>566</v>
       </c>
       <c r="C282" t="s" s="2">
         <v>567</v>
       </c>
       <c r="D282" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E282">
         <v>10</v>
       </c>
       <c r="F282">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
         <v>1989</v>
       </c>
       <c r="B283" t="s">
         <v>568</v>
       </c>
       <c r="C283" t="s" s="2">
         <v>569</v>
       </c>
       <c r="D283" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E283">
         <v>10</v>
       </c>
       <c r="F283">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>2281</v>
       </c>
       <c r="B284" t="s">
         <v>570</v>
       </c>
       <c r="C284" t="s" s="2">
         <v>571</v>
       </c>
       <c r="D284" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E284">
         <v>10</v>
       </c>
       <c r="F284">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
         <v>1593</v>
       </c>
       <c r="B285" t="s">
         <v>572</v>
       </c>
       <c r="C285" t="s" s="2">
         <v>573</v>
       </c>
       <c r="D285" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E285">
         <v>5</v>
       </c>
       <c r="F285">
         <v>5</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
         <v>835</v>
       </c>
       <c r="B286" t="s">
         <v>574</v>
       </c>
       <c r="C286" t="s" s="2">
         <v>575</v>
       </c>
       <c r="D286" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E286">
         <v>10</v>
       </c>
       <c r="F286">
         <v>9</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>837</v>
       </c>
       <c r="B287" t="s">
         <v>576</v>
       </c>
       <c r="C287" t="s" s="2">
         <v>577</v>
       </c>
       <c r="D287" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E287">
         <v>10</v>
       </c>
       <c r="F287">
         <v>9</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
         <v>839</v>
       </c>
       <c r="B288" t="s">
         <v>578</v>
       </c>
       <c r="C288" t="s" s="2">
         <v>579</v>
       </c>
       <c r="D288" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E288">
         <v>10</v>
       </c>
       <c r="F288">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
         <v>841</v>
       </c>
       <c r="B289" t="s">
         <v>580</v>
       </c>
       <c r="C289" t="s" s="2">
         <v>581</v>
       </c>
       <c r="D289" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E289">
         <v>10</v>
       </c>
       <c r="F289">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
         <v>1595</v>
       </c>
       <c r="B290" t="s">
         <v>582</v>
       </c>
       <c r="C290" t="s" s="2">
         <v>583</v>
       </c>
       <c r="D290" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E290">
         <v>10</v>
       </c>
       <c r="F290">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
         <v>1411</v>
       </c>
       <c r="B291" t="s">
         <v>584</v>
       </c>
       <c r="C291" t="s" s="2">
         <v>585</v>
       </c>
       <c r="D291" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E291">
         <v>10</v>
       </c>
       <c r="F291">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
         <v>1991</v>
       </c>
       <c r="B292" t="s">
         <v>586</v>
       </c>
       <c r="C292" t="s" s="2">
         <v>587</v>
       </c>
       <c r="D292" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E292">
         <v>4</v>
       </c>
       <c r="F292">
         <v>4</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
         <v>843</v>
       </c>
       <c r="B293" t="s">
         <v>588</v>
       </c>
       <c r="C293" t="s" s="2">
         <v>589</v>
       </c>
       <c r="D293" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E293">
         <v>10</v>
       </c>
       <c r="F293">
         <v>9</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
         <v>845</v>
       </c>
       <c r="B294" t="s">
         <v>590</v>
       </c>
       <c r="C294" t="s" s="2">
         <v>591</v>
       </c>
       <c r="D294" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E294">
         <v>10</v>
       </c>
       <c r="F294">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
         <v>847</v>
       </c>
       <c r="B295" t="s">
         <v>592</v>
       </c>
       <c r="C295" t="s" s="2">
         <v>593</v>
       </c>
       <c r="D295" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E295">
         <v>10</v>
       </c>
       <c r="F295">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
         <v>1993</v>
       </c>
       <c r="B296" t="s">
         <v>594</v>
       </c>
       <c r="C296" t="s" s="2">
         <v>595</v>
       </c>
       <c r="D296" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E296">
         <v>10</v>
       </c>
       <c r="F296">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
         <v>1995</v>
       </c>
       <c r="B297" t="s">
         <v>596</v>
       </c>
       <c r="C297" t="s" s="2">
         <v>597</v>
       </c>
       <c r="D297" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E297">
         <v>90</v>
       </c>
       <c r="F297">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
         <v>1597</v>
       </c>
       <c r="B298" t="s">
         <v>598</v>
       </c>
       <c r="C298" t="s" s="2">
         <v>599</v>
       </c>
       <c r="D298" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E298">
         <v>10</v>
       </c>
       <c r="F298">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
         <v>1169</v>
       </c>
       <c r="B299" t="s">
         <v>600</v>
       </c>
       <c r="C299" t="s" s="2">
         <v>601</v>
       </c>
       <c r="D299" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E299">
         <v>10</v>
       </c>
       <c r="F299">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
         <v>849</v>
       </c>
       <c r="B300" t="s">
         <v>602</v>
       </c>
       <c r="C300" t="s" s="2">
         <v>603</v>
       </c>
       <c r="D300" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E300">
         <v>10</v>
       </c>
       <c r="F300">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
         <v>1219</v>
       </c>
       <c r="B301" t="s">
         <v>604</v>
       </c>
       <c r="C301" t="s" s="2">
         <v>605</v>
       </c>
       <c r="D301" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E301">
         <v>10</v>
       </c>
       <c r="F301">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
         <v>1413</v>
       </c>
       <c r="B302" t="s">
         <v>606</v>
       </c>
       <c r="C302" t="s" s="2">
         <v>607</v>
       </c>
       <c r="D302" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E302">
         <v>10</v>
       </c>
       <c r="F302">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
         <v>1115</v>
       </c>
       <c r="B303" t="s">
         <v>608</v>
       </c>
       <c r="C303" t="s" s="2">
         <v>609</v>
       </c>
       <c r="D303" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E303">
         <v>10</v>
       </c>
       <c r="F303">
         <v>8</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
         <v>1171</v>
       </c>
       <c r="B304" t="s">
         <v>610</v>
       </c>
       <c r="C304" t="s" s="2">
         <v>611</v>
       </c>
       <c r="D304" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E304">
         <v>5</v>
       </c>
       <c r="F304">
         <v>5</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
         <v>1599</v>
       </c>
       <c r="B305" t="s">
         <v>612</v>
       </c>
       <c r="C305" t="s" s="2">
         <v>613</v>
       </c>
       <c r="D305" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E305">
         <v>10</v>
       </c>
       <c r="F305">
         <v>8</v>
       </c>
     </row>
     <row r="306">
       <c r="A306">
         <v>851</v>
       </c>
       <c r="B306" t="s">
         <v>614</v>
       </c>
       <c r="C306" t="s" s="2">
         <v>615</v>
       </c>
       <c r="D306" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E306">
         <v>20</v>
       </c>
       <c r="F306">
         <v>20</v>
       </c>
     </row>
     <row r="307">
       <c r="A307">
         <v>853</v>
       </c>
       <c r="B307" t="s">
         <v>616</v>
       </c>
       <c r="C307" t="s" s="2">
         <v>617</v>
       </c>
       <c r="D307" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E307">
         <v>10</v>
       </c>
       <c r="F307">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308">
         <v>855</v>
       </c>
       <c r="B308" t="s">
         <v>618</v>
       </c>
       <c r="C308" t="s" s="2">
         <v>619</v>
       </c>
       <c r="D308" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E308">
         <v>10</v>
       </c>
       <c r="F308">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309">
         <v>1415</v>
       </c>
       <c r="B309" t="s">
         <v>620</v>
       </c>
       <c r="C309" t="s" s="2">
         <v>621</v>
       </c>
       <c r="D309" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E309">
         <v>10</v>
       </c>
       <c r="F309">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310">
         <v>2295</v>
       </c>
       <c r="B310" t="s">
         <v>622</v>
       </c>
       <c r="C310" t="s" s="2">
         <v>623</v>
       </c>
       <c r="D310" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E310">
         <v>10</v>
       </c>
       <c r="F310">
         <v>8</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
         <v>2297</v>
       </c>
       <c r="B311" t="s">
         <v>624</v>
       </c>
       <c r="C311" t="s" s="2">
         <v>625</v>
       </c>
       <c r="D311" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E311">
         <v>10</v>
       </c>
       <c r="F311">
         <v>8</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
         <v>1173</v>
       </c>
       <c r="B312" t="s">
         <v>626</v>
       </c>
       <c r="C312" t="s" s="2">
         <v>627</v>
       </c>
       <c r="D312" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E312">
         <v>10</v>
       </c>
       <c r="F312">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
         <v>2299</v>
       </c>
       <c r="B313" t="s">
         <v>628</v>
       </c>
       <c r="C313" t="s" s="2">
         <v>629</v>
       </c>
       <c r="D313" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E313">
         <v>10</v>
       </c>
       <c r="F313">
         <v>8</v>
       </c>
     </row>
     <row r="314">
       <c r="A314">
         <v>1601</v>
       </c>
       <c r="B314" t="s">
         <v>630</v>
       </c>
       <c r="C314" t="s" s="2">
         <v>631</v>
       </c>
       <c r="D314" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E314">
         <v>10</v>
       </c>
       <c r="F314">
         <v>9</v>
       </c>
     </row>
     <row r="315">
       <c r="A315">
         <v>2195</v>
       </c>
       <c r="B315" t="s">
         <v>632</v>
       </c>
       <c r="C315" t="s" s="2">
         <v>633</v>
       </c>
       <c r="D315" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E315">
         <v>18</v>
       </c>
       <c r="F315">
         <v>18</v>
       </c>
     </row>
     <row r="316">
       <c r="A316">
         <v>857</v>
       </c>
       <c r="B316" t="s">
         <v>634</v>
       </c>
       <c r="C316" t="s" s="2">
         <v>635</v>
       </c>
       <c r="D316" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E316">
         <v>10</v>
       </c>
       <c r="F316">
         <v>9</v>
       </c>
     </row>
     <row r="317">
       <c r="A317">
         <v>1417</v>
       </c>
       <c r="B317" t="s">
         <v>636</v>
       </c>
       <c r="C317" t="s" s="2">
         <v>637</v>
       </c>
       <c r="D317" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E317">
         <v>10</v>
       </c>
       <c r="F317">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318">
         <v>1185</v>
       </c>
       <c r="B318" t="s">
         <v>638</v>
       </c>
       <c r="C318" t="s" s="2">
         <v>639</v>
       </c>
       <c r="D318" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E318">
         <v>10</v>
       </c>
       <c r="F318">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319">
         <v>859</v>
       </c>
       <c r="B319" t="s">
         <v>640</v>
       </c>
       <c r="C319" t="s" s="2">
         <v>641</v>
       </c>
       <c r="D319" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E319">
         <v>10</v>
       </c>
       <c r="F319">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320">
         <v>861</v>
       </c>
       <c r="B320" t="s">
         <v>642</v>
       </c>
       <c r="C320" t="s" s="2">
         <v>643</v>
       </c>
       <c r="D320" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E320">
         <v>10</v>
       </c>
       <c r="F320">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321">
         <v>863</v>
       </c>
       <c r="B321" t="s">
         <v>644</v>
       </c>
       <c r="C321" t="s" s="2">
         <v>645</v>
       </c>
       <c r="D321" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E321">
         <v>10</v>
       </c>
       <c r="F321">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322">
         <v>1603</v>
       </c>
       <c r="B322" t="s">
         <v>646</v>
       </c>
       <c r="C322" t="s" s="2">
         <v>647</v>
       </c>
       <c r="D322" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E322">
         <v>10</v>
       </c>
       <c r="F322">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323">
         <v>2301</v>
       </c>
       <c r="B323" t="s">
         <v>648</v>
       </c>
       <c r="C323" t="s" s="2">
         <v>649</v>
       </c>
       <c r="D323" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E323">
         <v>10</v>
       </c>
       <c r="F323">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324">
         <v>1419</v>
       </c>
       <c r="B324" t="s">
         <v>650</v>
       </c>
       <c r="C324" t="s" s="2">
         <v>651</v>
       </c>
       <c r="D324" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E324">
         <v>10</v>
       </c>
       <c r="F324">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325">
         <v>865</v>
       </c>
       <c r="B325" t="s">
         <v>652</v>
       </c>
       <c r="C325" t="s" s="2">
         <v>653</v>
       </c>
       <c r="D325" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E325">
         <v>20</v>
       </c>
       <c r="F325">
         <v>17</v>
       </c>
     </row>
     <row r="326">
       <c r="A326">
         <v>1421</v>
       </c>
       <c r="B326" t="s">
         <v>654</v>
       </c>
       <c r="C326" t="s" s="2">
         <v>655</v>
       </c>
       <c r="D326" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E326">
         <v>10</v>
       </c>
       <c r="F326">
         <v>9</v>
       </c>
     </row>
     <row r="327">
       <c r="A327">
         <v>1605</v>
       </c>
       <c r="B327" t="s">
         <v>656</v>
       </c>
       <c r="C327" t="s" s="2">
         <v>657</v>
       </c>
       <c r="D327" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E327">
         <v>1</v>
       </c>
       <c r="F327">
         <v>1</v>
       </c>
     </row>
     <row r="328">
       <c r="A328">
         <v>1607</v>
       </c>
       <c r="B328" t="s">
         <v>658</v>
       </c>
       <c r="C328" t="s" s="2">
         <v>659</v>
       </c>
       <c r="D328" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E328">
         <v>1</v>
       </c>
       <c r="F328">
         <v>1</v>
       </c>
     </row>
     <row r="329">
       <c r="A329">
         <v>1609</v>
       </c>
       <c r="B329" t="s">
         <v>660</v>
       </c>
       <c r="C329" t="s" s="2">
         <v>661</v>
       </c>
       <c r="D329" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E329">
         <v>10</v>
       </c>
       <c r="F329">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330">
         <v>1187</v>
       </c>
       <c r="B330" t="s">
         <v>662</v>
       </c>
       <c r="C330" t="s" s="2">
         <v>663</v>
       </c>
       <c r="D330" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E330">
         <v>10</v>
       </c>
       <c r="F330">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331">
         <v>2303</v>
       </c>
       <c r="B331" t="s">
         <v>664</v>
       </c>
       <c r="C331" t="s" s="2">
         <v>665</v>
       </c>
       <c r="D331" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E331">
         <v>5</v>
       </c>
       <c r="F331">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332">
         <v>1423</v>
       </c>
       <c r="B332" t="s">
         <v>666</v>
       </c>
       <c r="C332" t="s" s="2">
         <v>667</v>
       </c>
       <c r="D332" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E332">
         <v>10</v>
       </c>
       <c r="F332">
         <v>9</v>
       </c>
     </row>
     <row r="333">
       <c r="A333">
         <v>1611</v>
       </c>
       <c r="B333" t="s">
         <v>668</v>
       </c>
       <c r="C333" t="s" s="2">
         <v>669</v>
       </c>
       <c r="D333" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E333">
         <v>3</v>
       </c>
       <c r="F333">
         <v>3</v>
       </c>
     </row>
     <row r="334">
       <c r="A334">
         <v>1189</v>
       </c>
       <c r="B334" t="s">
         <v>670</v>
       </c>
       <c r="C334" t="s" s="2">
         <v>671</v>
       </c>
       <c r="D334" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E334">
         <v>10</v>
       </c>
       <c r="F334">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335">
         <v>1425</v>
       </c>
       <c r="B335" t="s">
         <v>672</v>
       </c>
       <c r="C335" t="s" s="2">
         <v>673</v>
       </c>
       <c r="D335" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E335">
         <v>10</v>
       </c>
       <c r="F335">
         <v>9</v>
       </c>
     </row>
     <row r="336">
       <c r="A336">
         <v>2305</v>
       </c>
       <c r="B336" t="s">
         <v>674</v>
       </c>
       <c r="C336" t="s" s="2">
         <v>675</v>
       </c>
       <c r="D336" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E336">
         <v>3</v>
       </c>
       <c r="F336">
         <v>3</v>
       </c>
     </row>
     <row r="337">
       <c r="A337">
         <v>1117</v>
       </c>
       <c r="B337" t="s">
         <v>676</v>
       </c>
       <c r="C337" t="s" s="2">
         <v>677</v>
       </c>
       <c r="D337" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E337">
         <v>5</v>
       </c>
       <c r="F337">
         <v>5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338">
         <v>1613</v>
       </c>
       <c r="B338" t="s">
         <v>678</v>
       </c>
       <c r="C338" t="s" s="2">
         <v>679</v>
       </c>
       <c r="D338" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E338">
         <v>10</v>
       </c>
       <c r="F338">
         <v>9</v>
       </c>
     </row>
     <row r="339">
       <c r="A339">
         <v>1099</v>
       </c>
       <c r="B339" t="s">
         <v>680</v>
       </c>
       <c r="C339" t="s" s="2">
         <v>681</v>
       </c>
       <c r="D339" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E339">
         <v>10</v>
       </c>
       <c r="F339">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340">
         <v>1427</v>
       </c>
       <c r="B340" t="s">
         <v>682</v>
       </c>
       <c r="C340" t="s" s="2">
         <v>683</v>
       </c>
       <c r="D340" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E340">
         <v>10</v>
       </c>
       <c r="F340">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341">
         <v>2307</v>
       </c>
       <c r="B341" t="s">
         <v>684</v>
       </c>
       <c r="C341" t="s" s="2">
         <v>685</v>
       </c>
       <c r="D341" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E341">
         <v>10</v>
       </c>
       <c r="F341">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="342">
       <c r="A342">
         <v>867</v>
       </c>
       <c r="B342" t="s">
         <v>686</v>
       </c>
       <c r="C342" t="s" s="2">
         <v>687</v>
       </c>
       <c r="D342" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E342">
         <v>10</v>
       </c>
       <c r="F342">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343">
         <v>869</v>
       </c>
       <c r="B343" t="s">
         <v>688</v>
       </c>
       <c r="C343" t="s" s="2">
         <v>689</v>
       </c>
       <c r="D343" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E343">
         <v>30</v>
       </c>
       <c r="F343">
         <v>19</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
         <v>1121</v>
       </c>
       <c r="B344" t="s">
         <v>690</v>
       </c>
       <c r="C344" t="s" s="2">
         <v>691</v>
       </c>
       <c r="D344" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E344">
         <v>10</v>
       </c>
       <c r="F344">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="345">
       <c r="A345">
         <v>1193</v>
       </c>
       <c r="B345" t="s">
         <v>692</v>
       </c>
       <c r="C345" t="s" s="2">
         <v>693</v>
       </c>
       <c r="D345" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E345">
         <v>5</v>
       </c>
       <c r="F345">
         <v>5</v>
       </c>
     </row>
     <row r="346">
       <c r="A346">
         <v>1429</v>
       </c>
       <c r="B346" t="s">
         <v>694</v>
       </c>
       <c r="C346" t="s" s="2">
         <v>695</v>
       </c>
       <c r="D346" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E346">
         <v>10</v>
       </c>
       <c r="F346">
         <v>8</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
         <v>1615</v>
       </c>
       <c r="B347" t="s">
         <v>696</v>
       </c>
       <c r="C347" t="s" s="2">
         <v>697</v>
       </c>
       <c r="D347" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E347">
         <v>10</v>
       </c>
       <c r="F347">
         <v>9</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
         <v>1997</v>
       </c>
       <c r="B348" t="s">
         <v>698</v>
       </c>
       <c r="C348" t="s" s="2">
         <v>699</v>
       </c>
       <c r="D348" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E348">
         <v>10</v>
       </c>
       <c r="F348">
         <v>9</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
         <v>1617</v>
       </c>
       <c r="B349" t="s">
         <v>700</v>
       </c>
       <c r="C349" t="s" s="2">
         <v>701</v>
       </c>
       <c r="D349" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E349">
         <v>10</v>
       </c>
       <c r="F349">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
         <v>871</v>
       </c>
       <c r="B350" t="s">
         <v>702</v>
       </c>
       <c r="C350" t="s" s="2">
         <v>703</v>
       </c>
       <c r="D350" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E350">
         <v>10</v>
       </c>
       <c r="F350">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
         <v>873</v>
       </c>
       <c r="B351" t="s">
         <v>704</v>
       </c>
       <c r="C351" t="s" s="2">
         <v>705</v>
       </c>
       <c r="D351" s="3">
-        <v>45974.791145833</v>
+        <v>46051.739988426</v>
       </c>
       <c r="E351">
         <v>10</v>
       </c>
       <c r="F351">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="352">
       <c r="A352">
         <v>875</v>
       </c>
       <c r="B352" t="s">
         <v>706</v>
       </c>
       <c r="C352" t="s" s="2">
         <v>707</v>
       </c>
       <c r="D352" s="3">
-        <v>45987.354293981</v>
+        <v>46051.739988426</v>
       </c>
       <c r="E352">
         <v>10</v>
       </c>
       <c r="F352">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="353">
       <c r="A353">
         <v>1195</v>
       </c>
       <c r="B353" t="s">
         <v>708</v>
       </c>
       <c r="C353" t="s" s="2">
         <v>709</v>
       </c>
       <c r="D353" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E353">
         <v>10</v>
       </c>
       <c r="F353">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="354">
       <c r="A354">
         <v>1431</v>
       </c>
       <c r="B354" t="s">
         <v>710</v>
       </c>
       <c r="C354" t="s" s="2">
         <v>711</v>
       </c>
       <c r="D354" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E354">
         <v>6</v>
       </c>
       <c r="F354">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="355">
       <c r="A355">
         <v>1999</v>
       </c>
       <c r="B355" t="s">
         <v>712</v>
       </c>
       <c r="C355" t="s" s="2">
         <v>713</v>
       </c>
       <c r="D355" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E355">
         <v>10</v>
       </c>
       <c r="F355">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="356">
       <c r="A356">
         <v>877</v>
       </c>
       <c r="B356" t="s">
         <v>714</v>
       </c>
       <c r="C356" t="s" s="2">
         <v>715</v>
       </c>
       <c r="D356" s="3">
-        <v>45987.354293981</v>
+        <v>46051.739988426</v>
       </c>
       <c r="E356">
         <v>10</v>
       </c>
       <c r="F356">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="357">
       <c r="A357">
         <v>1103</v>
       </c>
       <c r="B357" t="s">
         <v>716</v>
       </c>
       <c r="C357" t="s" s="2">
         <v>717</v>
       </c>
       <c r="D357" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E357">
         <v>10</v>
       </c>
       <c r="F357">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="358">
       <c r="A358">
         <v>1197</v>
       </c>
       <c r="B358" t="s">
         <v>718</v>
       </c>
       <c r="C358" t="s" s="2">
         <v>719</v>
       </c>
       <c r="D358" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E358">
         <v>10</v>
       </c>
       <c r="F358">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="359">
       <c r="A359">
         <v>1433</v>
       </c>
       <c r="B359" t="s">
         <v>720</v>
       </c>
       <c r="C359" t="s" s="2">
         <v>721</v>
       </c>
       <c r="D359" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E359">
         <v>10</v>
       </c>
       <c r="F359">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="360">
       <c r="A360">
         <v>1123</v>
       </c>
       <c r="B360" t="s">
         <v>722</v>
       </c>
       <c r="C360" t="s" s="2">
         <v>723</v>
       </c>
       <c r="D360" s="3">
-        <v>45987.354293981</v>
+        <v>46057.476597222</v>
       </c>
       <c r="E360">
         <v>10</v>
       </c>
       <c r="F360">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="361">
       <c r="A361">
         <v>2001</v>
       </c>
       <c r="B361" t="s">
         <v>724</v>
       </c>
       <c r="C361" t="s" s="2">
         <v>725</v>
       </c>
       <c r="D361" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E361">
         <v>10</v>
       </c>
       <c r="F361">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="362">
       <c r="A362">
         <v>879</v>
       </c>
       <c r="B362" t="s">
         <v>726</v>
       </c>
       <c r="C362" t="s" s="2">
         <v>727</v>
       </c>
       <c r="D362" s="3">
-        <v>45974.791145833</v>
+        <v>46051.739988426</v>
       </c>
       <c r="E362">
         <v>10</v>
       </c>
       <c r="F362">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
         <v>881</v>
       </c>
       <c r="B363" t="s">
         <v>728</v>
       </c>
       <c r="C363" t="s" s="2">
         <v>729</v>
       </c>
       <c r="D363" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E363">
         <v>10</v>
       </c>
       <c r="F363">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
         <v>1435</v>
       </c>
       <c r="B364" t="s">
         <v>730</v>
       </c>
       <c r="C364" t="s" s="2">
         <v>731</v>
       </c>
       <c r="D364" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E364">
         <v>10</v>
       </c>
       <c r="F364">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
         <v>1621</v>
       </c>
       <c r="B365" t="s">
         <v>732</v>
       </c>
       <c r="C365" t="s" s="2">
         <v>733</v>
       </c>
       <c r="D365" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E365">
         <v>50</v>
       </c>
       <c r="F365">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
         <v>2003</v>
       </c>
       <c r="B366" t="s">
         <v>734</v>
       </c>
       <c r="C366" t="s" s="2">
         <v>735</v>
       </c>
       <c r="D366" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E366">
         <v>20</v>
       </c>
       <c r="F366">
         <v>7</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
         <v>1125</v>
       </c>
       <c r="B367" t="s">
         <v>736</v>
       </c>
       <c r="C367" t="s" s="2">
         <v>737</v>
       </c>
       <c r="D367" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E367">
         <v>10</v>
       </c>
       <c r="F367">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="368">
       <c r="A368">
         <v>1241</v>
       </c>
       <c r="B368" t="s">
         <v>738</v>
       </c>
       <c r="C368" t="s" s="2">
         <v>739</v>
       </c>
       <c r="D368" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E368">
         <v>10</v>
       </c>
       <c r="F368">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="369">
       <c r="A369">
         <v>1437</v>
       </c>
       <c r="B369" t="s">
         <v>740</v>
       </c>
       <c r="C369" t="s" s="2">
         <v>741</v>
       </c>
       <c r="D369" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E369">
         <v>10</v>
       </c>
       <c r="F369">
         <v>7</v>
       </c>
     </row>
     <row r="370">
       <c r="A370">
         <v>1787</v>
       </c>
       <c r="B370" t="s">
         <v>742</v>
       </c>
       <c r="C370" t="s" s="2">
         <v>743</v>
       </c>
       <c r="D370" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E370">
         <v>10</v>
       </c>
       <c r="F370">
         <v>7</v>
       </c>
     </row>
     <row r="371">
       <c r="A371">
         <v>885</v>
       </c>
       <c r="B371" t="s">
         <v>744</v>
       </c>
       <c r="C371" t="s" s="2">
         <v>745</v>
       </c>
       <c r="D371" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E371">
         <v>10</v>
       </c>
       <c r="F371">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="372">
       <c r="A372">
         <v>887</v>
       </c>
       <c r="B372" t="s">
         <v>104</v>
       </c>
       <c r="C372" t="s" s="2">
         <v>746</v>
       </c>
       <c r="D372" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E372">
         <v>10</v>
       </c>
       <c r="F372">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="373">
       <c r="A373">
         <v>889</v>
       </c>
       <c r="B373" t="s">
         <v>747</v>
       </c>
       <c r="C373" t="s" s="2">
         <v>748</v>
       </c>
       <c r="D373" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E373">
         <v>10</v>
       </c>
       <c r="F373">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="374">
       <c r="A374">
         <v>1243</v>
       </c>
       <c r="B374" t="s">
         <v>749</v>
       </c>
       <c r="C374" t="s" s="2">
         <v>750</v>
       </c>
       <c r="D374" s="3">
-        <v>45974.791145833</v>
+        <v>46057.476597222</v>
       </c>
       <c r="E374">
         <v>5</v>
       </c>
       <c r="F374">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="375">
       <c r="A375">
         <v>897</v>
       </c>
       <c r="B375" t="s">
         <v>751</v>
       </c>
       <c r="C375" t="s" s="2">
         <v>752</v>
       </c>
       <c r="D375" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E375">
         <v>15</v>
       </c>
       <c r="F375">
         <v>15</v>
       </c>
     </row>
     <row r="376">
       <c r="A376">
         <v>899</v>
       </c>
       <c r="B376" t="s">
         <v>753</v>
       </c>
       <c r="C376" t="s" s="2">
         <v>754</v>
       </c>
       <c r="D376" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E376">
         <v>10</v>
       </c>
       <c r="F376">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="377">
       <c r="A377">
         <v>901</v>
       </c>
       <c r="B377" t="s">
         <v>755</v>
       </c>
       <c r="C377" t="s" s="2">
         <v>756</v>
       </c>
       <c r="D377" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E377">
         <v>10</v>
       </c>
       <c r="F377">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="378">
       <c r="A378">
         <v>903</v>
       </c>
       <c r="B378" t="s">
         <v>757</v>
       </c>
       <c r="C378" t="s" s="2">
         <v>758</v>
       </c>
       <c r="D378" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E378">
         <v>20</v>
       </c>
       <c r="F378">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="379">
       <c r="A379">
         <v>1451</v>
       </c>
       <c r="B379" t="s">
         <v>759</v>
       </c>
       <c r="C379" t="s" s="2">
         <v>760</v>
       </c>
       <c r="D379" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E379">
         <v>5</v>
       </c>
       <c r="F379">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="380">
       <c r="A380">
         <v>1835</v>
       </c>
       <c r="B380" t="s">
         <v>761</v>
       </c>
       <c r="C380" t="s" s="2">
         <v>762</v>
       </c>
       <c r="D380" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E380">
         <v>10</v>
       </c>
       <c r="F380">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="381">
       <c r="A381">
         <v>2007</v>
       </c>
       <c r="B381" t="s">
         <v>763</v>
       </c>
       <c r="C381" t="s" s="2">
         <v>764</v>
       </c>
       <c r="D381" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E381">
         <v>10</v>
       </c>
       <c r="F381">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="382">
       <c r="A382">
         <v>2311</v>
       </c>
       <c r="B382" t="s">
         <v>765</v>
       </c>
       <c r="C382" t="s" s="2">
         <v>766</v>
       </c>
       <c r="D382" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E382">
         <v>10</v>
       </c>
       <c r="F382">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="383">
       <c r="A383">
         <v>911</v>
       </c>
       <c r="B383" t="s">
         <v>767</v>
       </c>
       <c r="C383" t="s" s="2">
         <v>768</v>
       </c>
       <c r="D383" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E383">
         <v>10</v>
       </c>
       <c r="F383">
         <v>9</v>
       </c>
     </row>
     <row r="384">
       <c r="A384">
         <v>913</v>
       </c>
       <c r="B384" t="s">
         <v>769</v>
       </c>
       <c r="C384" t="s" s="2">
         <v>770</v>
       </c>
       <c r="D384" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E384">
         <v>10</v>
       </c>
       <c r="F384">
         <v>9</v>
       </c>
     </row>
     <row r="385">
       <c r="A385">
         <v>915</v>
       </c>
       <c r="B385" t="s">
         <v>771</v>
       </c>
       <c r="C385" t="s" s="2">
         <v>772</v>
       </c>
       <c r="D385" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E385">
         <v>10</v>
       </c>
       <c r="F385">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="386">
       <c r="A386">
         <v>943</v>
       </c>
       <c r="B386" t="s">
         <v>773</v>
       </c>
       <c r="C386" t="s" s="2">
         <v>774</v>
       </c>
       <c r="D386" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E386">
         <v>10</v>
       </c>
       <c r="F386">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="387">
       <c r="A387">
         <v>2011</v>
       </c>
       <c r="B387" t="s">
         <v>775</v>
       </c>
       <c r="C387" t="s" s="2">
         <v>776</v>
       </c>
       <c r="D387" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E387">
         <v>10</v>
       </c>
       <c r="F387">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="388">
       <c r="A388">
         <v>2313</v>
       </c>
       <c r="B388" t="s">
         <v>777</v>
       </c>
       <c r="C388" t="s" s="2">
         <v>778</v>
       </c>
       <c r="D388" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E388">
         <v>10</v>
       </c>
       <c r="F388">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="389">
       <c r="A389">
         <v>1247</v>
       </c>
       <c r="B389" t="s">
         <v>779</v>
       </c>
       <c r="C389" t="s" s="2">
         <v>780</v>
       </c>
       <c r="D389" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E389">
         <v>10</v>
       </c>
       <c r="F389">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="390">
       <c r="A390">
         <v>1455</v>
       </c>
       <c r="B390" t="s">
         <v>781</v>
       </c>
       <c r="C390" t="s" s="2">
         <v>782</v>
       </c>
       <c r="D390" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E390">
         <v>10</v>
       </c>
       <c r="F390">
         <v>8</v>
       </c>
     </row>
     <row r="391">
       <c r="A391">
         <v>1625</v>
       </c>
       <c r="B391" t="s">
         <v>783</v>
       </c>
       <c r="C391" t="s" s="2">
         <v>784</v>
       </c>
       <c r="D391" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E391">
         <v>10</v>
       </c>
       <c r="F391">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="392">
       <c r="A392">
         <v>2315</v>
       </c>
       <c r="B392" t="s">
         <v>785</v>
       </c>
       <c r="C392" t="s" s="2">
         <v>786</v>
       </c>
       <c r="D392" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E392">
         <v>5</v>
       </c>
       <c r="F392">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="393">
       <c r="A393">
         <v>917</v>
       </c>
       <c r="B393" t="s">
         <v>787</v>
       </c>
       <c r="C393" t="s" s="2">
         <v>788</v>
       </c>
       <c r="D393" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E393">
         <v>10</v>
       </c>
       <c r="F393">
         <v>9</v>
       </c>
     </row>
     <row r="394">
       <c r="A394">
         <v>919</v>
       </c>
       <c r="B394" t="s">
         <v>789</v>
       </c>
       <c r="C394" t="s" s="2">
         <v>790</v>
       </c>
       <c r="D394" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E394">
         <v>10</v>
       </c>
       <c r="F394">
         <v>9</v>
       </c>
     </row>
     <row r="395">
       <c r="A395">
         <v>921</v>
       </c>
       <c r="B395" t="s">
         <v>791</v>
       </c>
       <c r="C395" t="s" s="2">
         <v>792</v>
       </c>
       <c r="D395" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E395">
         <v>10</v>
       </c>
       <c r="F395">
         <v>9</v>
       </c>
     </row>
     <row r="396">
       <c r="A396">
         <v>923</v>
       </c>
       <c r="B396" t="s">
         <v>793</v>
       </c>
       <c r="C396" t="s" s="2">
         <v>794</v>
       </c>
       <c r="D396" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E396">
         <v>10</v>
       </c>
       <c r="F396">
         <v>9</v>
       </c>
     </row>
     <row r="397">
       <c r="A397">
         <v>1627</v>
       </c>
       <c r="B397" t="s">
         <v>795</v>
       </c>
       <c r="C397" t="s" s="2">
         <v>796</v>
       </c>
       <c r="D397" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E397">
         <v>10</v>
       </c>
       <c r="F397">
         <v>9</v>
       </c>
     </row>
     <row r="398">
       <c r="A398">
         <v>2013</v>
       </c>
       <c r="B398" t="s">
         <v>797</v>
       </c>
       <c r="C398" t="s" s="2">
         <v>798</v>
       </c>
       <c r="D398" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E398">
         <v>10</v>
       </c>
       <c r="F398">
         <v>9</v>
       </c>
     </row>
     <row r="399">
       <c r="A399">
         <v>2317</v>
       </c>
       <c r="B399" t="s">
         <v>799</v>
       </c>
       <c r="C399" t="s" s="2">
         <v>800</v>
       </c>
       <c r="D399" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E399">
         <v>10</v>
       </c>
       <c r="F399">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400">
         <v>1457</v>
       </c>
       <c r="B400"/>
       <c r="C400" t="s" s="2">
         <v>801</v>
       </c>
       <c r="D400" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E400">
         <v>10</v>
       </c>
       <c r="F400">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401">
         <v>1629</v>
       </c>
       <c r="B401" t="s">
         <v>802</v>
       </c>
       <c r="C401" t="s" s="2">
         <v>803</v>
       </c>
       <c r="D401" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E401">
         <v>10</v>
       </c>
       <c r="F401">
         <v>9</v>
       </c>
     </row>
     <row r="402">
       <c r="A402">
         <v>925</v>
       </c>
       <c r="B402" t="s">
         <v>804</v>
       </c>
       <c r="C402" t="s" s="2">
         <v>805</v>
       </c>
       <c r="D402" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E402">
         <v>10</v>
       </c>
       <c r="F402">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403">
         <v>927</v>
       </c>
       <c r="B403" t="s">
         <v>806</v>
       </c>
       <c r="C403" t="s" s="2">
         <v>807</v>
       </c>
       <c r="D403" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E403">
         <v>10</v>
       </c>
       <c r="F403">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404">
         <v>929</v>
       </c>
       <c r="B404" t="s">
         <v>808</v>
       </c>
       <c r="C404" t="s" s="2">
         <v>809</v>
       </c>
       <c r="D404" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E404">
         <v>10</v>
       </c>
       <c r="F404">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405">
         <v>931</v>
       </c>
       <c r="B405" t="s">
         <v>810</v>
       </c>
       <c r="C405" t="s" s="2">
         <v>811</v>
       </c>
       <c r="D405" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E405">
         <v>10</v>
       </c>
       <c r="F405">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406">
         <v>2015</v>
       </c>
       <c r="B406" t="s">
         <v>812</v>
       </c>
       <c r="C406" t="s" s="2">
         <v>813</v>
       </c>
       <c r="D406" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E406">
         <v>10</v>
       </c>
       <c r="F406">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407">
         <v>1459</v>
       </c>
       <c r="B407" t="s">
         <v>814</v>
       </c>
       <c r="C407" t="s" s="2">
         <v>815</v>
       </c>
       <c r="D407" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E407">
         <v>20</v>
       </c>
       <c r="F407">
         <v>20</v>
       </c>
     </row>
     <row r="408">
       <c r="A408">
         <v>1631</v>
       </c>
       <c r="B408" t="s">
         <v>816</v>
       </c>
       <c r="C408" t="s" s="2">
         <v>817</v>
       </c>
       <c r="D408" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E408">
         <v>10</v>
       </c>
       <c r="F408">
         <v>9</v>
       </c>
     </row>
     <row r="409">
       <c r="A409">
         <v>2319</v>
       </c>
       <c r="B409" t="s">
         <v>818</v>
       </c>
       <c r="C409" t="s" s="2">
         <v>819</v>
       </c>
       <c r="D409" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E409">
         <v>3</v>
       </c>
       <c r="F409">
         <v>3</v>
       </c>
     </row>
     <row r="410">
       <c r="A410">
         <v>933</v>
       </c>
       <c r="B410" t="s">
         <v>820</v>
       </c>
       <c r="C410" t="s" s="2">
         <v>821</v>
       </c>
       <c r="D410" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E410">
         <v>10</v>
       </c>
       <c r="F410">
         <v>9</v>
       </c>
     </row>
     <row r="411">
       <c r="A411">
         <v>935</v>
       </c>
       <c r="B411" t="s">
         <v>822</v>
       </c>
       <c r="C411" t="s" s="2">
         <v>823</v>
       </c>
       <c r="D411" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E411">
         <v>10</v>
       </c>
       <c r="F411">
         <v>8</v>
       </c>
     </row>
     <row r="412">
       <c r="A412">
         <v>937</v>
       </c>
       <c r="B412" t="s">
         <v>824</v>
       </c>
       <c r="C412" t="s" s="2">
         <v>825</v>
       </c>
       <c r="D412" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E412">
         <v>10</v>
       </c>
       <c r="F412">
         <v>9</v>
       </c>
     </row>
     <row r="413">
       <c r="A413">
         <v>939</v>
       </c>
       <c r="B413" t="s">
         <v>826</v>
       </c>
       <c r="C413" t="s" s="2">
         <v>827</v>
       </c>
       <c r="D413" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E413">
         <v>20</v>
       </c>
       <c r="F413">
         <v>16</v>
       </c>
     </row>
     <row r="414">
       <c r="A414">
         <v>2321</v>
       </c>
       <c r="B414" t="s">
         <v>828</v>
       </c>
       <c r="C414" t="s" s="2">
         <v>829</v>
       </c>
       <c r="D414" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E414">
         <v>10</v>
       </c>
       <c r="F414">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="415">
       <c r="A415">
         <v>1461</v>
       </c>
       <c r="B415" t="s">
         <v>830</v>
       </c>
       <c r="C415" t="s" s="2">
         <v>831</v>
       </c>
       <c r="D415" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E415">
         <v>10</v>
       </c>
       <c r="F415">
         <v>9</v>
       </c>
     </row>
     <row r="416">
       <c r="A416">
         <v>1633</v>
       </c>
       <c r="B416" t="s">
         <v>832</v>
       </c>
       <c r="C416" t="s" s="2">
         <v>833</v>
       </c>
       <c r="D416" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E416">
         <v>10</v>
       </c>
       <c r="F416">
         <v>9</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
         <v>2021</v>
       </c>
       <c r="B417" t="s">
         <v>834</v>
       </c>
       <c r="C417" t="s" s="2">
         <v>835</v>
       </c>
       <c r="D417" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E417">
         <v>10</v>
       </c>
       <c r="F417">
         <v>7</v>
       </c>
     </row>
     <row r="418">
       <c r="A418">
         <v>941</v>
       </c>
       <c r="B418" t="s">
         <v>836</v>
       </c>
       <c r="C418" t="s" s="2">
         <v>837</v>
       </c>
       <c r="D418" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E418">
         <v>10</v>
       </c>
       <c r="F418">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="419">
       <c r="A419">
         <v>2023</v>
       </c>
       <c r="B419" t="s">
         <v>838</v>
       </c>
       <c r="C419" t="s" s="2">
         <v>839</v>
       </c>
       <c r="D419" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E419">
         <v>10</v>
       </c>
       <c r="F419">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="420">
       <c r="A420">
         <v>945</v>
       </c>
       <c r="B420" t="s">
         <v>840</v>
       </c>
       <c r="C420" t="s" s="2">
         <v>841</v>
       </c>
       <c r="D420" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E420">
         <v>10</v>
       </c>
       <c r="F420">
         <v>8</v>
       </c>
     </row>
     <row r="421">
       <c r="A421">
         <v>947</v>
       </c>
       <c r="B421" t="s">
         <v>842</v>
       </c>
       <c r="C421" t="s" s="2">
         <v>843</v>
       </c>
       <c r="D421" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E421">
         <v>10</v>
       </c>
       <c r="F421">
         <v>8</v>
       </c>
     </row>
     <row r="422">
       <c r="A422">
         <v>949</v>
       </c>
       <c r="B422" t="s">
         <v>844</v>
       </c>
       <c r="C422" t="s" s="2">
         <v>845</v>
       </c>
       <c r="D422" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E422">
         <v>10</v>
       </c>
       <c r="F422">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="423">
       <c r="A423">
         <v>1249</v>
       </c>
       <c r="B423" t="s">
         <v>846</v>
       </c>
       <c r="C423" t="s" s="2">
         <v>847</v>
       </c>
       <c r="D423" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E423">
         <v>10</v>
       </c>
       <c r="F423">
         <v>9</v>
       </c>
     </row>
     <row r="424">
       <c r="A424">
         <v>1463</v>
       </c>
       <c r="B424" t="s">
         <v>848</v>
       </c>
       <c r="C424" t="s" s="2">
         <v>849</v>
       </c>
       <c r="D424" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E424">
         <v>10</v>
       </c>
       <c r="F424">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="425">
       <c r="A425">
         <v>1635</v>
       </c>
       <c r="B425" t="s">
         <v>850</v>
       </c>
       <c r="C425" t="s" s="2">
         <v>851</v>
       </c>
       <c r="D425" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E425">
         <v>5</v>
       </c>
       <c r="F425">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="426">
       <c r="A426">
         <v>2323</v>
       </c>
       <c r="B426" t="s">
         <v>852</v>
       </c>
       <c r="C426" t="s" s="2">
         <v>853</v>
       </c>
       <c r="D426" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E426">
         <v>20</v>
       </c>
       <c r="F426">
         <v>18</v>
       </c>
     </row>
     <row r="427">
       <c r="A427">
         <v>1637</v>
       </c>
       <c r="B427" t="s">
         <v>854</v>
       </c>
       <c r="C427" t="s" s="2">
         <v>855</v>
       </c>
       <c r="D427" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E427">
         <v>10</v>
       </c>
       <c r="F427">
         <v>9</v>
       </c>
     </row>
     <row r="428">
       <c r="A428">
         <v>1227</v>
       </c>
       <c r="B428" t="s">
         <v>856</v>
       </c>
       <c r="C428" t="s" s="2">
         <v>857</v>
       </c>
       <c r="D428" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E428">
         <v>4</v>
       </c>
       <c r="F428">
         <v>4</v>
       </c>
     </row>
     <row r="429">
       <c r="A429">
         <v>1261</v>
       </c>
       <c r="B429" t="s">
         <v>858</v>
       </c>
       <c r="C429" t="s" s="2">
         <v>859</v>
       </c>
       <c r="D429" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E429">
         <v>10</v>
       </c>
       <c r="F429">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="430">
       <c r="A430">
         <v>1481</v>
       </c>
       <c r="B430" t="s">
         <v>860</v>
       </c>
       <c r="C430" t="s" s="2">
         <v>861</v>
       </c>
       <c r="D430" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E430">
         <v>20</v>
       </c>
       <c r="F430">
         <v>17</v>
       </c>
     </row>
     <row r="431">
       <c r="A431">
         <v>1655</v>
       </c>
       <c r="B431" t="s">
         <v>862</v>
       </c>
       <c r="C431" t="s" s="2">
         <v>863</v>
       </c>
       <c r="D431" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E431">
         <v>10</v>
       </c>
       <c r="F431">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="432">
       <c r="A432">
         <v>1465</v>
       </c>
       <c r="B432" t="s">
         <v>864</v>
       </c>
       <c r="C432" t="s" s="2">
         <v>865</v>
       </c>
       <c r="D432" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E432">
         <v>10</v>
       </c>
       <c r="F432">
         <v>9</v>
       </c>
     </row>
     <row r="433">
       <c r="A433">
         <v>2025</v>
       </c>
       <c r="B433" t="s">
         <v>866</v>
       </c>
       <c r="C433" t="s" s="2">
         <v>867</v>
       </c>
       <c r="D433" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E433">
         <v>1</v>
       </c>
       <c r="F433">
         <v>1</v>
       </c>
     </row>
     <row r="434">
       <c r="A434">
         <v>1203</v>
       </c>
       <c r="B434" t="s">
         <v>672</v>
       </c>
       <c r="C434" t="s" s="2">
         <v>868</v>
       </c>
       <c r="D434" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E434">
         <v>10</v>
       </c>
       <c r="F434">
         <v>9</v>
       </c>
     </row>
     <row r="435">
       <c r="A435">
         <v>1205</v>
       </c>
       <c r="B435" t="s">
         <v>869</v>
       </c>
       <c r="C435" t="s" s="2">
         <v>870</v>
       </c>
       <c r="D435" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E435">
         <v>10</v>
       </c>
       <c r="F435">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="436">
       <c r="A436">
         <v>1221</v>
       </c>
       <c r="B436" t="s">
         <v>871</v>
       </c>
       <c r="C436" t="s" s="2">
         <v>872</v>
       </c>
       <c r="D436" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E436">
         <v>5</v>
       </c>
       <c r="F436">
         <v>7</v>
       </c>
     </row>
     <row r="437">
       <c r="A437">
         <v>1251</v>
       </c>
       <c r="B437" t="s">
         <v>873</v>
       </c>
       <c r="C437" t="s" s="2">
         <v>874</v>
       </c>
       <c r="D437" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E437">
         <v>10</v>
       </c>
       <c r="F437">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438">
         <v>2027</v>
       </c>
       <c r="B438" t="s">
         <v>875</v>
       </c>
       <c r="C438" t="s" s="2">
         <v>876</v>
       </c>
       <c r="D438" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E438">
         <v>2</v>
       </c>
       <c r="F438">
         <v>2</v>
       </c>
     </row>
     <row r="439">
       <c r="A439">
         <v>2029</v>
       </c>
       <c r="B439" t="s">
         <v>877</v>
       </c>
       <c r="C439" t="s" s="2">
         <v>878</v>
       </c>
       <c r="D439" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E439">
         <v>10</v>
       </c>
       <c r="F439">
         <v>10</v>
       </c>
     </row>
     <row r="440">
       <c r="A440">
         <v>951</v>
       </c>
       <c r="B440" t="s">
         <v>879</v>
       </c>
       <c r="C440" t="s" s="2">
         <v>880</v>
       </c>
       <c r="D440" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E440">
         <v>30</v>
       </c>
       <c r="F440">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="441">
       <c r="A441">
         <v>1223</v>
       </c>
       <c r="B441" t="s">
         <v>881</v>
       </c>
       <c r="C441" t="s" s="2">
         <v>882</v>
       </c>
       <c r="D441" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E441">
         <v>30</v>
       </c>
       <c r="F441">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="442">
       <c r="A442">
         <v>1643</v>
       </c>
       <c r="B442" t="s">
         <v>883</v>
       </c>
       <c r="C442" t="s" s="2">
         <v>884</v>
       </c>
       <c r="D442" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E442">
         <v>10</v>
       </c>
       <c r="F442">
         <v>10</v>
       </c>
     </row>
     <row r="443">
       <c r="A443">
         <v>1467</v>
       </c>
       <c r="B443" t="s">
         <v>885</v>
       </c>
       <c r="C443" t="s" s="2">
         <v>886</v>
       </c>
       <c r="D443" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E443">
         <v>5</v>
       </c>
       <c r="F443">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444">
         <v>1127</v>
       </c>
       <c r="B444" t="s">
         <v>887</v>
       </c>
       <c r="C444" t="s" s="2">
         <v>888</v>
       </c>
       <c r="D444" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E444">
         <v>10</v>
       </c>
       <c r="F444">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="445">
       <c r="A445">
         <v>1105</v>
       </c>
       <c r="B445" t="s">
         <v>889</v>
       </c>
       <c r="C445" t="s" s="2">
         <v>890</v>
       </c>
       <c r="D445" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E445">
         <v>10</v>
       </c>
       <c r="F445">
         <v>10</v>
       </c>
     </row>
     <row r="446">
       <c r="A446">
         <v>1253</v>
       </c>
       <c r="B446" t="s">
         <v>891</v>
       </c>
       <c r="C446" t="s" s="2">
         <v>892</v>
       </c>
       <c r="D446" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E446">
         <v>5</v>
       </c>
       <c r="F446">
         <v>5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447">
         <v>1469</v>
       </c>
       <c r="B447" t="s">
         <v>893</v>
       </c>
       <c r="C447" t="s" s="2">
         <v>894</v>
       </c>
       <c r="D447" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E447">
         <v>10</v>
       </c>
       <c r="F447">
         <v>9</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
         <v>1645</v>
       </c>
       <c r="B448" t="s">
         <v>895</v>
       </c>
       <c r="C448" t="s" s="2">
         <v>896</v>
       </c>
       <c r="D448" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E448">
         <v>10</v>
       </c>
       <c r="F448">
         <v>9</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
         <v>2031</v>
       </c>
       <c r="B449" t="s">
         <v>897</v>
       </c>
       <c r="C449" t="s" s="2">
         <v>898</v>
       </c>
       <c r="D449" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E449">
         <v>10</v>
       </c>
       <c r="F449">
         <v>8</v>
       </c>
     </row>
     <row r="450">
       <c r="A450">
         <v>2325</v>
       </c>
       <c r="B450" t="s">
         <v>899</v>
       </c>
       <c r="C450" t="s" s="2">
         <v>900</v>
       </c>
       <c r="D450" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E450">
         <v>10</v>
       </c>
       <c r="F450">
         <v>8</v>
       </c>
     </row>
     <row r="451">
       <c r="A451">
         <v>1129</v>
       </c>
       <c r="B451" t="s">
         <v>901</v>
       </c>
       <c r="C451" t="s" s="2">
         <v>902</v>
       </c>
       <c r="D451" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E451">
         <v>10</v>
       </c>
       <c r="F451">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="452">
       <c r="A452">
         <v>1255</v>
       </c>
       <c r="B452" t="s">
         <v>903</v>
       </c>
       <c r="C452" t="s" s="2">
         <v>904</v>
       </c>
       <c r="D452" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E452">
         <v>10</v>
       </c>
       <c r="F452">
         <v>8</v>
       </c>
     </row>
     <row r="453">
       <c r="A453">
         <v>1257</v>
       </c>
       <c r="B453" t="s">
         <v>905</v>
       </c>
       <c r="C453" t="s" s="2">
         <v>906</v>
       </c>
       <c r="D453" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E453">
         <v>10</v>
       </c>
       <c r="F453">
         <v>9</v>
       </c>
     </row>
     <row r="454">
       <c r="A454">
         <v>1471</v>
       </c>
       <c r="B454" t="s">
         <v>907</v>
       </c>
       <c r="C454" t="s" s="2">
         <v>908</v>
       </c>
       <c r="D454" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E454">
         <v>10</v>
       </c>
       <c r="F454">
         <v>8</v>
       </c>
     </row>
     <row r="455">
       <c r="A455">
         <v>1647</v>
       </c>
       <c r="B455" t="s">
         <v>909</v>
       </c>
       <c r="C455" t="s" s="2">
         <v>910</v>
       </c>
       <c r="D455" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E455">
         <v>10</v>
       </c>
       <c r="F455">
         <v>8</v>
       </c>
     </row>
     <row r="456">
       <c r="A456">
         <v>2033</v>
       </c>
       <c r="B456" t="s">
         <v>911</v>
       </c>
       <c r="C456" t="s" s="2">
         <v>912</v>
       </c>
       <c r="D456" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E456">
         <v>5</v>
       </c>
       <c r="F456">
         <v>4</v>
       </c>
     </row>
     <row r="457">
       <c r="A457">
         <v>1473</v>
       </c>
       <c r="B457" t="s">
         <v>913</v>
       </c>
       <c r="C457" t="s" s="2">
         <v>914</v>
       </c>
       <c r="D457" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E457">
         <v>10</v>
       </c>
       <c r="F457">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="458">
       <c r="A458">
         <v>1259</v>
       </c>
       <c r="B458" t="s">
         <v>915</v>
       </c>
       <c r="C458" t="s" s="2">
         <v>916</v>
       </c>
       <c r="D458" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E458">
         <v>18</v>
       </c>
       <c r="F458">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="459">
       <c r="A459">
         <v>1649</v>
       </c>
       <c r="B459" t="s">
         <v>917</v>
       </c>
       <c r="C459" t="s" s="2">
         <v>918</v>
       </c>
       <c r="D459" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E459">
         <v>5</v>
       </c>
       <c r="F459">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="460">
       <c r="A460">
         <v>2035</v>
       </c>
       <c r="B460" t="s">
         <v>919</v>
       </c>
       <c r="C460" t="s" s="2">
         <v>920</v>
       </c>
       <c r="D460" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E460">
         <v>10</v>
       </c>
       <c r="F460">
         <v>10</v>
       </c>
     </row>
     <row r="461">
       <c r="A461">
         <v>1651</v>
       </c>
       <c r="B461" t="s">
         <v>921</v>
       </c>
       <c r="C461" t="s" s="2">
         <v>922</v>
       </c>
       <c r="D461" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E461">
         <v>10</v>
       </c>
       <c r="F461">
         <v>9</v>
       </c>
     </row>
     <row r="462">
       <c r="A462">
         <v>1475</v>
       </c>
       <c r="B462" t="s">
         <v>923</v>
       </c>
       <c r="C462" t="s" s="2">
         <v>924</v>
       </c>
       <c r="D462" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E462">
         <v>10</v>
       </c>
       <c r="F462">
         <v>10</v>
       </c>
     </row>
     <row r="463">
       <c r="A463">
         <v>2335</v>
       </c>
       <c r="B463" t="s">
         <v>925</v>
       </c>
       <c r="C463" t="s" s="2">
         <v>926</v>
       </c>
       <c r="D463" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E463">
         <v>10</v>
       </c>
       <c r="F463">
         <v>10</v>
       </c>
     </row>
     <row r="464">
       <c r="A464">
         <v>1211</v>
       </c>
       <c r="B464" t="s">
         <v>927</v>
       </c>
       <c r="C464" t="s" s="2">
         <v>928</v>
       </c>
       <c r="D464" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E464">
         <v>4</v>
       </c>
       <c r="F464">
         <v>4</v>
       </c>
     </row>
     <row r="465">
       <c r="A465">
         <v>1225</v>
       </c>
       <c r="B465" t="s">
         <v>929</v>
       </c>
       <c r="C465" t="s" s="2">
         <v>930</v>
       </c>
       <c r="D465" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E465">
         <v>10</v>
       </c>
       <c r="F465">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="466">
       <c r="A466">
         <v>1231</v>
       </c>
       <c r="B466" t="s">
         <v>270</v>
       </c>
       <c r="C466" t="s" s="2">
         <v>931</v>
       </c>
       <c r="D466" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E466">
         <v>10</v>
       </c>
       <c r="F466">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="467">
       <c r="A467">
         <v>1265</v>
       </c>
       <c r="B467" t="s">
         <v>932</v>
       </c>
       <c r="C467" t="s" s="2">
         <v>933</v>
       </c>
       <c r="D467" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E467">
         <v>10</v>
       </c>
       <c r="F467">
         <v>8</v>
       </c>
     </row>
     <row r="468">
       <c r="A468">
         <v>1653</v>
       </c>
       <c r="B468" t="s">
         <v>934</v>
       </c>
       <c r="C468" t="s" s="2">
         <v>935</v>
       </c>
       <c r="D468" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E468">
         <v>10</v>
       </c>
       <c r="F468">
         <v>10</v>
       </c>
     </row>
     <row r="469">
       <c r="A469">
         <v>1661</v>
       </c>
       <c r="B469" t="s">
         <v>936</v>
       </c>
       <c r="C469" t="s" s="2">
         <v>937</v>
       </c>
       <c r="D469" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E469">
         <v>10</v>
       </c>
       <c r="F469">
         <v>9</v>
       </c>
     </row>
     <row r="470">
       <c r="A470">
         <v>1477</v>
       </c>
       <c r="B470" t="s">
         <v>938</v>
       </c>
       <c r="C470" t="s" s="2">
         <v>939</v>
       </c>
       <c r="D470" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E470">
         <v>7</v>
       </c>
       <c r="F470">
         <v>7</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
         <v>2037</v>
       </c>
       <c r="B471" t="s">
         <v>940</v>
       </c>
       <c r="C471" t="s" s="2">
         <v>941</v>
       </c>
       <c r="D471" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E471">
         <v>5</v>
       </c>
       <c r="F471">
         <v>5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
         <v>1479</v>
       </c>
       <c r="B472" t="s">
         <v>942</v>
       </c>
       <c r="C472" t="s" s="2">
         <v>943</v>
       </c>
       <c r="D472" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E472">
         <v>3</v>
       </c>
       <c r="F472">
         <v>3</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
         <v>2337</v>
       </c>
       <c r="B473" t="s">
         <v>944</v>
       </c>
       <c r="C473" t="s" s="2">
         <v>945</v>
       </c>
       <c r="D473" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E473">
         <v>5</v>
       </c>
       <c r="F473">
         <v>5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
         <v>1207</v>
       </c>
       <c r="B474" t="s">
         <v>946</v>
       </c>
       <c r="C474" t="s" s="2">
         <v>947</v>
       </c>
       <c r="D474" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E474">
         <v>5</v>
       </c>
       <c r="F474">
         <v>5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
         <v>1263</v>
       </c>
       <c r="B475" t="s">
         <v>948</v>
       </c>
       <c r="C475" t="s" s="2">
         <v>949</v>
       </c>
       <c r="D475" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E475">
         <v>10</v>
       </c>
       <c r="F475">
         <v>9</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
         <v>2047</v>
       </c>
       <c r="B476" t="s">
         <v>950</v>
       </c>
       <c r="C476" t="s" s="2">
         <v>951</v>
       </c>
       <c r="D476" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E476">
         <v>10</v>
       </c>
       <c r="F476">
         <v>9</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
         <v>2339</v>
       </c>
       <c r="B477" t="s">
         <v>952</v>
       </c>
       <c r="C477" t="s" s="2">
         <v>953</v>
       </c>
       <c r="D477" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E477">
         <v>36</v>
       </c>
       <c r="F477">
         <v>31</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
         <v>1209</v>
       </c>
       <c r="B478" t="s">
         <v>954</v>
       </c>
       <c r="C478" t="s" s="2">
         <v>955</v>
       </c>
       <c r="D478" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E478">
         <v>10</v>
       </c>
       <c r="F478">
         <v>9</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
         <v>1659</v>
       </c>
       <c r="B479" t="s">
         <v>956</v>
       </c>
       <c r="C479" t="s" s="2">
         <v>957</v>
       </c>
       <c r="D479" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E479">
         <v>1</v>
       </c>
       <c r="F479">
         <v>1</v>
       </c>
     </row>
     <row r="480">
       <c r="A480">
         <v>2049</v>
       </c>
       <c r="B480" t="s">
         <v>958</v>
       </c>
       <c r="C480" t="s" s="2">
         <v>959</v>
       </c>
       <c r="D480" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E480">
         <v>10</v>
       </c>
       <c r="F480">
         <v>7</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
         <v>1213</v>
       </c>
       <c r="B481" t="s">
         <v>960</v>
       </c>
       <c r="C481" t="s" s="2">
         <v>961</v>
       </c>
       <c r="D481" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E481">
         <v>20</v>
       </c>
       <c r="F481">
         <v>19</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
         <v>1485</v>
       </c>
       <c r="B482" t="s">
         <v>962</v>
       </c>
       <c r="C482" t="s" s="2">
         <v>963</v>
       </c>
       <c r="D482" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E482">
         <v>40</v>
       </c>
       <c r="F482">
         <v>33</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
         <v>1233</v>
       </c>
       <c r="B483" t="s">
         <v>964</v>
       </c>
       <c r="C483" t="s" s="2">
         <v>965</v>
       </c>
       <c r="D483" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E483">
         <v>10</v>
       </c>
       <c r="F483">
         <v>9</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
         <v>1267</v>
       </c>
       <c r="B484" t="s">
         <v>966</v>
       </c>
       <c r="C484" t="s" s="2">
         <v>967</v>
       </c>
       <c r="D484" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E484">
         <v>6</v>
       </c>
       <c r="F484">
         <v>6</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
         <v>2051</v>
       </c>
       <c r="B485" t="s">
         <v>968</v>
       </c>
       <c r="C485" t="s" s="2">
         <v>969</v>
       </c>
       <c r="D485" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E485">
         <v>7</v>
       </c>
       <c r="F485">
         <v>8</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
         <v>1269</v>
       </c>
       <c r="B486" t="s">
         <v>970</v>
       </c>
       <c r="C486" t="s" s="2">
         <v>971</v>
       </c>
       <c r="D486" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E486">
         <v>10</v>
       </c>
       <c r="F486">
         <v>9</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
         <v>1663</v>
       </c>
       <c r="B487" t="s">
         <v>972</v>
       </c>
       <c r="C487" t="s" s="2">
         <v>973</v>
       </c>
       <c r="D487" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E487">
         <v>1</v>
       </c>
       <c r="F487">
         <v>1</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
         <v>1669</v>
       </c>
       <c r="B488" t="s">
         <v>974</v>
       </c>
       <c r="C488" t="s" s="2">
         <v>975</v>
       </c>
       <c r="D488" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E488">
         <v>10</v>
       </c>
       <c r="F488">
         <v>8</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
         <v>1235</v>
       </c>
       <c r="B489" t="s">
         <v>976</v>
       </c>
       <c r="C489" t="s" s="2">
         <v>977</v>
       </c>
       <c r="D489" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E489">
         <v>10</v>
       </c>
       <c r="F489">
         <v>8</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
         <v>1277</v>
       </c>
       <c r="B490" t="s">
         <v>978</v>
       </c>
       <c r="C490" t="s" s="2">
         <v>979</v>
       </c>
       <c r="D490" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E490">
         <v>10</v>
       </c>
       <c r="F490">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
         <v>2053</v>
       </c>
       <c r="B491" t="s">
         <v>980</v>
       </c>
       <c r="C491" t="s" s="2">
         <v>981</v>
       </c>
       <c r="D491" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E491">
         <v>10</v>
       </c>
       <c r="F491">
         <v>7</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
         <v>1215</v>
       </c>
       <c r="B492" t="s">
         <v>982</v>
       </c>
       <c r="C492" t="s" s="2">
         <v>983</v>
       </c>
       <c r="D492" s="3">
-        <v>45974.791145833</v>
+        <v>46057.476597222</v>
       </c>
       <c r="E492">
         <v>5</v>
       </c>
       <c r="F492">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
         <v>1217</v>
       </c>
       <c r="B493" t="s">
         <v>984</v>
       </c>
       <c r="C493" t="s" s="2">
         <v>985</v>
       </c>
       <c r="D493" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E493">
         <v>5</v>
       </c>
       <c r="F493">
         <v>5</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
         <v>1237</v>
       </c>
       <c r="B494" t="s">
         <v>986</v>
       </c>
       <c r="C494" t="s" s="2">
         <v>987</v>
       </c>
       <c r="D494" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E494">
         <v>10</v>
       </c>
       <c r="F494">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
         <v>1281</v>
       </c>
       <c r="B495" t="s">
         <v>988</v>
       </c>
       <c r="C495" t="s" s="2">
         <v>989</v>
       </c>
       <c r="D495" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E495">
         <v>10</v>
       </c>
       <c r="F495">
         <v>10</v>
       </c>
     </row>
     <row r="496">
       <c r="A496">
         <v>893</v>
       </c>
       <c r="B496" t="s">
         <v>990</v>
       </c>
       <c r="C496" t="s" s="2">
         <v>991</v>
       </c>
       <c r="D496" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E496">
         <v>10</v>
       </c>
       <c r="F496">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="497">
       <c r="A497">
         <v>1789</v>
       </c>
       <c r="B497" t="s">
         <v>992</v>
       </c>
       <c r="C497" t="s" s="2">
         <v>993</v>
       </c>
       <c r="D497" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E497">
         <v>5</v>
       </c>
       <c r="F497">
         <v>5</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
         <v>895</v>
       </c>
       <c r="B498" t="s">
         <v>994</v>
       </c>
       <c r="C498" t="s" s="2">
         <v>995</v>
       </c>
       <c r="D498" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E498">
         <v>10</v>
       </c>
       <c r="F498">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
         <v>1673</v>
       </c>
       <c r="B499" t="s">
         <v>996</v>
       </c>
       <c r="C499" t="s" s="2">
         <v>997</v>
       </c>
       <c r="D499" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E499">
         <v>5</v>
       </c>
       <c r="F499">
         <v>5</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
         <v>1685</v>
       </c>
       <c r="B500" t="s">
         <v>998</v>
       </c>
       <c r="C500" t="s" s="2">
         <v>999</v>
       </c>
       <c r="D500" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E500">
         <v>10</v>
       </c>
       <c r="F500">
         <v>10</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
         <v>1699</v>
       </c>
       <c r="B501" t="s">
         <v>1000</v>
       </c>
       <c r="C501" t="s" s="2">
         <v>1001</v>
       </c>
       <c r="D501" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E501">
         <v>10</v>
       </c>
       <c r="F501">
         <v>10</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
         <v>2055</v>
       </c>
       <c r="B502" t="s">
         <v>1002</v>
       </c>
       <c r="C502" t="s" s="2">
         <v>1003</v>
       </c>
       <c r="D502" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E502">
         <v>10</v>
       </c>
       <c r="F502">
         <v>10</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
         <v>1305</v>
       </c>
       <c r="B503" t="s">
         <v>1004</v>
       </c>
       <c r="C503" t="s" s="2">
         <v>1005</v>
       </c>
       <c r="D503" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E503">
         <v>20</v>
       </c>
       <c r="F503">
         <v>19</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
         <v>1309</v>
       </c>
       <c r="B504" t="s">
         <v>1006</v>
       </c>
       <c r="C504" t="s" s="2">
         <v>1007</v>
       </c>
       <c r="D504" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E504">
         <v>10</v>
       </c>
       <c r="F504">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
         <v>1791</v>
       </c>
       <c r="B505" t="s">
         <v>1008</v>
       </c>
       <c r="C505" t="s" s="2">
         <v>1009</v>
       </c>
       <c r="D505" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E505">
         <v>5</v>
       </c>
       <c r="F505">
         <v>5</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
         <v>1311</v>
       </c>
       <c r="B506" t="s">
         <v>1010</v>
       </c>
       <c r="C506" t="s" s="2">
         <v>1011</v>
       </c>
       <c r="D506" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E506">
         <v>10</v>
       </c>
       <c r="F506">
         <v>9</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
         <v>1489</v>
       </c>
       <c r="B507" t="s">
         <v>1012</v>
       </c>
       <c r="C507" t="s" s="2">
         <v>1013</v>
       </c>
       <c r="D507" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E507">
         <v>7</v>
       </c>
       <c r="F507">
         <v>7</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
         <v>1793</v>
       </c>
       <c r="B508" t="s">
         <v>1014</v>
       </c>
       <c r="C508" t="s" s="2">
         <v>1015</v>
       </c>
       <c r="D508" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E508">
         <v>10</v>
       </c>
       <c r="F508">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
         <v>2341</v>
       </c>
       <c r="B509" t="s">
         <v>1016</v>
       </c>
       <c r="C509" t="s" s="2">
         <v>1017</v>
       </c>
       <c r="D509" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E509">
         <v>10</v>
       </c>
       <c r="F509">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
         <v>1313</v>
       </c>
       <c r="B510" t="s">
         <v>1018</v>
       </c>
       <c r="C510" t="s" s="2">
         <v>1019</v>
       </c>
       <c r="D510" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E510">
         <v>10</v>
       </c>
       <c r="F510">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
         <v>1307</v>
       </c>
       <c r="B511" t="s">
         <v>1020</v>
       </c>
       <c r="C511" t="s" s="2">
         <v>1021</v>
       </c>
       <c r="D511" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E511">
         <v>3</v>
       </c>
       <c r="F511">
         <v>3</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
         <v>2415</v>
       </c>
       <c r="B512" t="s">
         <v>1022</v>
       </c>
       <c r="C512" t="s" s="2">
         <v>1023</v>
       </c>
       <c r="D512" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E512">
         <v>18</v>
       </c>
       <c r="F512">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="513">
       <c r="A513">
         <v>1491</v>
       </c>
       <c r="B513" t="s">
         <v>1024</v>
       </c>
       <c r="C513" t="s" s="2">
         <v>1025</v>
       </c>
       <c r="D513" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E513">
         <v>10</v>
       </c>
       <c r="F513">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="514">
       <c r="A514">
         <v>1795</v>
       </c>
       <c r="B514" t="s">
         <v>1026</v>
       </c>
       <c r="C514" t="s" s="2">
         <v>1027</v>
       </c>
       <c r="D514" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E514">
         <v>10</v>
       </c>
       <c r="F514">
         <v>9</v>
       </c>
     </row>
     <row r="515">
       <c r="A515">
         <v>2343</v>
       </c>
       <c r="B515" t="s">
         <v>1028</v>
       </c>
       <c r="C515" t="s" s="2">
         <v>1029</v>
       </c>
       <c r="D515" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E515">
         <v>33</v>
       </c>
       <c r="F515">
         <v>29</v>
       </c>
     </row>
     <row r="516">
       <c r="A516">
         <v>1737</v>
       </c>
       <c r="B516" t="s">
         <v>1030</v>
       </c>
       <c r="C516" t="s" s="2">
         <v>1031</v>
       </c>
       <c r="D516" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E516">
         <v>10</v>
       </c>
       <c r="F516">
         <v>9</v>
       </c>
     </row>
     <row r="517">
       <c r="A517">
         <v>2189</v>
       </c>
       <c r="B517" t="s">
         <v>1032</v>
       </c>
       <c r="C517" t="s" s="2">
         <v>1033</v>
       </c>
       <c r="D517" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E517">
         <v>68</v>
       </c>
       <c r="F517">
         <v>50</v>
       </c>
     </row>
     <row r="518">
       <c r="A518">
         <v>2059</v>
       </c>
       <c r="B518" t="s">
         <v>1034</v>
       </c>
       <c r="C518" t="s" s="2">
         <v>1035</v>
       </c>
       <c r="D518" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E518">
         <v>10</v>
       </c>
       <c r="F518">
         <v>8</v>
       </c>
     </row>
     <row r="519">
       <c r="A519">
         <v>1493</v>
       </c>
       <c r="B519" t="s">
         <v>1036</v>
       </c>
       <c r="C519" t="s" s="2">
         <v>1037</v>
       </c>
       <c r="D519" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E519">
         <v>10</v>
       </c>
       <c r="F519">
         <v>9</v>
       </c>
     </row>
     <row r="520">
       <c r="A520">
         <v>1353</v>
       </c>
       <c r="B520" t="s">
         <v>1038</v>
       </c>
       <c r="C520" t="s" s="2">
         <v>1039</v>
       </c>
       <c r="D520" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E520">
         <v>10</v>
       </c>
       <c r="F520">
         <v>9</v>
       </c>
     </row>
     <row r="521">
       <c r="A521">
         <v>1359</v>
       </c>
       <c r="B521" t="s">
         <v>1040</v>
       </c>
       <c r="C521" t="s" s="2">
         <v>1041</v>
       </c>
       <c r="D521" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E521">
         <v>10</v>
       </c>
       <c r="F521">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="522">
       <c r="A522">
         <v>1379</v>
       </c>
       <c r="B522" t="s">
         <v>1042</v>
       </c>
       <c r="C522" t="s" s="2">
         <v>1043</v>
       </c>
       <c r="D522" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E522">
         <v>10</v>
       </c>
       <c r="F522">
         <v>9</v>
       </c>
     </row>
     <row r="523">
       <c r="A523">
         <v>1381</v>
       </c>
       <c r="B523"/>
       <c r="C523" t="s" s="2">
         <v>1044</v>
       </c>
       <c r="D523" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E523">
         <v>10</v>
       </c>
       <c r="F523">
         <v>8</v>
       </c>
     </row>
     <row r="524">
       <c r="A524">
         <v>1495</v>
       </c>
       <c r="B524" t="s">
         <v>1045</v>
       </c>
       <c r="C524" t="s" s="2">
         <v>1046</v>
       </c>
       <c r="D524" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E524">
         <v>10</v>
       </c>
       <c r="F524">
         <v>10</v>
       </c>
     </row>
     <row r="525">
       <c r="A525">
         <v>1799</v>
       </c>
       <c r="B525" t="s">
         <v>1047</v>
       </c>
       <c r="C525" t="s" s="2">
         <v>1048</v>
       </c>
       <c r="D525" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E525">
         <v>10</v>
       </c>
       <c r="F525">
         <v>8</v>
       </c>
     </row>
     <row r="526">
       <c r="A526">
         <v>2061</v>
       </c>
       <c r="B526" t="s">
         <v>1049</v>
       </c>
       <c r="C526" t="s" s="2">
         <v>1050</v>
       </c>
       <c r="D526" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E526">
         <v>5</v>
       </c>
       <c r="F526">
         <v>5</v>
       </c>
     </row>
     <row r="527">
       <c r="A527">
         <v>1355</v>
       </c>
       <c r="B527" t="s">
         <v>1051</v>
       </c>
       <c r="C527" t="s" s="2">
         <v>1052</v>
       </c>
       <c r="D527" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E527">
         <v>10</v>
       </c>
       <c r="F527">
         <v>10</v>
       </c>
     </row>
     <row r="528">
       <c r="A528">
         <v>1803</v>
       </c>
       <c r="B528" t="s">
         <v>1053</v>
       </c>
       <c r="C528" t="s" s="2">
         <v>1054</v>
       </c>
       <c r="D528" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E528">
         <v>10</v>
       </c>
       <c r="F528">
         <v>9</v>
       </c>
     </row>
     <row r="529">
       <c r="A529">
         <v>1367</v>
       </c>
       <c r="B529" t="s">
         <v>1055</v>
       </c>
       <c r="C529" t="s" s="2">
         <v>1056</v>
       </c>
       <c r="D529" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E529">
         <v>10</v>
       </c>
       <c r="F529">
         <v>9</v>
       </c>
     </row>
     <row r="530">
       <c r="A530">
         <v>1383</v>
       </c>
       <c r="B530" t="s">
         <v>1057</v>
       </c>
       <c r="C530" t="s" s="2">
         <v>1058</v>
       </c>
       <c r="D530" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E530">
         <v>10</v>
       </c>
       <c r="F530">
         <v>9</v>
       </c>
     </row>
     <row r="531">
       <c r="A531">
         <v>2063</v>
       </c>
       <c r="B531" t="s">
         <v>1059</v>
       </c>
       <c r="C531" t="s" s="2">
         <v>1060</v>
       </c>
       <c r="D531" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E531">
         <v>10</v>
       </c>
       <c r="F531">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="532">
       <c r="A532">
         <v>1357</v>
       </c>
       <c r="B532" t="s">
         <v>1061</v>
       </c>
       <c r="C532" t="s" s="2">
         <v>1062</v>
       </c>
       <c r="D532" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E532">
         <v>25</v>
       </c>
       <c r="F532">
         <v>21</v>
       </c>
     </row>
     <row r="533">
       <c r="A533">
         <v>1369</v>
       </c>
       <c r="B533" t="s">
         <v>1063</v>
       </c>
       <c r="C533" t="s" s="2">
         <v>1064</v>
       </c>
       <c r="D533" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E533">
         <v>3</v>
       </c>
       <c r="F533">
         <v>3</v>
       </c>
     </row>
     <row r="534">
       <c r="A534">
         <v>1497</v>
       </c>
       <c r="B534" t="s">
         <v>1065</v>
       </c>
       <c r="C534" t="s" s="2">
         <v>1066</v>
       </c>
       <c r="D534" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E534">
         <v>10</v>
       </c>
       <c r="F534">
         <v>9</v>
       </c>
     </row>
     <row r="535">
       <c r="A535">
         <v>1805</v>
       </c>
       <c r="B535" t="s">
         <v>1067</v>
       </c>
       <c r="C535" t="s" s="2">
         <v>1068</v>
       </c>
       <c r="D535" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E535">
         <v>5</v>
       </c>
       <c r="F535">
         <v>5</v>
       </c>
     </row>
     <row r="536">
       <c r="A536">
         <v>1371</v>
       </c>
       <c r="B536" t="s">
         <v>1069</v>
       </c>
       <c r="C536" t="s" s="2">
         <v>1070</v>
       </c>
       <c r="D536" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E536">
         <v>1</v>
       </c>
       <c r="F536">
         <v>1</v>
       </c>
     </row>
     <row r="537">
       <c r="A537">
         <v>1373</v>
       </c>
       <c r="B537" t="s">
         <v>1071</v>
       </c>
       <c r="C537" t="s" s="2">
         <v>1072</v>
       </c>
       <c r="D537" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E537">
         <v>4</v>
       </c>
       <c r="F537">
         <v>4</v>
       </c>
     </row>
     <row r="538">
       <c r="A538">
         <v>1387</v>
       </c>
       <c r="B538" t="s">
         <v>1073</v>
       </c>
       <c r="C538" t="s" s="2">
         <v>1074</v>
       </c>
       <c r="D538" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E538">
         <v>12</v>
       </c>
       <c r="F538">
         <v>9</v>
       </c>
     </row>
     <row r="539">
       <c r="A539">
         <v>1809</v>
       </c>
       <c r="B539" t="s">
         <v>1075</v>
       </c>
       <c r="C539" t="s" s="2">
         <v>1076</v>
       </c>
       <c r="D539" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E539">
         <v>10</v>
       </c>
       <c r="F539">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="540">
       <c r="A540">
         <v>1375</v>
       </c>
       <c r="B540" t="s">
         <v>1077</v>
       </c>
       <c r="C540" t="s" s="2">
         <v>1078</v>
       </c>
       <c r="D540" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E540">
         <v>10</v>
       </c>
       <c r="F540">
         <v>7</v>
       </c>
     </row>
     <row r="541">
       <c r="A541">
         <v>1499</v>
       </c>
       <c r="B541" t="s">
         <v>1079</v>
       </c>
       <c r="C541" t="s" s="2">
         <v>1080</v>
       </c>
       <c r="D541" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E541">
         <v>2</v>
       </c>
       <c r="F541">
         <v>2</v>
       </c>
     </row>
     <row r="542">
       <c r="A542">
         <v>2413</v>
       </c>
       <c r="B542" t="s">
         <v>1081</v>
       </c>
       <c r="C542" t="s" s="2">
         <v>1082</v>
       </c>
       <c r="D542" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E542">
         <v>10</v>
       </c>
       <c r="F542">
         <v>10</v>
       </c>
     </row>
     <row r="543">
       <c r="A543">
         <v>1501</v>
       </c>
       <c r="B543" t="s">
         <v>1083</v>
       </c>
       <c r="C543" t="s" s="2">
         <v>1084</v>
       </c>
       <c r="D543" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E543">
         <v>10</v>
       </c>
       <c r="F543">
         <v>8</v>
       </c>
     </row>
     <row r="544">
       <c r="A544">
         <v>1837</v>
       </c>
       <c r="B544" t="s">
         <v>1085</v>
       </c>
       <c r="C544" t="s" s="2">
         <v>1086</v>
       </c>
       <c r="D544" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E544">
         <v>10</v>
       </c>
       <c r="F544">
         <v>8</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
         <v>2065</v>
       </c>
       <c r="B545" t="s">
         <v>1087</v>
       </c>
       <c r="C545" t="s" s="2">
         <v>1088</v>
       </c>
       <c r="D545" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E545">
         <v>10</v>
       </c>
       <c r="F545">
         <v>10</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
         <v>1377</v>
       </c>
       <c r="B546" t="s">
         <v>1089</v>
       </c>
       <c r="C546" t="s" s="2">
         <v>1090</v>
       </c>
       <c r="D546" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E546">
         <v>10</v>
       </c>
       <c r="F546">
         <v>9</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
         <v>1389</v>
       </c>
       <c r="B547" t="s">
         <v>1091</v>
       </c>
       <c r="C547" t="s" s="2">
         <v>1092</v>
       </c>
       <c r="D547" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E547">
         <v>10</v>
       </c>
       <c r="F547">
         <v>9</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
         <v>1361</v>
       </c>
       <c r="B548" t="s">
         <v>1093</v>
       </c>
       <c r="C548" t="s" s="2">
         <v>1094</v>
       </c>
       <c r="D548" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E548">
         <v>3</v>
       </c>
       <c r="F548">
         <v>3</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
         <v>1365</v>
       </c>
       <c r="B549" t="s">
         <v>1095</v>
       </c>
       <c r="C549" t="s" s="2">
         <v>1096</v>
       </c>
       <c r="D549" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E549">
         <v>10</v>
       </c>
       <c r="F549">
         <v>10</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
         <v>1363</v>
       </c>
       <c r="B550" t="s">
         <v>1097</v>
       </c>
       <c r="C550" t="s" s="2">
         <v>1098</v>
       </c>
       <c r="D550" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E550">
         <v>5</v>
       </c>
       <c r="F550">
         <v>5</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
         <v>1839</v>
       </c>
       <c r="B551" t="s">
         <v>1099</v>
       </c>
       <c r="C551" t="s" s="2">
         <v>1100</v>
       </c>
       <c r="D551" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E551">
         <v>5</v>
       </c>
       <c r="F551">
         <v>5</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
         <v>2067</v>
       </c>
       <c r="B552" t="s">
         <v>1101</v>
       </c>
       <c r="C552" t="s" s="2">
         <v>1102</v>
       </c>
       <c r="D552" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E552">
         <v>10</v>
       </c>
       <c r="F552">
         <v>10</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
         <v>2345</v>
       </c>
       <c r="B553" t="s">
         <v>1103</v>
       </c>
       <c r="C553" t="s" s="2">
         <v>1104</v>
       </c>
       <c r="D553" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E553">
         <v>20</v>
       </c>
       <c r="F553">
         <v>20</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
         <v>1671</v>
       </c>
       <c r="B554" t="s">
         <v>1105</v>
       </c>
       <c r="C554" t="s" s="2">
         <v>1106</v>
       </c>
       <c r="D554" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E554">
         <v>10</v>
       </c>
       <c r="F554">
         <v>10</v>
       </c>
     </row>
     <row r="555">
       <c r="A555">
         <v>1677</v>
       </c>
       <c r="B555"/>
       <c r="C555" t="s" s="2">
         <v>1107</v>
       </c>
       <c r="D555" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E555">
         <v>10</v>
       </c>
       <c r="F555">
         <v>9</v>
       </c>
     </row>
     <row r="556">
       <c r="A556">
         <v>1687</v>
       </c>
       <c r="B556" t="s">
         <v>1108</v>
       </c>
       <c r="C556" t="s" s="2">
         <v>1109</v>
       </c>
       <c r="D556" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E556">
         <v>10</v>
       </c>
       <c r="F556">
         <v>10</v>
       </c>
     </row>
     <row r="557">
       <c r="A557">
         <v>1841</v>
       </c>
       <c r="B557" t="s">
         <v>1110</v>
       </c>
       <c r="C557" t="s" s="2">
         <v>1111</v>
       </c>
       <c r="D557" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E557">
         <v>10</v>
       </c>
       <c r="F557">
         <v>10</v>
       </c>
     </row>
     <row r="558">
       <c r="A558">
         <v>1537</v>
       </c>
       <c r="B558" t="s">
         <v>1112</v>
       </c>
       <c r="C558" t="s" s="2">
         <v>1113</v>
       </c>
       <c r="D558" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E558">
         <v>4</v>
       </c>
       <c r="F558">
         <v>4</v>
       </c>
     </row>
     <row r="559">
       <c r="A559">
         <v>2069</v>
       </c>
       <c r="B559" t="s">
         <v>1114</v>
       </c>
       <c r="C559" t="s" s="2">
         <v>1115</v>
       </c>
       <c r="D559" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E559">
         <v>2</v>
       </c>
       <c r="F559">
         <v>2</v>
       </c>
     </row>
     <row r="560">
       <c r="A560">
         <v>2071</v>
       </c>
       <c r="B560" t="s">
         <v>1116</v>
       </c>
       <c r="C560" t="s" s="2">
         <v>1117</v>
       </c>
       <c r="D560" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E560">
         <v>10</v>
       </c>
       <c r="F560">
         <v>10</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
         <v>1675</v>
       </c>
       <c r="B561" t="s">
         <v>1118</v>
       </c>
       <c r="C561" t="s" s="2">
         <v>1119</v>
       </c>
       <c r="D561" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E561">
         <v>1</v>
       </c>
       <c r="F561">
         <v>1</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
         <v>1847</v>
       </c>
       <c r="B562" t="s">
         <v>1120</v>
       </c>
       <c r="C562" t="s" s="2">
         <v>1121</v>
       </c>
       <c r="D562" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E562">
         <v>3</v>
       </c>
       <c r="F562">
         <v>3</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
         <v>1701</v>
       </c>
       <c r="B563" t="s">
         <v>1122</v>
       </c>
       <c r="C563" t="s" s="2">
         <v>1123</v>
       </c>
       <c r="D563" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E563">
         <v>50</v>
       </c>
       <c r="F563">
         <v>37</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
         <v>1709</v>
       </c>
       <c r="B564" t="s">
         <v>1124</v>
       </c>
       <c r="C564" t="s" s="2">
         <v>1125</v>
       </c>
       <c r="D564" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E564">
         <v>10</v>
       </c>
       <c r="F564">
         <v>7</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
         <v>1851</v>
       </c>
       <c r="B565" t="s">
         <v>1126</v>
       </c>
       <c r="C565" t="s" s="2">
         <v>1127</v>
       </c>
       <c r="D565" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E565">
         <v>10</v>
       </c>
       <c r="F565">
         <v>8</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
         <v>1679</v>
       </c>
       <c r="B566" t="s">
         <v>1128</v>
       </c>
       <c r="C566" t="s" s="2">
         <v>1129</v>
       </c>
       <c r="D566" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E566">
         <v>15</v>
       </c>
       <c r="F566">
         <v>11</v>
       </c>
     </row>
     <row r="567">
       <c r="A567">
         <v>1689</v>
       </c>
       <c r="B567" t="s">
         <v>1130</v>
       </c>
       <c r="C567" t="s" s="2">
         <v>1131</v>
       </c>
       <c r="D567" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E567">
         <v>10</v>
       </c>
       <c r="F567">
         <v>7</v>
       </c>
     </row>
     <row r="568">
       <c r="A568">
         <v>2347</v>
       </c>
       <c r="B568" t="s">
         <v>1132</v>
       </c>
       <c r="C568" t="s" s="2">
         <v>1133</v>
       </c>
       <c r="D568" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E568">
         <v>10</v>
       </c>
       <c r="F568">
         <v>7</v>
       </c>
     </row>
     <row r="569">
       <c r="A569">
         <v>1739</v>
       </c>
       <c r="B569" t="s">
         <v>1134</v>
       </c>
       <c r="C569" t="s" s="2">
         <v>1135</v>
       </c>
       <c r="D569" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E569">
         <v>8</v>
       </c>
       <c r="F569">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="570">
       <c r="A570">
         <v>1711</v>
       </c>
       <c r="B570" t="s">
         <v>1136</v>
       </c>
       <c r="C570" t="s" s="2">
         <v>1137</v>
       </c>
       <c r="D570" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E570">
         <v>10</v>
       </c>
       <c r="F570">
         <v>7</v>
       </c>
     </row>
     <row r="571">
       <c r="A571">
         <v>2073</v>
       </c>
       <c r="B571" t="s">
         <v>1138</v>
       </c>
       <c r="C571" t="s" s="2">
         <v>1139</v>
       </c>
       <c r="D571" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E571">
         <v>10</v>
       </c>
       <c r="F571">
         <v>7</v>
       </c>
     </row>
     <row r="572">
       <c r="A572">
         <v>1199</v>
       </c>
       <c r="B572" t="s">
         <v>1140</v>
       </c>
       <c r="C572" t="s" s="2">
         <v>1141</v>
       </c>
       <c r="D572" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E572">
         <v>3</v>
       </c>
       <c r="F572">
         <v>3</v>
       </c>
     </row>
     <row r="573">
       <c r="A573">
         <v>1691</v>
       </c>
       <c r="B573" t="s">
         <v>1142</v>
       </c>
       <c r="C573" t="s" s="2">
         <v>1143</v>
       </c>
       <c r="D573" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E573">
         <v>5</v>
       </c>
       <c r="F573">
         <v>5</v>
       </c>
     </row>
     <row r="574">
       <c r="A574">
         <v>1713</v>
       </c>
       <c r="B574" t="s">
         <v>1144</v>
       </c>
       <c r="C574" t="s" s="2">
         <v>1145</v>
       </c>
       <c r="D574" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E574">
         <v>10</v>
       </c>
       <c r="F574">
         <v>10</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
         <v>1741</v>
       </c>
       <c r="B575" t="s">
         <v>1146</v>
       </c>
       <c r="C575" t="s" s="2">
         <v>1147</v>
       </c>
       <c r="D575" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E575">
         <v>5</v>
       </c>
       <c r="F575">
         <v>5</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
         <v>1855</v>
       </c>
       <c r="B576" t="s">
         <v>1148</v>
       </c>
       <c r="C576" t="s" s="2">
         <v>1149</v>
       </c>
       <c r="D576" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E576">
         <v>5</v>
       </c>
       <c r="F576">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
         <v>1681</v>
       </c>
       <c r="B577" t="s">
         <v>1150</v>
       </c>
       <c r="C577" t="s" s="2">
         <v>1151</v>
       </c>
       <c r="D577" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E577">
         <v>10</v>
       </c>
       <c r="F577">
         <v>10</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
         <v>1859</v>
       </c>
       <c r="B578" t="s">
         <v>1152</v>
       </c>
       <c r="C578" t="s" s="2">
         <v>1153</v>
       </c>
       <c r="D578" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E578">
         <v>10</v>
       </c>
       <c r="F578">
         <v>9</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
         <v>2349</v>
       </c>
       <c r="B579" t="s">
         <v>1154</v>
       </c>
       <c r="C579" t="s" s="2">
         <v>1155</v>
       </c>
       <c r="D579" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E579">
         <v>10</v>
       </c>
       <c r="F579">
         <v>10</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
         <v>1695</v>
       </c>
       <c r="B580" t="s">
         <v>1156</v>
       </c>
       <c r="C580" t="s" s="2">
         <v>1157</v>
       </c>
       <c r="D580" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E580">
         <v>10</v>
       </c>
       <c r="F580">
         <v>10</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
         <v>1743</v>
       </c>
       <c r="B581" t="s">
         <v>1158</v>
       </c>
       <c r="C581" t="s" s="2">
         <v>1159</v>
       </c>
       <c r="D581" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E581">
         <v>10</v>
       </c>
       <c r="F581">
         <v>9</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
         <v>2075</v>
       </c>
       <c r="B582" t="s">
         <v>1160</v>
       </c>
       <c r="C582" t="s" s="2">
         <v>1161</v>
       </c>
       <c r="D582" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E582">
         <v>10</v>
       </c>
       <c r="F582">
         <v>10</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
         <v>1445</v>
       </c>
       <c r="B583" t="s">
         <v>1162</v>
       </c>
       <c r="C583" t="s" s="2">
         <v>1163</v>
       </c>
       <c r="D583" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E583">
         <v>5</v>
       </c>
       <c r="F583">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
         <v>1683</v>
       </c>
       <c r="B584" t="s">
         <v>1164</v>
       </c>
       <c r="C584" t="s" s="2">
         <v>1165</v>
       </c>
       <c r="D584" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E584">
         <v>6</v>
       </c>
       <c r="F584">
         <v>6</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
         <v>1715</v>
       </c>
       <c r="B585" t="s">
         <v>1166</v>
       </c>
       <c r="C585" t="s" s="2">
         <v>1167</v>
       </c>
       <c r="D585" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E585">
         <v>10</v>
       </c>
       <c r="F585">
         <v>9</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
         <v>1697</v>
       </c>
       <c r="B586" t="s">
         <v>1168</v>
       </c>
       <c r="C586" t="s" s="2">
         <v>1169</v>
       </c>
       <c r="D586" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E586">
         <v>5</v>
       </c>
       <c r="F586">
         <v>5</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
         <v>1745</v>
       </c>
       <c r="B587" t="s">
         <v>1170</v>
       </c>
       <c r="C587" t="s" s="2">
         <v>1171</v>
       </c>
       <c r="D587" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E587">
         <v>18</v>
       </c>
       <c r="F587">
         <v>18</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
         <v>1861</v>
       </c>
       <c r="B588" t="s">
         <v>1172</v>
       </c>
       <c r="C588" t="s" s="2">
         <v>1173</v>
       </c>
       <c r="D588" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E588">
         <v>10</v>
       </c>
       <c r="F588">
         <v>10</v>
       </c>
     </row>
     <row r="589">
       <c r="A589">
         <v>2077</v>
       </c>
       <c r="B589" t="s">
         <v>1174</v>
       </c>
       <c r="C589" t="s" s="2">
         <v>1175</v>
       </c>
       <c r="D589" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E589">
         <v>10</v>
       </c>
       <c r="F589">
         <v>10</v>
       </c>
     </row>
     <row r="590">
       <c r="A590">
         <v>2351</v>
       </c>
       <c r="B590" t="s">
         <v>1176</v>
       </c>
       <c r="C590" t="s" s="2">
         <v>1177</v>
       </c>
       <c r="D590" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E590">
         <v>10</v>
       </c>
       <c r="F590">
         <v>10</v>
       </c>
     </row>
     <row r="591">
       <c r="A591">
         <v>1717</v>
       </c>
       <c r="B591" t="s">
         <v>1178</v>
       </c>
       <c r="C591" t="s" s="2">
         <v>1179</v>
       </c>
       <c r="D591" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E591">
         <v>10</v>
       </c>
       <c r="F591">
         <v>10</v>
       </c>
     </row>
     <row r="592">
       <c r="A592">
         <v>1703</v>
       </c>
       <c r="B592" t="s">
         <v>1180</v>
       </c>
       <c r="C592" t="s" s="2">
         <v>1181</v>
       </c>
       <c r="D592" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E592">
         <v>10</v>
       </c>
       <c r="F592">
         <v>10</v>
       </c>
     </row>
     <row r="593">
       <c r="A593">
         <v>1867</v>
       </c>
       <c r="B593" t="s">
         <v>1182</v>
       </c>
       <c r="C593" t="s" s="2">
         <v>1183</v>
       </c>
       <c r="D593" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E593">
         <v>10</v>
       </c>
       <c r="F593">
         <v>10</v>
       </c>
     </row>
     <row r="594">
       <c r="A594">
         <v>2353</v>
       </c>
       <c r="B594" t="s">
         <v>1184</v>
       </c>
       <c r="C594" t="s" s="2">
         <v>1185</v>
       </c>
       <c r="D594" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E594">
         <v>10</v>
       </c>
       <c r="F594">
         <v>10</v>
       </c>
     </row>
     <row r="595">
       <c r="A595">
         <v>2079</v>
       </c>
       <c r="B595" t="s">
         <v>1186</v>
       </c>
       <c r="C595" t="s" s="2">
         <v>1187</v>
       </c>
       <c r="D595" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E595">
         <v>50</v>
       </c>
       <c r="F595">
         <v>40</v>
       </c>
     </row>
     <row r="596">
       <c r="A596">
         <v>1705</v>
       </c>
       <c r="B596" t="s">
         <v>1188</v>
       </c>
       <c r="C596" t="s" s="2">
         <v>1189</v>
       </c>
       <c r="D596" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E596">
         <v>15</v>
       </c>
       <c r="F596">
         <v>14</v>
       </c>
     </row>
     <row r="597">
       <c r="A597">
         <v>1747</v>
       </c>
       <c r="B597" t="s">
         <v>1190</v>
       </c>
       <c r="C597" t="s" s="2">
         <v>1191</v>
       </c>
       <c r="D597" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E597">
         <v>10</v>
       </c>
       <c r="F597">
         <v>10</v>
       </c>
     </row>
     <row r="598">
       <c r="A598">
         <v>1869</v>
       </c>
       <c r="B598" t="s">
         <v>1192</v>
       </c>
       <c r="C598" t="s" s="2">
         <v>1193</v>
       </c>
       <c r="D598" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E598">
         <v>15</v>
       </c>
       <c r="F598">
         <v>14</v>
       </c>
     </row>
     <row r="599">
       <c r="A599">
         <v>2355</v>
       </c>
       <c r="B599" t="s">
         <v>1194</v>
       </c>
       <c r="C599" t="s" s="2">
         <v>1195</v>
       </c>
       <c r="D599" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E599">
         <v>10</v>
       </c>
       <c r="F599">
         <v>9</v>
       </c>
     </row>
     <row r="600">
       <c r="A600">
         <v>1749</v>
       </c>
       <c r="B600" t="s">
         <v>1196</v>
       </c>
       <c r="C600" t="s" s="2">
         <v>1197</v>
       </c>
       <c r="D600" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E600">
         <v>10</v>
       </c>
       <c r="F600">
         <v>9</v>
       </c>
     </row>
     <row r="601">
       <c r="A601">
         <v>2357</v>
       </c>
       <c r="B601" t="s">
         <v>1198</v>
       </c>
       <c r="C601" t="s" s="2">
         <v>1199</v>
       </c>
       <c r="D601" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E601">
         <v>10</v>
       </c>
       <c r="F601">
         <v>10</v>
       </c>
     </row>
     <row r="602">
       <c r="A602">
         <v>1707</v>
       </c>
       <c r="B602" t="s">
         <v>1200</v>
       </c>
       <c r="C602" t="s" s="2">
         <v>1201</v>
       </c>
       <c r="D602" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E602">
         <v>15</v>
       </c>
       <c r="F602">
         <v>13</v>
       </c>
     </row>
     <row r="603">
       <c r="A603">
         <v>1871</v>
       </c>
       <c r="B603" t="s">
         <v>1202</v>
       </c>
       <c r="C603" t="s" s="2">
         <v>1203</v>
       </c>
       <c r="D603" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E603">
         <v>10</v>
       </c>
       <c r="F603">
         <v>10</v>
       </c>
     </row>
     <row r="604">
       <c r="A604">
         <v>1751</v>
       </c>
       <c r="B604" t="s">
         <v>1204</v>
       </c>
       <c r="C604" t="s" s="2">
         <v>1205</v>
       </c>
       <c r="D604" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E604">
         <v>10</v>
       </c>
       <c r="F604">
         <v>9</v>
       </c>
     </row>
     <row r="605">
       <c r="A605">
         <v>2361</v>
       </c>
       <c r="B605" t="s">
         <v>1206</v>
       </c>
       <c r="C605" t="s" s="2">
         <v>1207</v>
       </c>
       <c r="D605" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E605">
         <v>10</v>
       </c>
       <c r="F605">
         <v>7</v>
       </c>
     </row>
     <row r="606">
       <c r="A606">
         <v>1873</v>
       </c>
       <c r="B606" t="s">
         <v>1208</v>
       </c>
       <c r="C606" t="s" s="2">
         <v>1209</v>
       </c>
       <c r="D606" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E606">
         <v>40</v>
       </c>
       <c r="F606">
         <v>32</v>
       </c>
     </row>
     <row r="607">
       <c r="A607">
         <v>1753</v>
       </c>
       <c r="B607" t="s">
         <v>1210</v>
       </c>
       <c r="C607" t="s" s="2">
         <v>1211</v>
       </c>
       <c r="D607" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E607">
         <v>10</v>
       </c>
       <c r="F607">
         <v>7</v>
       </c>
     </row>
     <row r="608">
       <c r="A608">
         <v>1729</v>
       </c>
       <c r="B608" t="s">
         <v>1212</v>
       </c>
       <c r="C608" t="s" s="2">
         <v>1213</v>
       </c>
       <c r="D608" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E608">
         <v>10</v>
       </c>
       <c r="F608">
         <v>10</v>
       </c>
     </row>
     <row r="609">
       <c r="A609">
-        <v>2365</v>
+        <v>907</v>
       </c>
       <c r="B609" t="s">
         <v>1214</v>
       </c>
       <c r="C609" t="s" s="2">
         <v>1215</v>
       </c>
       <c r="D609" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E609">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F609">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="610">
       <c r="A610">
-        <v>907</v>
+        <v>1875</v>
       </c>
       <c r="B610" t="s">
         <v>1216</v>
       </c>
       <c r="C610" t="s" s="2">
         <v>1217</v>
       </c>
       <c r="D610" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E610">
         <v>10</v>
       </c>
       <c r="F610">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="611">
       <c r="A611">
-        <v>1875</v>
+        <v>2367</v>
       </c>
       <c r="B611" t="s">
         <v>1218</v>
       </c>
       <c r="C611" t="s" s="2">
         <v>1219</v>
       </c>
       <c r="D611" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E611">
         <v>10</v>
       </c>
       <c r="F611">
         <v>10</v>
       </c>
     </row>
     <row r="612">
       <c r="A612">
-        <v>2367</v>
+        <v>909</v>
       </c>
       <c r="B612" t="s">
         <v>1220</v>
       </c>
-      <c r="C612" t="s" s="2">
+      <c r="C612" t="s">
         <v>1221</v>
       </c>
       <c r="D612" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E612">
         <v>10</v>
       </c>
       <c r="F612">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="613">
       <c r="A613">
-        <v>909</v>
+        <v>1723</v>
       </c>
       <c r="B613" t="s">
         <v>1222</v>
       </c>
-      <c r="C613" t="s">
+      <c r="C613" t="s" s="2">
         <v>1223</v>
       </c>
       <c r="D613" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E613">
         <v>10</v>
       </c>
       <c r="F613">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="614">
       <c r="A614">
-        <v>1723</v>
+        <v>1755</v>
       </c>
       <c r="B614" t="s">
         <v>1224</v>
       </c>
       <c r="C614" t="s" s="2">
         <v>1225</v>
       </c>
       <c r="D614" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E614">
         <v>10</v>
       </c>
       <c r="F614">
         <v>10</v>
       </c>
     </row>
     <row r="615">
       <c r="A615">
-        <v>1755</v>
+        <v>1731</v>
       </c>
       <c r="B615" t="s">
         <v>1226</v>
       </c>
       <c r="C615" t="s" s="2">
         <v>1227</v>
       </c>
       <c r="D615" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E615">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F615">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="616">
       <c r="A616">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="B616" t="s">
         <v>1228</v>
       </c>
       <c r="C616" t="s" s="2">
         <v>1229</v>
       </c>
       <c r="D616" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E616">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F616">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="617">
       <c r="A617">
-        <v>1733</v>
+        <v>1877</v>
       </c>
       <c r="B617" t="s">
         <v>1230</v>
       </c>
       <c r="C617" t="s" s="2">
         <v>1231</v>
       </c>
       <c r="D617" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E617">
         <v>10</v>
       </c>
       <c r="F617">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="618">
       <c r="A618">
-        <v>1877</v>
+        <v>2083</v>
       </c>
       <c r="B618" t="s">
         <v>1232</v>
       </c>
       <c r="C618" t="s" s="2">
         <v>1233</v>
       </c>
       <c r="D618" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E618">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F618">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="619">
       <c r="A619">
-        <v>2083</v>
+        <v>2369</v>
       </c>
       <c r="B619" t="s">
         <v>1234</v>
       </c>
       <c r="C619" t="s" s="2">
         <v>1235</v>
       </c>
       <c r="D619" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E619">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F619">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="620">
       <c r="A620">
-        <v>2369</v>
+        <v>1757</v>
       </c>
       <c r="B620" t="s">
         <v>1236</v>
       </c>
       <c r="C620" t="s" s="2">
         <v>1237</v>
       </c>
       <c r="D620" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E620">
         <v>10</v>
       </c>
       <c r="F620">
         <v>9</v>
       </c>
     </row>
     <row r="621">
       <c r="A621">
-        <v>1757</v>
+        <v>2289</v>
       </c>
       <c r="B621" t="s">
         <v>1238</v>
       </c>
       <c r="C621" t="s" s="2">
         <v>1239</v>
       </c>
       <c r="D621" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E621">
         <v>10</v>
       </c>
       <c r="F621">
         <v>9</v>
       </c>
     </row>
     <row r="622">
       <c r="A622">
-        <v>2289</v>
+        <v>2085</v>
       </c>
       <c r="B622" t="s">
         <v>1240</v>
       </c>
       <c r="C622" t="s" s="2">
         <v>1241</v>
       </c>
       <c r="D622" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E622">
         <v>10</v>
       </c>
       <c r="F622">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="623">
       <c r="A623">
-        <v>2085</v>
+        <v>1119</v>
       </c>
       <c r="B623" t="s">
         <v>1242</v>
       </c>
       <c r="C623" t="s" s="2">
         <v>1243</v>
       </c>
       <c r="D623" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E623">
         <v>10</v>
       </c>
       <c r="F623">
         <v>9</v>
       </c>
     </row>
     <row r="624">
       <c r="A624">
-        <v>1119</v>
+        <v>1229</v>
       </c>
       <c r="B624" t="s">
         <v>1244</v>
       </c>
       <c r="C624" t="s" s="2">
         <v>1245</v>
       </c>
       <c r="D624" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E624">
         <v>10</v>
       </c>
       <c r="F624">
         <v>9</v>
       </c>
     </row>
     <row r="625">
       <c r="A625">
         <v>1759</v>
       </c>
       <c r="B625" t="s">
         <v>1246</v>
       </c>
       <c r="C625" t="s" s="2">
         <v>1247</v>
       </c>
       <c r="D625" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E625">
         <v>10</v>
       </c>
       <c r="F625">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="626">
       <c r="A626">
-        <v>1879</v>
+        <v>1763</v>
       </c>
       <c r="B626" t="s">
         <v>1248</v>
       </c>
       <c r="C626" t="s" s="2">
         <v>1249</v>
       </c>
       <c r="D626" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E626">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="F626">
-        <v>4</v>
+        <v>30</v>
       </c>
     </row>
     <row r="627">
       <c r="A627">
-        <v>1229</v>
+        <v>1879</v>
       </c>
       <c r="B627" t="s">
         <v>1250</v>
       </c>
       <c r="C627" t="s" s="2">
         <v>1251</v>
       </c>
       <c r="D627" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E627">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F627">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="628">
       <c r="A628">
-        <v>1763</v>
+        <v>1889</v>
       </c>
       <c r="B628" t="s">
         <v>1252</v>
       </c>
       <c r="C628" t="s" s="2">
         <v>1253</v>
       </c>
       <c r="D628" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E628">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="F628">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="629">
       <c r="A629">
-        <v>1889</v>
+        <v>2093</v>
       </c>
       <c r="B629" t="s">
         <v>1254</v>
       </c>
       <c r="C629" t="s" s="2">
         <v>1255</v>
       </c>
       <c r="D629" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E629">
         <v>10</v>
       </c>
       <c r="F629">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="630">
       <c r="A630">
-        <v>2093</v>
+        <v>2371</v>
       </c>
       <c r="B630" t="s">
         <v>1256</v>
       </c>
       <c r="C630" t="s" s="2">
         <v>1257</v>
       </c>
       <c r="D630" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E630">
         <v>10</v>
       </c>
       <c r="F630">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="631">
       <c r="A631">
-        <v>2371</v>
+        <v>2377</v>
       </c>
       <c r="B631" t="s">
         <v>1258</v>
       </c>
       <c r="C631" t="s" s="2">
         <v>1259</v>
       </c>
       <c r="D631" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E631">
         <v>10</v>
       </c>
       <c r="F631">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="632">
       <c r="A632">
-        <v>2377</v>
+        <v>1881</v>
       </c>
       <c r="B632" t="s">
         <v>1260</v>
       </c>
       <c r="C632" t="s" s="2">
         <v>1261</v>
       </c>
       <c r="D632" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E632">
         <v>10</v>
       </c>
       <c r="F632">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="633">
       <c r="A633">
-        <v>1881</v>
+        <v>2087</v>
       </c>
       <c r="B633" t="s">
         <v>1262</v>
       </c>
       <c r="C633" t="s" s="2">
         <v>1263</v>
       </c>
       <c r="D633" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E633">
         <v>10</v>
       </c>
       <c r="F633">
         <v>9</v>
       </c>
     </row>
     <row r="634">
       <c r="A634">
-        <v>2087</v>
+        <v>1761</v>
       </c>
       <c r="B634" t="s">
         <v>1264</v>
       </c>
       <c r="C634" t="s" s="2">
         <v>1265</v>
       </c>
       <c r="D634" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E634">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F634">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="635">
       <c r="A635">
-        <v>1761</v>
+        <v>2373</v>
       </c>
       <c r="B635" t="s">
         <v>1266</v>
       </c>
       <c r="C635" t="s" s="2">
         <v>1267</v>
       </c>
       <c r="D635" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E635">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F635">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="636">
       <c r="A636">
-        <v>2373</v>
+        <v>1883</v>
       </c>
       <c r="B636" t="s">
         <v>1268</v>
       </c>
       <c r="C636" t="s" s="2">
         <v>1269</v>
       </c>
       <c r="D636" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E636">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F636">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="637">
       <c r="A637">
-        <v>1883</v>
+        <v>2089</v>
       </c>
       <c r="B637" t="s">
         <v>1270</v>
       </c>
       <c r="C637" t="s" s="2">
         <v>1271</v>
       </c>
       <c r="D637" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E637">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F637">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="638">
       <c r="A638">
-        <v>2089</v>
+        <v>1887</v>
       </c>
       <c r="B638" t="s">
         <v>1272</v>
       </c>
       <c r="C638" t="s" s="2">
         <v>1273</v>
       </c>
       <c r="D638" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E638">
         <v>10</v>
       </c>
       <c r="F638">
         <v>10</v>
       </c>
     </row>
     <row r="639">
       <c r="A639">
-        <v>1887</v>
+        <v>1665</v>
       </c>
       <c r="B639" t="s">
         <v>1274</v>
       </c>
       <c r="C639" t="s" s="2">
         <v>1275</v>
       </c>
       <c r="D639" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E639">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F639">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="640">
       <c r="A640">
-        <v>1665</v>
+        <v>2091</v>
       </c>
       <c r="B640" t="s">
         <v>1276</v>
       </c>
       <c r="C640" t="s" s="2">
         <v>1277</v>
       </c>
       <c r="D640" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E640">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F640">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="641">
       <c r="A641">
-        <v>2091</v>
+        <v>2375</v>
       </c>
       <c r="B641" t="s">
         <v>1278</v>
       </c>
       <c r="C641" t="s" s="2">
         <v>1279</v>
       </c>
       <c r="D641" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E641">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F641">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="642">
       <c r="A642">
-        <v>2375</v>
+        <v>1441</v>
       </c>
       <c r="B642" t="s">
         <v>1280</v>
       </c>
       <c r="C642" t="s" s="2">
         <v>1281</v>
       </c>
       <c r="D642" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E642">
         <v>10</v>
       </c>
       <c r="F642">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="643">
       <c r="A643">
-        <v>1441</v>
+        <v>1891</v>
       </c>
       <c r="B643" t="s">
         <v>1282</v>
       </c>
       <c r="C643" t="s" s="2">
         <v>1283</v>
       </c>
       <c r="D643" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E643">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F643">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="644">
       <c r="A644">
-        <v>1891</v>
+        <v>2095</v>
       </c>
       <c r="B644" t="s">
         <v>1284</v>
       </c>
       <c r="C644" t="s" s="2">
         <v>1285</v>
       </c>
       <c r="D644" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E644">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F644">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="645">
       <c r="A645">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="B645" t="s">
         <v>1286</v>
       </c>
       <c r="C645" t="s" s="2">
         <v>1287</v>
       </c>
       <c r="D645" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E645">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="F645">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="646">
       <c r="A646">
-        <v>2097</v>
+        <v>1893</v>
       </c>
       <c r="B646" t="s">
         <v>1288</v>
       </c>
       <c r="C646" t="s" s="2">
         <v>1289</v>
       </c>
       <c r="D646" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E646">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F646">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="647">
       <c r="A647">
-        <v>1893</v>
+        <v>2421</v>
       </c>
       <c r="B647" t="s">
         <v>1290</v>
       </c>
       <c r="C647" t="s" s="2">
         <v>1291</v>
       </c>
       <c r="D647" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E647">
         <v>10</v>
       </c>
       <c r="F647">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="648">
       <c r="A648">
-        <v>2421</v>
+        <v>2381</v>
       </c>
       <c r="B648" t="s">
         <v>1292</v>
       </c>
       <c r="C648" t="s" s="2">
         <v>1293</v>
       </c>
       <c r="D648" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E648">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="F648">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="649">
       <c r="A649">
-        <v>2381</v>
+        <v>1895</v>
       </c>
       <c r="B649" t="s">
         <v>1294</v>
       </c>
       <c r="C649" t="s" s="2">
         <v>1295</v>
       </c>
       <c r="D649" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E649">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="F649">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="650">
       <c r="A650">
-        <v>1895</v>
+        <v>891</v>
       </c>
       <c r="B650" t="s">
         <v>1296</v>
       </c>
       <c r="C650" t="s" s="2">
         <v>1297</v>
       </c>
       <c r="D650" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E650">
         <v>10</v>
       </c>
       <c r="F650">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="651">
       <c r="A651">
-        <v>891</v>
+        <v>1897</v>
       </c>
       <c r="B651" t="s">
         <v>1298</v>
       </c>
       <c r="C651" t="s" s="2">
         <v>1299</v>
       </c>
       <c r="D651" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E651">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F651">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="652">
       <c r="A652">
-        <v>1897</v>
+        <v>2099</v>
       </c>
       <c r="B652" t="s">
         <v>1300</v>
       </c>
       <c r="C652" t="s" s="2">
         <v>1301</v>
       </c>
       <c r="D652" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E652">
         <v>5</v>
       </c>
       <c r="F652">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="653">
       <c r="A653">
-        <v>2099</v>
+        <v>1765</v>
       </c>
       <c r="B653" t="s">
         <v>1302</v>
       </c>
       <c r="C653" t="s" s="2">
         <v>1303</v>
       </c>
       <c r="D653" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E653">
         <v>5</v>
       </c>
       <c r="F653">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="654">
       <c r="A654">
-        <v>1765</v>
+        <v>1901</v>
       </c>
       <c r="B654" t="s">
         <v>1304</v>
       </c>
       <c r="C654" t="s" s="2">
         <v>1305</v>
       </c>
       <c r="D654" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E654">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="F654">
-        <v>2</v>
+        <v>19</v>
       </c>
     </row>
     <row r="655">
       <c r="A655">
-        <v>1901</v>
+        <v>2101</v>
       </c>
       <c r="B655" t="s">
         <v>1306</v>
       </c>
       <c r="C655" t="s" s="2">
         <v>1307</v>
       </c>
       <c r="D655" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E655">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F655">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="656">
       <c r="A656">
-        <v>2101</v>
+        <v>1767</v>
       </c>
       <c r="B656" t="s">
         <v>1308</v>
       </c>
       <c r="C656" t="s" s="2">
         <v>1309</v>
       </c>
       <c r="D656" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E656">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="F656">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="657">
       <c r="A657">
-        <v>1767</v>
+        <v>1191</v>
       </c>
       <c r="B657" t="s">
         <v>1310</v>
       </c>
       <c r="C657" t="s" s="2">
         <v>1311</v>
       </c>
       <c r="D657" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E657">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F657">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="658">
       <c r="A658">
-        <v>1191</v>
+        <v>2103</v>
       </c>
       <c r="B658" t="s">
         <v>1312</v>
       </c>
       <c r="C658" t="s" s="2">
         <v>1313</v>
       </c>
       <c r="D658" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E658">
         <v>10</v>
       </c>
       <c r="F658">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="659">
       <c r="A659">
-        <v>2103</v>
+        <v>2383</v>
       </c>
       <c r="B659" t="s">
         <v>1314</v>
       </c>
       <c r="C659" t="s" s="2">
         <v>1315</v>
       </c>
       <c r="D659" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E659">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F659">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="660">
       <c r="A660">
-        <v>2383</v>
+        <v>905</v>
       </c>
       <c r="B660" t="s">
         <v>1316</v>
       </c>
       <c r="C660" t="s" s="2">
         <v>1317</v>
       </c>
       <c r="D660" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E660">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F660">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="661">
       <c r="A661">
-        <v>905</v>
+        <v>1769</v>
       </c>
       <c r="B661" t="s">
         <v>1318</v>
       </c>
       <c r="C661" t="s" s="2">
         <v>1319</v>
       </c>
       <c r="D661" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E661">
         <v>10</v>
       </c>
       <c r="F661">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="662">
       <c r="A662">
-        <v>1769</v>
+        <v>2385</v>
       </c>
       <c r="B662" t="s">
         <v>1320</v>
       </c>
       <c r="C662" t="s" s="2">
         <v>1321</v>
       </c>
       <c r="D662" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E662">
         <v>10</v>
       </c>
       <c r="F662">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="663">
       <c r="A663">
-        <v>2385</v>
+        <v>1903</v>
       </c>
       <c r="B663" t="s">
         <v>1322</v>
       </c>
       <c r="C663" t="s" s="2">
         <v>1323</v>
       </c>
       <c r="D663" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E663">
         <v>10</v>
       </c>
       <c r="F663">
         <v>10</v>
       </c>
     </row>
     <row r="664">
       <c r="A664">
-        <v>1903</v>
+        <v>2107</v>
       </c>
       <c r="B664" t="s">
         <v>1324</v>
       </c>
       <c r="C664" t="s" s="2">
         <v>1325</v>
       </c>
       <c r="D664" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E664">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F664">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="665">
       <c r="A665">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="B665" t="s">
         <v>1326</v>
       </c>
       <c r="C665" t="s" s="2">
         <v>1327</v>
       </c>
       <c r="D665" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E665">
         <v>5</v>
       </c>
       <c r="F665">
         <v>5</v>
       </c>
     </row>
     <row r="666">
       <c r="A666">
-        <v>2109</v>
+        <v>1771</v>
       </c>
       <c r="B666" t="s">
         <v>1328</v>
       </c>
       <c r="C666" t="s" s="2">
         <v>1329</v>
       </c>
       <c r="D666" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E666">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F666">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="667">
       <c r="A667">
-        <v>1771</v>
+        <v>1905</v>
       </c>
       <c r="B667" t="s">
         <v>1330</v>
       </c>
       <c r="C667" t="s" s="2">
         <v>1331</v>
       </c>
       <c r="D667" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E667">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F667">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="668">
       <c r="A668">
-        <v>1905</v>
+        <v>2111</v>
       </c>
       <c r="B668" t="s">
         <v>1332</v>
       </c>
       <c r="C668" t="s" s="2">
         <v>1333</v>
       </c>
       <c r="D668" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E668">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F668">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="669">
       <c r="A669">
-        <v>2111</v>
+        <v>2387</v>
       </c>
       <c r="B669" t="s">
         <v>1334</v>
       </c>
       <c r="C669" t="s" s="2">
         <v>1335</v>
       </c>
       <c r="D669" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E669">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="F669">
-        <v>3</v>
+        <v>29</v>
       </c>
     </row>
     <row r="670">
       <c r="A670">
-        <v>2387</v>
+        <v>2113</v>
       </c>
       <c r="B670" t="s">
         <v>1336</v>
       </c>
       <c r="C670" t="s" s="2">
         <v>1337</v>
       </c>
       <c r="D670" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E670">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="F670">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="671">
       <c r="A671">
-        <v>2113</v>
+        <v>1775</v>
       </c>
       <c r="B671" t="s">
         <v>1338</v>
       </c>
       <c r="C671" t="s" s="2">
         <v>1339</v>
       </c>
       <c r="D671" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E671">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="F671">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="672">
       <c r="A672">
-        <v>1775</v>
+        <v>2119</v>
       </c>
       <c r="B672" t="s">
         <v>1340</v>
       </c>
       <c r="C672" t="s" s="2">
         <v>1341</v>
       </c>
       <c r="D672" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E672">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F672">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="673">
       <c r="A673">
-        <v>2119</v>
+        <v>1907</v>
       </c>
       <c r="B673" t="s">
         <v>1342</v>
       </c>
       <c r="C673" t="s" s="2">
         <v>1343</v>
       </c>
       <c r="D673" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E673">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F673">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="674">
       <c r="A674">
-        <v>1907</v>
+        <v>2121</v>
       </c>
       <c r="B674" t="s">
         <v>1344</v>
       </c>
       <c r="C674" t="s" s="2">
         <v>1345</v>
       </c>
       <c r="D674" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E674">
         <v>10</v>
       </c>
       <c r="F674">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="675">
       <c r="A675">
-        <v>2121</v>
+        <v>1777</v>
       </c>
       <c r="B675" t="s">
         <v>1346</v>
       </c>
       <c r="C675" t="s" s="2">
         <v>1347</v>
       </c>
       <c r="D675" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E675">
         <v>10</v>
       </c>
       <c r="F675">
         <v>10</v>
       </c>
     </row>
     <row r="676">
       <c r="A676">
-        <v>1777</v>
+        <v>1909</v>
       </c>
       <c r="B676" t="s">
         <v>1348</v>
       </c>
       <c r="C676" t="s" s="2">
         <v>1349</v>
       </c>
       <c r="D676" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E676">
         <v>10</v>
       </c>
       <c r="F676">
         <v>10</v>
       </c>
     </row>
     <row r="677">
       <c r="A677">
-        <v>1909</v>
+        <v>2123</v>
       </c>
       <c r="B677" t="s">
         <v>1350</v>
       </c>
       <c r="C677" t="s" s="2">
         <v>1351</v>
       </c>
       <c r="D677" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E677">
         <v>10</v>
       </c>
       <c r="F677">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="678">
       <c r="A678">
-        <v>2123</v>
+        <v>1779</v>
       </c>
       <c r="B678" t="s">
         <v>1352</v>
       </c>
       <c r="C678" t="s" s="2">
         <v>1353</v>
       </c>
       <c r="D678" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E678">
         <v>10</v>
       </c>
       <c r="F678">
         <v>9</v>
       </c>
     </row>
     <row r="679">
       <c r="A679">
-        <v>1779</v>
+        <v>1911</v>
       </c>
       <c r="B679" t="s">
         <v>1354</v>
       </c>
       <c r="C679" t="s" s="2">
         <v>1355</v>
       </c>
       <c r="D679" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E679">
         <v>10</v>
       </c>
       <c r="F679">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="680">
       <c r="A680">
-        <v>1911</v>
-[...1 lines deleted...]
-      <c r="B680" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B680"/>
+      <c r="C680" t="s" s="2">
         <v>1356</v>
       </c>
-      <c r="C680" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D680" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E680">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F680">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="681">
       <c r="A681">
-        <v>2389</v>
-[...1 lines deleted...]
-      <c r="B681"/>
+        <v>1913</v>
+      </c>
+      <c r="B681" t="s">
+        <v>1357</v>
+      </c>
       <c r="C681" t="s" s="2">
         <v>1358</v>
       </c>
       <c r="D681" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E681">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F681">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="682">
       <c r="A682">
-        <v>1913</v>
+        <v>2391</v>
       </c>
       <c r="B682" t="s">
         <v>1359</v>
       </c>
       <c r="C682" t="s" s="2">
         <v>1360</v>
       </c>
       <c r="D682" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E682">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="F682">
-        <v>14</v>
+        <v>5</v>
       </c>
     </row>
     <row r="683">
       <c r="A683">
-        <v>2391</v>
+        <v>2153</v>
       </c>
       <c r="B683" t="s">
         <v>1361</v>
       </c>
       <c r="C683" t="s" s="2">
         <v>1362</v>
       </c>
       <c r="D683" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E683">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F683">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="684">
       <c r="A684">
-        <v>2153</v>
+        <v>1801</v>
       </c>
       <c r="B684" t="s">
         <v>1363</v>
       </c>
       <c r="C684" t="s" s="2">
         <v>1364</v>
       </c>
       <c r="D684" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E684">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F684">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="685">
       <c r="A685">
-        <v>1801</v>
+        <v>2155</v>
       </c>
       <c r="B685" t="s">
         <v>1365</v>
       </c>
       <c r="C685" t="s" s="2">
         <v>1366</v>
       </c>
       <c r="D685" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E685">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F685">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="686">
       <c r="A686">
-        <v>2155</v>
+        <v>2127</v>
       </c>
       <c r="B686" t="s">
         <v>1367</v>
       </c>
       <c r="C686" t="s" s="2">
         <v>1368</v>
       </c>
       <c r="D686" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E686">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F686">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="687">
       <c r="A687">
-        <v>2127</v>
+        <v>2173</v>
       </c>
       <c r="B687" t="s">
         <v>1369</v>
       </c>
       <c r="C687" t="s" s="2">
         <v>1370</v>
       </c>
       <c r="D687" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E687">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="F687">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="688">
       <c r="A688">
-        <v>2173</v>
+        <v>2429</v>
       </c>
       <c r="B688" t="s">
         <v>1371</v>
       </c>
       <c r="C688" t="s" s="2">
         <v>1372</v>
       </c>
       <c r="D688" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E688">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="F688">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="689">
       <c r="A689">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="B689" t="s">
         <v>1373</v>
       </c>
       <c r="C689" t="s" s="2">
         <v>1374</v>
       </c>
       <c r="D689" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E689">
         <v>10</v>
       </c>
       <c r="F689">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="690">
       <c r="A690">
-        <v>2433</v>
+        <v>1915</v>
       </c>
       <c r="B690" t="s">
         <v>1375</v>
       </c>
       <c r="C690" t="s" s="2">
         <v>1376</v>
       </c>
       <c r="D690" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E690">
         <v>10</v>
       </c>
       <c r="F690">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="691">
       <c r="A691">
-        <v>1915</v>
+        <v>2157</v>
       </c>
       <c r="B691" t="s">
         <v>1377</v>
       </c>
       <c r="C691" t="s" s="2">
         <v>1378</v>
       </c>
       <c r="D691" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E691">
         <v>10</v>
       </c>
       <c r="F691">
         <v>9</v>
       </c>
     </row>
     <row r="692">
       <c r="A692">
-        <v>2157</v>
+        <v>2393</v>
       </c>
       <c r="B692" t="s">
         <v>1379</v>
       </c>
       <c r="C692" t="s" s="2">
         <v>1380</v>
       </c>
       <c r="D692" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E692">
         <v>10</v>
       </c>
       <c r="F692">
         <v>9</v>
       </c>
     </row>
     <row r="693">
       <c r="A693">
-        <v>2393</v>
+        <v>2129</v>
       </c>
       <c r="B693" t="s">
         <v>1381</v>
       </c>
       <c r="C693" t="s" s="2">
         <v>1382</v>
       </c>
       <c r="D693" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E693">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F693">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="694">
       <c r="A694">
-        <v>2129</v>
+        <v>1917</v>
       </c>
       <c r="B694" t="s">
         <v>1383</v>
       </c>
       <c r="C694" t="s" s="2">
         <v>1384</v>
       </c>
       <c r="D694" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E694">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F694">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="695">
       <c r="A695">
-        <v>1917</v>
+        <v>2395</v>
       </c>
       <c r="B695" t="s">
         <v>1385</v>
       </c>
       <c r="C695" t="s" s="2">
         <v>1386</v>
       </c>
       <c r="D695" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E695">
         <v>10</v>
       </c>
       <c r="F695">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="696">
       <c r="A696">
-        <v>2395</v>
+        <v>2159</v>
       </c>
       <c r="B696" t="s">
         <v>1387</v>
       </c>
       <c r="C696" t="s" s="2">
         <v>1388</v>
       </c>
       <c r="D696" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E696">
         <v>10</v>
       </c>
       <c r="F696">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="697">
       <c r="A697">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="B697" t="s">
         <v>1389</v>
       </c>
       <c r="C697" t="s" s="2">
         <v>1390</v>
       </c>
       <c r="D697" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E697">
         <v>10</v>
       </c>
       <c r="F697">
         <v>7</v>
       </c>
     </row>
     <row r="698">
       <c r="A698">
-        <v>2161</v>
+        <v>1919</v>
       </c>
       <c r="B698" t="s">
         <v>1391</v>
       </c>
       <c r="C698" t="s" s="2">
         <v>1392</v>
       </c>
       <c r="D698" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E698">
         <v>10</v>
       </c>
       <c r="F698">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="699">
       <c r="A699">
-        <v>1919</v>
+        <v>2163</v>
       </c>
       <c r="B699" t="s">
         <v>1393</v>
       </c>
       <c r="C699" t="s" s="2">
         <v>1394</v>
       </c>
       <c r="D699" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E699">
         <v>10</v>
       </c>
       <c r="F699">
         <v>8</v>
       </c>
     </row>
     <row r="700">
       <c r="A700">
-        <v>2163</v>
+        <v>2397</v>
       </c>
       <c r="B700" t="s">
         <v>1395</v>
       </c>
       <c r="C700" t="s" s="2">
         <v>1396</v>
       </c>
       <c r="D700" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E700">
         <v>10</v>
       </c>
       <c r="F700">
         <v>8</v>
       </c>
     </row>
     <row r="701">
       <c r="A701">
-        <v>2397</v>
+        <v>1921</v>
       </c>
       <c r="B701" t="s">
         <v>1397</v>
       </c>
       <c r="C701" t="s" s="2">
         <v>1398</v>
       </c>
       <c r="D701" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E701">
         <v>10</v>
       </c>
       <c r="F701">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="702">
       <c r="A702">
-        <v>1921</v>
+        <v>1823</v>
       </c>
       <c r="B702" t="s">
         <v>1399</v>
       </c>
       <c r="C702" t="s" s="2">
         <v>1400</v>
       </c>
       <c r="D702" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E702">
         <v>10</v>
       </c>
       <c r="F702">
         <v>9</v>
       </c>
     </row>
     <row r="703">
       <c r="A703">
-        <v>1823</v>
+        <v>2165</v>
       </c>
       <c r="B703" t="s">
         <v>1401</v>
       </c>
       <c r="C703" t="s" s="2">
         <v>1402</v>
       </c>
       <c r="D703" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E703">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F703">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="704">
       <c r="A704">
-        <v>2165</v>
+        <v>2399</v>
       </c>
       <c r="B704" t="s">
         <v>1403</v>
       </c>
       <c r="C704" t="s" s="2">
         <v>1404</v>
       </c>
       <c r="D704" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E704">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F704">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="705">
       <c r="A705">
-        <v>2399</v>
+        <v>1923</v>
       </c>
       <c r="B705" t="s">
         <v>1405</v>
       </c>
       <c r="C705" t="s" s="2">
         <v>1406</v>
       </c>
       <c r="D705" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E705">
         <v>10</v>
       </c>
       <c r="F705">
         <v>9</v>
       </c>
     </row>
     <row r="706">
       <c r="A706">
-        <v>1923</v>
+        <v>1825</v>
       </c>
       <c r="B706" t="s">
         <v>1407</v>
       </c>
       <c r="C706" t="s" s="2">
         <v>1408</v>
       </c>
       <c r="D706" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E706">
         <v>10</v>
       </c>
       <c r="F706">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="707">
       <c r="A707">
-        <v>1825</v>
+        <v>2167</v>
       </c>
       <c r="B707" t="s">
         <v>1409</v>
       </c>
       <c r="C707" t="s" s="2">
         <v>1410</v>
       </c>
       <c r="D707" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E707">
         <v>10</v>
       </c>
       <c r="F707">
         <v>10</v>
       </c>
     </row>
     <row r="708">
       <c r="A708">
-        <v>2167</v>
+        <v>2401</v>
       </c>
       <c r="B708" t="s">
         <v>1411</v>
       </c>
       <c r="C708" t="s" s="2">
         <v>1412</v>
       </c>
       <c r="D708" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E708">
         <v>10</v>
       </c>
       <c r="F708">
         <v>10</v>
       </c>
     </row>
     <row r="709">
       <c r="A709">
-        <v>2401</v>
+        <v>1925</v>
       </c>
       <c r="B709" t="s">
         <v>1413</v>
       </c>
       <c r="C709" t="s" s="2">
         <v>1414</v>
       </c>
       <c r="D709" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E709">
         <v>10</v>
       </c>
       <c r="F709">
         <v>10</v>
       </c>
     </row>
     <row r="710">
       <c r="A710">
-        <v>1925</v>
+        <v>1827</v>
       </c>
       <c r="B710" t="s">
         <v>1415</v>
       </c>
       <c r="C710" t="s" s="2">
         <v>1416</v>
       </c>
       <c r="D710" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E710">
         <v>10</v>
       </c>
       <c r="F710">
         <v>10</v>
       </c>
     </row>
     <row r="711">
       <c r="A711">
-        <v>1827</v>
+        <v>2403</v>
       </c>
       <c r="B711" t="s">
         <v>1417</v>
       </c>
       <c r="C711" t="s" s="2">
         <v>1418</v>
       </c>
       <c r="D711" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E711">
         <v>10</v>
       </c>
       <c r="F711">
         <v>10</v>
       </c>
     </row>
     <row r="712">
       <c r="A712">
-        <v>2403</v>
+        <v>1829</v>
       </c>
       <c r="B712" t="s">
         <v>1419</v>
       </c>
       <c r="C712" t="s" s="2">
         <v>1420</v>
       </c>
       <c r="D712" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E712">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F712">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="713">
       <c r="A713">
-        <v>1829</v>
+        <v>2475</v>
       </c>
       <c r="B713" t="s">
         <v>1421</v>
       </c>
       <c r="C713" t="s" s="2">
         <v>1422</v>
       </c>
       <c r="D713" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E713">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F713">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="714">
       <c r="A714">
-        <v>2475</v>
+        <v>2017</v>
       </c>
       <c r="B714" t="s">
         <v>1423</v>
       </c>
       <c r="C714" t="s" s="2">
         <v>1424</v>
       </c>
       <c r="D714" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E714">
         <v>10</v>
       </c>
       <c r="F714">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="715">
       <c r="A715">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B715" t="s">
         <v>1425</v>
       </c>
       <c r="C715" t="s" s="2">
         <v>1426</v>
       </c>
       <c r="D715" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E715">
         <v>10</v>
       </c>
       <c r="F715">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="716">
       <c r="A716">
-        <v>2019</v>
+        <v>2405</v>
       </c>
       <c r="B716" t="s">
         <v>1427</v>
       </c>
       <c r="C716" t="s" s="2">
         <v>1428</v>
       </c>
       <c r="D716" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E716">
         <v>10</v>
       </c>
       <c r="F716">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="717">
       <c r="A717">
-        <v>2405</v>
+        <v>2169</v>
       </c>
       <c r="B717" t="s">
         <v>1429</v>
       </c>
       <c r="C717" t="s" s="2">
         <v>1430</v>
       </c>
       <c r="D717" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E717">
         <v>10</v>
       </c>
       <c r="F717">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="718">
       <c r="A718">
-        <v>2169</v>
+        <v>2285</v>
       </c>
       <c r="B718" t="s">
         <v>1431</v>
       </c>
       <c r="C718" t="s" s="2">
         <v>1432</v>
       </c>
       <c r="D718" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E718">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F718">
         <v>9</v>
       </c>
     </row>
     <row r="719">
       <c r="A719">
-        <v>2285</v>
+        <v>2043</v>
       </c>
       <c r="B719" t="s">
         <v>1433</v>
       </c>
       <c r="C719" t="s" s="2">
         <v>1434</v>
       </c>
       <c r="D719" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E719">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F719">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="720">
       <c r="A720">
-        <v>2043</v>
+        <v>2407</v>
       </c>
       <c r="B720" t="s">
         <v>1435</v>
       </c>
       <c r="C720" t="s" s="2">
         <v>1436</v>
       </c>
       <c r="D720" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E720">
         <v>10</v>
       </c>
       <c r="F720">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="721">
       <c r="A721">
-        <v>2407</v>
+        <v>2117</v>
       </c>
       <c r="B721" t="s">
         <v>1437</v>
       </c>
       <c r="C721" t="s" s="2">
         <v>1438</v>
       </c>
       <c r="D721" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E721">
         <v>10</v>
       </c>
       <c r="F721">
         <v>9</v>
       </c>
     </row>
     <row r="722">
       <c r="A722">
-        <v>2117</v>
+        <v>2171</v>
       </c>
       <c r="B722" t="s">
         <v>1439</v>
       </c>
       <c r="C722" t="s" s="2">
         <v>1440</v>
       </c>
       <c r="D722" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E722">
         <v>10</v>
       </c>
       <c r="F722">
         <v>9</v>
       </c>
     </row>
     <row r="723">
       <c r="A723">
-        <v>2171</v>
+        <v>2125</v>
       </c>
       <c r="B723" t="s">
         <v>1441</v>
       </c>
       <c r="C723" t="s" s="2">
         <v>1442</v>
       </c>
       <c r="D723" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E723">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F723">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="724">
       <c r="A724">
-        <v>2125</v>
+        <v>2411</v>
       </c>
       <c r="B724" t="s">
         <v>1443</v>
       </c>
       <c r="C724" t="s" s="2">
         <v>1444</v>
       </c>
       <c r="D724" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E724">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F724">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="725">
       <c r="A725">
-        <v>2411</v>
+        <v>2175</v>
       </c>
       <c r="B725" t="s">
         <v>1445</v>
       </c>
       <c r="C725" t="s" s="2">
         <v>1446</v>
       </c>
       <c r="D725" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E725">
         <v>10</v>
       </c>
       <c r="F725">
         <v>10</v>
       </c>
     </row>
     <row r="726">
       <c r="A726">
-        <v>2175</v>
+        <v>2179</v>
       </c>
       <c r="B726" t="s">
         <v>1447</v>
       </c>
       <c r="C726" t="s" s="2">
         <v>1448</v>
       </c>
       <c r="D726" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E726">
         <v>10</v>
       </c>
       <c r="F726">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="727">
       <c r="A727">
-        <v>2179</v>
+        <v>2135</v>
       </c>
       <c r="B727" t="s">
         <v>1449</v>
       </c>
       <c r="C727" t="s" s="2">
         <v>1450</v>
       </c>
       <c r="D727" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E727">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F727">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="728">
       <c r="A728">
-        <v>2135</v>
+        <v>2181</v>
       </c>
       <c r="B728" t="s">
         <v>1451</v>
       </c>
       <c r="C728" t="s" s="2">
         <v>1452</v>
       </c>
       <c r="D728" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E728">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F728">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="729">
       <c r="A729">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="B729" t="s">
         <v>1453</v>
       </c>
       <c r="C729" t="s" s="2">
         <v>1454</v>
       </c>
       <c r="D729" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E729">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="F729">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="730">
       <c r="A730">
-        <v>2183</v>
+        <v>2417</v>
       </c>
       <c r="B730" t="s">
         <v>1455</v>
       </c>
       <c r="C730" t="s" s="2">
         <v>1456</v>
       </c>
       <c r="D730" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E730">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="F730">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="731">
       <c r="A731">
-        <v>2417</v>
+        <v>2255</v>
       </c>
       <c r="B731" t="s">
         <v>1457</v>
       </c>
       <c r="C731" t="s" s="2">
         <v>1458</v>
       </c>
       <c r="D731" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E731">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F731">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="732">
       <c r="A732">
-        <v>2255</v>
+        <v>2137</v>
       </c>
       <c r="B732" t="s">
         <v>1459</v>
       </c>
       <c r="C732" t="s" s="2">
         <v>1460</v>
       </c>
       <c r="D732" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E732">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F732">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="733">
       <c r="A733">
-        <v>2137</v>
+        <v>2419</v>
       </c>
       <c r="B733" t="s">
         <v>1461</v>
       </c>
       <c r="C733" t="s" s="2">
         <v>1462</v>
       </c>
       <c r="D733" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E733">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="F733">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="734">
       <c r="A734">
-        <v>2419</v>
+        <v>1439</v>
       </c>
       <c r="B734" t="s">
         <v>1463</v>
       </c>
       <c r="C734" t="s" s="2">
         <v>1464</v>
       </c>
       <c r="D734" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E734">
         <v>10</v>
       </c>
       <c r="F734">
         <v>7</v>
       </c>
     </row>
     <row r="735">
       <c r="A735">
-        <v>1439</v>
+        <v>2133</v>
       </c>
       <c r="B735" t="s">
         <v>1465</v>
       </c>
       <c r="C735" t="s" s="2">
         <v>1466</v>
       </c>
       <c r="D735" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E735">
         <v>10</v>
       </c>
       <c r="F735">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="736">
       <c r="A736">
-        <v>2133</v>
+        <v>2141</v>
       </c>
       <c r="B736" t="s">
         <v>1467</v>
       </c>
       <c r="C736" t="s" s="2">
         <v>1468</v>
       </c>
       <c r="D736" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E736">
         <v>10</v>
       </c>
       <c r="F736">
         <v>8</v>
       </c>
     </row>
     <row r="737">
       <c r="A737">
-        <v>2141</v>
+        <v>1245</v>
       </c>
       <c r="B737" t="s">
         <v>1469</v>
       </c>
       <c r="C737" t="s" s="2">
         <v>1470</v>
       </c>
       <c r="D737" s="3">
-        <v>45974.791145833</v>
+        <v>46057.476597222</v>
       </c>
       <c r="E737">
         <v>10</v>
       </c>
       <c r="F737">
         <v>8</v>
       </c>
     </row>
     <row r="738">
       <c r="A738">
-        <v>1245</v>
+        <v>2143</v>
       </c>
       <c r="B738" t="s">
         <v>1471</v>
       </c>
       <c r="C738" t="s" s="2">
         <v>1472</v>
       </c>
       <c r="D738" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E738">
         <v>10</v>
       </c>
       <c r="F738">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="739">
       <c r="A739">
-        <v>2143</v>
+        <v>2435</v>
       </c>
       <c r="B739" t="s">
         <v>1473</v>
       </c>
       <c r="C739" t="s" s="2">
         <v>1474</v>
       </c>
       <c r="D739" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E739">
         <v>10</v>
       </c>
       <c r="F739">
         <v>9</v>
       </c>
     </row>
     <row r="740">
       <c r="A740">
-        <v>2435</v>
+        <v>2145</v>
       </c>
       <c r="B740" t="s">
         <v>1475</v>
       </c>
       <c r="C740" t="s" s="2">
         <v>1476</v>
       </c>
       <c r="D740" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E740">
         <v>10</v>
       </c>
       <c r="F740">
         <v>9</v>
       </c>
     </row>
     <row r="741">
       <c r="A741">
-        <v>2145</v>
+        <v>1899</v>
       </c>
       <c r="B741" t="s">
         <v>1477</v>
       </c>
       <c r="C741" t="s" s="2">
         <v>1478</v>
       </c>
       <c r="D741" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E741">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F741">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="742">
       <c r="A742">
-        <v>1899</v>
+        <v>2493</v>
       </c>
       <c r="B742" t="s">
         <v>1479</v>
       </c>
       <c r="C742" t="s" s="2">
         <v>1480</v>
       </c>
       <c r="D742" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E742">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F742">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="743">
       <c r="A743">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="B743" t="s">
         <v>1481</v>
       </c>
       <c r="C743" t="s" s="2">
         <v>1482</v>
       </c>
       <c r="D743" s="3">
-        <v>45974.791145833</v>
+        <v>46057.476597222</v>
       </c>
       <c r="E743">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F743">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="744">
       <c r="A744">
         <v>2139</v>
       </c>
       <c r="B744" t="s">
         <v>1483</v>
       </c>
       <c r="C744" t="s" s="2">
         <v>1484</v>
       </c>
       <c r="D744" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E744">
         <v>10</v>
       </c>
       <c r="F744">
         <v>10</v>
       </c>
     </row>
     <row r="745">
       <c r="A745">
         <v>2147</v>
       </c>
       <c r="B745" t="s">
         <v>1485</v>
       </c>
       <c r="C745" t="s" s="2">
         <v>1486</v>
       </c>
       <c r="D745" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E745">
         <v>10</v>
       </c>
       <c r="F745">
         <v>9</v>
       </c>
     </row>
     <row r="746">
       <c r="A746">
         <v>2443</v>
       </c>
       <c r="B746" t="s">
         <v>1487</v>
       </c>
       <c r="C746" t="s" s="2">
         <v>1488</v>
       </c>
       <c r="D746" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E746">
         <v>6</v>
       </c>
       <c r="F746">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="747">
       <c r="A747">
         <v>2445</v>
       </c>
       <c r="B747" t="s">
         <v>1489</v>
       </c>
       <c r="C747" t="s" s="2">
         <v>1490</v>
       </c>
       <c r="D747" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E747">
         <v>10</v>
       </c>
       <c r="F747">
         <v>7</v>
       </c>
     </row>
     <row r="748">
       <c r="A748">
         <v>2447</v>
       </c>
       <c r="B748" t="s">
         <v>1491</v>
       </c>
       <c r="C748" t="s" s="2">
         <v>1492</v>
       </c>
       <c r="D748" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E748">
         <v>10</v>
       </c>
       <c r="F748">
         <v>8</v>
       </c>
     </row>
     <row r="749">
       <c r="A749">
         <v>2191</v>
       </c>
       <c r="B749" t="s">
         <v>1493</v>
       </c>
       <c r="C749" t="s" s="2">
         <v>1494</v>
       </c>
       <c r="D749" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E749">
         <v>5</v>
       </c>
       <c r="F749">
         <v>5</v>
       </c>
     </row>
     <row r="750">
       <c r="A750">
         <v>2187</v>
       </c>
       <c r="B750" t="s">
         <v>1495</v>
       </c>
       <c r="C750" t="s" s="2">
         <v>1496</v>
       </c>
       <c r="D750" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E750">
         <v>10</v>
       </c>
       <c r="F750">
         <v>9</v>
       </c>
     </row>
     <row r="751">
       <c r="A751">
         <v>2193</v>
       </c>
       <c r="B751" t="s">
         <v>1497</v>
       </c>
       <c r="C751" t="s" s="2">
         <v>1498</v>
       </c>
       <c r="D751" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E751">
         <v>10</v>
       </c>
       <c r="F751">
         <v>8</v>
       </c>
     </row>
     <row r="752">
       <c r="A752">
         <v>1453</v>
       </c>
       <c r="B752" t="s">
         <v>1499</v>
       </c>
       <c r="C752" t="s" s="2">
         <v>1500</v>
       </c>
       <c r="D752" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E752">
         <v>10</v>
       </c>
       <c r="F752">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="753">
       <c r="A753">
         <v>2201</v>
       </c>
       <c r="B753" t="s">
         <v>1501</v>
       </c>
       <c r="C753" t="s" s="2">
         <v>1502</v>
       </c>
       <c r="D753" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E753">
         <v>10</v>
       </c>
       <c r="F753">
         <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754">
         <v>2197</v>
       </c>
       <c r="B754" t="s">
         <v>1503</v>
       </c>
       <c r="C754" t="s" s="2">
         <v>1504</v>
       </c>
       <c r="D754" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E754">
         <v>10</v>
       </c>
       <c r="F754">
         <v>10</v>
       </c>
     </row>
     <row r="755">
       <c r="A755">
         <v>2199</v>
       </c>
       <c r="B755" t="s">
         <v>1505</v>
       </c>
       <c r="C755" t="s" s="2">
         <v>1506</v>
       </c>
       <c r="D755" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E755">
         <v>10</v>
       </c>
       <c r="F755">
         <v>10</v>
       </c>
     </row>
     <row r="756">
       <c r="A756">
         <v>2427</v>
       </c>
       <c r="B756" t="s">
         <v>734</v>
       </c>
       <c r="C756" t="s" s="2">
         <v>1507</v>
       </c>
       <c r="D756" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E756">
         <v>10</v>
       </c>
       <c r="F756">
         <v>9</v>
       </c>
     </row>
     <row r="757">
       <c r="A757">
         <v>2217</v>
       </c>
       <c r="B757" t="s">
         <v>1508</v>
       </c>
       <c r="C757" t="s" s="2">
         <v>1509</v>
       </c>
       <c r="D757" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E757">
         <v>10</v>
       </c>
       <c r="F757">
         <v>10</v>
       </c>
     </row>
     <row r="758">
       <c r="A758">
         <v>2283</v>
       </c>
       <c r="B758" t="s">
         <v>1510</v>
       </c>
       <c r="C758" t="s" s="2">
         <v>1511</v>
       </c>
       <c r="D758" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E758">
         <v>18</v>
       </c>
       <c r="F758">
         <v>18</v>
       </c>
     </row>
     <row r="759">
       <c r="A759">
         <v>2293</v>
       </c>
       <c r="B759" t="s">
         <v>1512</v>
       </c>
       <c r="C759" t="s" s="2">
         <v>1513</v>
       </c>
       <c r="D759" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E759">
         <v>10</v>
       </c>
       <c r="F759">
         <v>10</v>
       </c>
     </row>
     <row r="760">
       <c r="A760">
         <v>2329</v>
       </c>
       <c r="B760" t="s">
         <v>1514</v>
       </c>
       <c r="C760" t="s" s="2">
         <v>1515</v>
       </c>
       <c r="D760" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E760">
         <v>10</v>
       </c>
       <c r="F760">
         <v>10</v>
       </c>
     </row>
     <row r="761">
       <c r="A761">
         <v>2331</v>
       </c>
       <c r="B761" t="s">
         <v>1516</v>
       </c>
       <c r="C761" t="s" s="2">
         <v>1517</v>
       </c>
       <c r="D761" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E761">
         <v>10</v>
       </c>
       <c r="F761">
         <v>10</v>
       </c>
     </row>
     <row r="762">
       <c r="A762">
         <v>2333</v>
       </c>
       <c r="B762" t="s">
         <v>1518</v>
       </c>
       <c r="C762" t="s" s="2">
         <v>1519</v>
       </c>
       <c r="D762" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E762">
         <v>10</v>
       </c>
       <c r="F762">
         <v>10</v>
       </c>
     </row>
     <row r="763">
       <c r="A763">
         <v>1797</v>
       </c>
       <c r="B763" t="s">
         <v>1520</v>
       </c>
       <c r="C763" t="s" s="2">
         <v>1521</v>
       </c>
       <c r="D763" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E763">
         <v>2</v>
       </c>
       <c r="F763">
         <v>2</v>
       </c>
     </row>
     <row r="764">
       <c r="A764">
         <v>2425</v>
       </c>
       <c r="B764" t="s">
         <v>1522</v>
       </c>
       <c r="C764" t="s" s="2">
         <v>1523</v>
       </c>
       <c r="D764" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E764">
         <v>10</v>
       </c>
       <c r="F764">
         <v>7</v>
       </c>
     </row>
     <row r="765">
       <c r="A765">
         <v>2057</v>
       </c>
       <c r="B765" t="s">
         <v>1524</v>
       </c>
       <c r="C765" t="s" s="2">
         <v>1525</v>
       </c>
       <c r="D765" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E765">
         <v>1</v>
       </c>
       <c r="F765">
         <v>2</v>
       </c>
     </row>
     <row r="766">
       <c r="A766">
         <v>2449</v>
       </c>
       <c r="B766" t="s">
         <v>1526</v>
       </c>
       <c r="C766" t="s" s="2">
         <v>1527</v>
       </c>
       <c r="D766" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E766">
         <v>3</v>
       </c>
       <c r="F766">
         <v>3</v>
       </c>
     </row>
     <row r="767">
       <c r="A767">
         <v>2465</v>
       </c>
       <c r="B767" t="s">
         <v>1528</v>
       </c>
       <c r="C767" t="s" s="2">
         <v>1529</v>
       </c>
       <c r="D767" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E767">
         <v>40</v>
       </c>
       <c r="F767">
         <v>38</v>
       </c>
     </row>
     <row r="768">
       <c r="A768">
         <v>2423</v>
       </c>
       <c r="B768" t="s">
         <v>1530</v>
       </c>
       <c r="C768" t="s" s="2">
         <v>1531</v>
       </c>
       <c r="D768" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E768">
         <v>5</v>
       </c>
       <c r="F768">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="769">
       <c r="A769">
         <v>2431</v>
       </c>
       <c r="B769" t="s">
         <v>1532</v>
       </c>
       <c r="C769" t="s" s="2">
         <v>1533</v>
       </c>
       <c r="D769" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E769">
         <v>10</v>
       </c>
       <c r="F769">
         <v>8</v>
       </c>
     </row>
     <row r="770">
       <c r="A770">
         <v>2437</v>
       </c>
       <c r="B770" t="s">
         <v>1534</v>
       </c>
       <c r="C770" t="s" s="2">
         <v>1535</v>
       </c>
       <c r="D770" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E770">
         <v>10</v>
       </c>
       <c r="F770">
         <v>9</v>
       </c>
     </row>
     <row r="771">
       <c r="A771">
         <v>2439</v>
       </c>
       <c r="B771" t="s">
         <v>1536</v>
       </c>
       <c r="C771" t="s" s="2">
         <v>1537</v>
       </c>
       <c r="D771" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E771">
         <v>10</v>
       </c>
       <c r="F771">
         <v>9</v>
       </c>
     </row>
     <row r="772">
       <c r="A772">
         <v>2441</v>
       </c>
       <c r="B772" t="s">
         <v>1538</v>
       </c>
       <c r="C772" t="s" s="2">
         <v>1539</v>
       </c>
       <c r="D772" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E772">
         <v>10</v>
       </c>
       <c r="F772">
         <v>8</v>
       </c>
     </row>
     <row r="773">
       <c r="A773">
         <v>2487</v>
       </c>
       <c r="B773" t="s">
         <v>1540</v>
       </c>
       <c r="C773" t="s" s="2">
         <v>1541</v>
       </c>
       <c r="D773" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E773">
         <v>10</v>
       </c>
       <c r="F773">
         <v>8</v>
       </c>
     </row>
     <row r="774">
       <c r="A774">
         <v>2451</v>
       </c>
       <c r="B774" t="s">
         <v>1542</v>
       </c>
       <c r="C774" t="s" s="2">
         <v>1543</v>
       </c>
       <c r="D774" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E774">
         <v>10</v>
       </c>
       <c r="F774">
         <v>8</v>
       </c>
     </row>
     <row r="775">
       <c r="A775">
         <v>2453</v>
       </c>
       <c r="B775" t="s">
         <v>1544</v>
       </c>
       <c r="C775" t="s" s="2">
         <v>1545</v>
       </c>
       <c r="D775" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E775">
         <v>5</v>
       </c>
       <c r="F775">
         <v>5</v>
       </c>
     </row>
     <row r="776">
       <c r="A776">
         <v>2455</v>
       </c>
       <c r="B776" t="s">
         <v>1546</v>
       </c>
       <c r="C776" t="s" s="2">
         <v>1547</v>
       </c>
       <c r="D776" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E776">
         <v>10</v>
       </c>
       <c r="F776">
         <v>10</v>
       </c>
     </row>
     <row r="777">
       <c r="A777">
         <v>2457</v>
       </c>
       <c r="B777" t="s">
         <v>1548</v>
       </c>
       <c r="C777" t="s" s="2">
         <v>1549</v>
       </c>
       <c r="D777" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E777">
         <v>10</v>
       </c>
       <c r="F777">
         <v>10</v>
       </c>
     </row>
     <row r="778">
       <c r="A778">
         <v>2467</v>
       </c>
       <c r="B778" t="s">
         <v>1550</v>
       </c>
       <c r="C778" t="s" s="2">
         <v>1551</v>
       </c>
       <c r="D778" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E778">
         <v>10</v>
       </c>
       <c r="F778">
         <v>10</v>
       </c>
     </row>
     <row r="779">
       <c r="A779">
         <v>2459</v>
       </c>
       <c r="B779" t="s">
         <v>1552</v>
       </c>
       <c r="C779" t="s" s="2">
         <v>1553</v>
       </c>
       <c r="D779" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E779">
         <v>10</v>
       </c>
       <c r="F779">
         <v>10</v>
       </c>
     </row>
     <row r="780">
       <c r="A780">
         <v>2005</v>
       </c>
       <c r="B780" t="s">
         <v>1554</v>
       </c>
       <c r="C780" t="s" s="2">
         <v>1555</v>
       </c>
       <c r="D780" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E780">
         <v>10</v>
       </c>
       <c r="F780">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="781">
       <c r="A781">
         <v>2469</v>
       </c>
       <c r="B781" t="s">
         <v>1556</v>
       </c>
       <c r="C781" t="s" s="2">
         <v>1557</v>
       </c>
       <c r="D781" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E781">
         <v>10</v>
       </c>
       <c r="F781">
         <v>10</v>
       </c>
     </row>
     <row r="782">
       <c r="A782">
         <v>2461</v>
       </c>
       <c r="B782" t="s">
         <v>1558</v>
       </c>
       <c r="C782" t="s" s="2">
         <v>1559</v>
       </c>
       <c r="D782" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E782">
         <v>10</v>
       </c>
       <c r="F782">
         <v>10</v>
       </c>
     </row>
     <row r="783">
       <c r="A783">
         <v>2471</v>
       </c>
       <c r="B783" t="s">
         <v>1560</v>
       </c>
       <c r="C783" t="s" s="2">
         <v>1561</v>
       </c>
       <c r="D783" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E783">
         <v>10</v>
       </c>
       <c r="F783">
         <v>10</v>
       </c>
     </row>
     <row r="784">
       <c r="A784">
         <v>2463</v>
       </c>
       <c r="B784" t="s">
         <v>1562</v>
       </c>
       <c r="C784" t="s" s="2">
         <v>1563</v>
       </c>
       <c r="D784" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E784">
         <v>10</v>
       </c>
       <c r="F784">
         <v>10</v>
       </c>
     </row>
     <row r="785">
       <c r="A785">
         <v>2473</v>
       </c>
       <c r="B785" t="s">
         <v>1564</v>
       </c>
       <c r="C785" t="s" s="2">
         <v>1565</v>
       </c>
       <c r="D785" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E785">
         <v>10</v>
       </c>
       <c r="F785">
         <v>10</v>
       </c>
     </row>
     <row r="786">
       <c r="A786">
         <v>2477</v>
       </c>
       <c r="B786" t="s">
         <v>1566</v>
       </c>
       <c r="C786" t="s" s="2">
         <v>1567</v>
       </c>
       <c r="D786" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E786">
         <v>10</v>
       </c>
       <c r="F786">
         <v>9</v>
       </c>
     </row>
     <row r="787">
       <c r="A787">
         <v>2479</v>
       </c>
       <c r="B787" t="s">
         <v>1568</v>
       </c>
       <c r="C787" t="s" s="2">
         <v>1569</v>
       </c>
       <c r="D787" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E787">
         <v>20</v>
       </c>
       <c r="F787">
         <v>18</v>
       </c>
     </row>
     <row r="788">
       <c r="A788">
         <v>2481</v>
       </c>
       <c r="B788" t="s">
         <v>1570</v>
       </c>
       <c r="C788" t="s">
         <v>1571</v>
       </c>
       <c r="D788" s="3">
-        <v>45987.354293981</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E788">
         <v>5</v>
       </c>
       <c r="F788">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="789">
       <c r="A789">
         <v>2483</v>
       </c>
       <c r="B789" t="s">
         <v>1572</v>
       </c>
       <c r="C789" t="s" s="2">
         <v>1573</v>
       </c>
       <c r="D789" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E789">
         <v>10</v>
       </c>
       <c r="F789">
         <v>8</v>
       </c>
     </row>
     <row r="790">
       <c r="A790">
         <v>2485</v>
       </c>
       <c r="B790" t="s">
         <v>1574</v>
       </c>
       <c r="C790" t="s" s="2">
         <v>1575</v>
       </c>
       <c r="D790" s="3">
-        <v>45974.791145833</v>
+        <v>46051.436747685</v>
       </c>
       <c r="E790">
         <v>1</v>
       </c>
       <c r="F790">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1" location="" display="mailto:zigelman1@gmail.com"/>
     <hyperlink ref="C3" r:id="rId2" location="" display="mailto:stan@sages4.co.za"/>
     <hyperlink ref="C4" r:id="rId3" location="" display="mailto:alanapughjones@gmail.com"/>
     <hyperlink ref="C5" r:id="rId4" location="" display="mailto:marionzoekatzer@gmail.com"/>
     <hyperlink ref="C6" r:id="rId5" location="" display="mailto:katie@a-media.co.za"/>
     <hyperlink ref="C7" r:id="rId6" location="" display="mailto:estherbbauman44@gmail.com"/>
     <hyperlink ref="C8" r:id="rId7" location="" display="mailto:sparkler4545@gmail.com"/>
     <hyperlink ref="C9" r:id="rId8" location="" display="mailto:darshanleitner@gmail.com"/>
     <hyperlink ref="C10" r:id="rId9" location="" display="mailto:rochelifishel@gmail.com"/>
     <hyperlink ref="C11" r:id="rId10" location="" display="mailto:melaniebern@gmail.com"/>
     <hyperlink ref="C12" r:id="rId11" location="" display="mailto:mikelevitan@mweb.co.za"/>
     <hyperlink ref="C13" r:id="rId12" location="" display="mailto:Jodiaronoff@gmail.com"/>
     <hyperlink ref="C14" r:id="rId13" location="" display="mailto:Michalsnyman@gmail.com"/>
     <hyperlink ref="C15" r:id="rId14" location="" display="mailto:devorah.altman@gmail.com"/>
     <hyperlink ref="C16" r:id="rId15" location="" display="mailto:tamar@hris.co.za"/>
     <hyperlink ref="C17" r:id="rId16" location="" display="mailto:carynmeltz@gmail.com"/>
     <hyperlink ref="C18" r:id="rId17" location="" display="mailto:Carryn@dlg.co.za"/>
     <hyperlink ref="C19" r:id="rId18" location="" display="mailto:maserow@mweb.co.za"/>
     <hyperlink ref="C20" r:id="rId19" location="" display="mailto:stephanie@sgbservices.co.za"/>
     <hyperlink ref="C21" r:id="rId20" location="" display="mailto:cohensb@telkomsa.net"/>
     <hyperlink ref="C22" r:id="rId21" location="" display="mailto:marianapple@hotmail.com"/>
     <hyperlink ref="C23" r:id="rId22" location="" display="mailto:ajl1987@gmail.com"/>
     <hyperlink ref="C24" r:id="rId23" location="" display="mailto:danielledegaye@outlook.com"/>
     <hyperlink ref="C25" r:id="rId24" location="" display="mailto:fsherr@gmail.com"/>
     <hyperlink ref="C26" r:id="rId25" location="" display="mailto:Mary.kluk1@gmail.com"/>
     <hyperlink ref="C27" r:id="rId26" location="" display="mailto:tamarscholte@gmail.com"/>
     <hyperlink ref="C28" r:id="rId27" location="" display="mailto:meir.sendor@gmail.com"/>
     <hyperlink ref="C29" r:id="rId28" location="" display="mailto:batsheva.hp@gmail.com"/>
     <hyperlink ref="C30" r:id="rId29" location="" display="mailto:Mcaminsky@wol.co.za"/>
     <hyperlink ref="C31" r:id="rId30" location="" display="mailto:gaylelewenstein@gmail.com"/>
-    <hyperlink ref="C32" r:id="rId31" location="" display="mailto:ostilly@iafrica.com"/>
+    <hyperlink ref="C32" r:id="rId31" location="" display="mailto:ostillym@gmail.com"/>
     <hyperlink ref="C33" r:id="rId32" location="" display="mailto:Gaynorl@nfm.co.za"/>
     <hyperlink ref="C34" r:id="rId33" location="" display="mailto:shainachayareiser@gmail.com"/>
     <hyperlink ref="C35" r:id="rId34" location="" display="mailto:kassbonnie@gmail.com"/>
     <hyperlink ref="C36" r:id="rId35" location="" display="mailto:6chickens@gmail.com"/>
     <hyperlink ref="C37" r:id="rId36" location="" display="mailto:Gengis@mweb.co.za"/>
     <hyperlink ref="C38" r:id="rId37" location="" display="mailto:Dzekry1@gmail.com"/>
     <hyperlink ref="C39" r:id="rId38" location="" display="mailto:burnejacqui@gmail.com"/>
     <hyperlink ref="C40" r:id="rId39" location="" display="mailto:Rhodaj@netactive.co.za"/>
     <hyperlink ref="C41" r:id="rId40" location="" display="mailto:schalom2@yahoo.com"/>
     <hyperlink ref="C42" r:id="rId41" location="" display="mailto:badrianny@aol.com"/>
     <hyperlink ref="C43" r:id="rId42" location="" display="mailto:karenplen03@gmail.com"/>
     <hyperlink ref="C44" r:id="rId43" location="" display="mailto:judygreenis@gmail.com"/>
     <hyperlink ref="C45" r:id="rId44" location="" display="mailto:bernstein@mweb.co.za"/>
     <hyperlink ref="C46" r:id="rId45" location="" display="mailto:Carolstrous123@gmail.com"/>
     <hyperlink ref="C47" r:id="rId46" location="" display="mailto:selmalurie@mweb.co.za"/>
     <hyperlink ref="C48" r:id="rId47" location="" display="mailto:shaindelsteinberg@gmail.com"/>
     <hyperlink ref="C49" r:id="rId48" location="" display="mailto:dinayaffa18@gmail.com"/>
     <hyperlink ref="C50" r:id="rId49" location="" display="mailto:bartoves@netvision.net.il"/>
     <hyperlink ref="C51" r:id="rId50" location="" display="mailto:nancyjh@gmail.com"/>
     <hyperlink ref="C52" r:id="rId51" location="" display="mailto:sdenkberg@gmail.com"/>
     <hyperlink ref="C53" r:id="rId52" location="" display="mailto:thegordonhome2@gmail.com"/>
     <hyperlink ref="C54" r:id="rId53" location="" display="mailto:gailfinkle@gmail.com"/>
     <hyperlink ref="C55" r:id="rId54" location="" display="mailto:alizafried@gmail.com"/>
     <hyperlink ref="C56" r:id="rId55" location="" display="mailto:avivit87@gmail.com"/>
     <hyperlink ref="C57" r:id="rId56" location="" display="mailto:jwallace07@gmail.com"/>
@@ -22004,184 +22004,184 @@
     <hyperlink ref="C584" r:id="rId582" location="" display="mailto:libbymuller18@gmail.com"/>
     <hyperlink ref="C585" r:id="rId583" location="" display="mailto:devorarosenbaum@gmail.com"/>
     <hyperlink ref="C586" r:id="rId584" location="" display="mailto:mindysemail18@gmail.com"/>
     <hyperlink ref="C587" r:id="rId585" location="" display="mailto:ART5784@proton.me"/>
     <hyperlink ref="C588" r:id="rId586" location="" display="mailto:jeanettepersoff@gmail.com"/>
     <hyperlink ref="C589" r:id="rId587" location="" display="mailto:chayaahuvamarcus@gmail.com"/>
     <hyperlink ref="C590" r:id="rId588" location="" display="mailto:deenadecor@gmail.com"/>
     <hyperlink ref="C591" r:id="rId589" location="" display="mailto:sharonbotesazan@gmail.com"/>
     <hyperlink ref="C592" r:id="rId590" location="" display="mailto:hmw105@prodigy.net"/>
     <hyperlink ref="C593" r:id="rId591" location="" display="mailto:lorrnyman60@gmail.com"/>
     <hyperlink ref="C594" r:id="rId592" location="" display="mailto:devoraherszberg@gmail.com"/>
     <hyperlink ref="C595" r:id="rId593" location="" display="mailto:miriam.lasar@gmail.com"/>
     <hyperlink ref="C596" r:id="rId594" location="" display="mailto:shula.hes1@gmail.com"/>
     <hyperlink ref="C597" r:id="rId595" location="" display="mailto:annasinclair32@gmail.com"/>
     <hyperlink ref="C598" r:id="rId596" location="" display="mailto:leahfingerer@gmail.com"/>
     <hyperlink ref="C599" r:id="rId597" location="" display="mailto:michal.stollard@gmail.com"/>
     <hyperlink ref="C600" r:id="rId598" location="" display="mailto:joysklar@gmail.com"/>
     <hyperlink ref="C601" r:id="rId599" location="" display="mailto:adirubinov2007@icloud.com"/>
     <hyperlink ref="C602" r:id="rId600" location="" display="mailto:chayavsh@gmail.com"/>
     <hyperlink ref="C603" r:id="rId601" location="" display="mailto:sttaviv@gmail.com"/>
     <hyperlink ref="C604" r:id="rId602" location="" display="mailto:juliefarkasgraphicdesign@gmail.com"/>
     <hyperlink ref="C605" r:id="rId603" location="" display="mailto:jeff.bander@gmail.com"/>
     <hyperlink ref="C606" r:id="rId604" location="" display="mailto:aberk613@gmail.com"/>
     <hyperlink ref="C607" r:id="rId605" location="" display="mailto:weddingsbytt@gmail.com"/>
     <hyperlink ref="C608" r:id="rId606" location="" display="mailto:dschogger@gmail.com"/>
-    <hyperlink ref="C609" r:id="rId607" location="" display="mailto:shiraberkowitz7@gmail.com"/>
-[...13 lines deleted...]
-    <hyperlink ref="C624" r:id="rId621" location="" display="mailto:bobbymedow@gmail.com"/>
+    <hyperlink ref="C609" r:id="rId607" location="" display="mailto:rikikoenig@gmail.com"/>
+    <hyperlink ref="C610" r:id="rId608" location="" display="mailto:adinab613@gmail.com"/>
+    <hyperlink ref="C611" r:id="rId609" location="" display="mailto:rivkiep@gmail.com"/>
+    <hyperlink ref="C613" r:id="rId610" location="" display="mailto:saritabarziv1@gmail.com"/>
+    <hyperlink ref="C614" r:id="rId611" location="" display="mailto:enfriedman33@icloud.com"/>
+    <hyperlink ref="C615" r:id="rId612" location="" display="mailto:daviv30@virginmedia.com"/>
+    <hyperlink ref="C616" r:id="rId613" location="" display="mailto:mrnbrooke@gmail.com"/>
+    <hyperlink ref="C617" r:id="rId614" location="" display="mailto:leahc50@gmail.com"/>
+    <hyperlink ref="C618" r:id="rId615" location="" display="mailto:leyafreilich@gmail.com"/>
+    <hyperlink ref="C619" r:id="rId616" location="" display="mailto:kpinchuck@yahoo.com"/>
+    <hyperlink ref="C620" r:id="rId617" location="" display="mailto:claireellen60@gmail.com"/>
+    <hyperlink ref="C621" r:id="rId618" location="" display="mailto:symarcus@parksyn.org"/>
+    <hyperlink ref="C622" r:id="rId619" location="" display="mailto:sgoldwater@gmail.com"/>
+    <hyperlink ref="C623" r:id="rId620" location="" display="mailto:bobbymedow@gmail.com"/>
+    <hyperlink ref="C624" r:id="rId621" location="" display="mailto:bbyrswolf@aol.com"/>
     <hyperlink ref="C625" r:id="rId622" location="" display="mailto:chaya.fay@gmail.com"/>
-    <hyperlink ref="C626" r:id="rId623" location="" display="mailto:zgoldsmith25@gmail.com"/>
-[...116 lines deleted...]
-    <hyperlink ref="C743" r:id="rId740" location="" display="mailto:33callig@gmail.com"/>
+    <hyperlink ref="C626" r:id="rId623" location="" display="mailto:dvora.bulman@gmail.com"/>
+    <hyperlink ref="C627" r:id="rId624" location="" display="mailto:zgoldsmith25@gmail.com"/>
+    <hyperlink ref="C628" r:id="rId625" location="" display="mailto:amysimcha@gmail.com"/>
+    <hyperlink ref="C629" r:id="rId626" location="" display="mailto:miriamtova7@gmail.com"/>
+    <hyperlink ref="C630" r:id="rId627" location="" display="mailto:dobraspin@gmail.com"/>
+    <hyperlink ref="C631" r:id="rId628" location="" display="mailto:frgrama@gmail.com"/>
+    <hyperlink ref="C632" r:id="rId629" location="" display="mailto:elanakaplan@gmail.com"/>
+    <hyperlink ref="C633" r:id="rId630" location="" display="mailto:kaplanrl@gmail.com"/>
+    <hyperlink ref="C634" r:id="rId631" location="" display="mailto:frumaestherfrost@gmail.com"/>
+    <hyperlink ref="C635" r:id="rId632" location="" display="mailto:laurenrperlman@gmail.com"/>
+    <hyperlink ref="C636" r:id="rId633" location="" display="mailto:leahrubin01@gmail.com"/>
+    <hyperlink ref="C637" r:id="rId634" location="" display="mailto:ataraphoto@gmail.com"/>
+    <hyperlink ref="C638" r:id="rId635" location="" display="mailto:shuvyshuvy@gmail.com"/>
+    <hyperlink ref="C639" r:id="rId636" location="" display="mailto:mdmarkovits@gmail.com"/>
+    <hyperlink ref="C640" r:id="rId637" location="" display="mailto:mimimousegold@gmail.com"/>
+    <hyperlink ref="C641" r:id="rId638" location="" display="mailto:hylton.stein@gmail.com"/>
+    <hyperlink ref="C642" r:id="rId639" location="" display="mailto:dinachaya@gmail.com"/>
+    <hyperlink ref="C643" r:id="rId640" location="" display="mailto:ymblum@sbtaxadvice.com"/>
+    <hyperlink ref="C644" r:id="rId641" location="" display="mailto:havivah.goldsmith@yahoo.com"/>
+    <hyperlink ref="C645" r:id="rId642" location="" display="mailto:Israelwolfden@protonmail.com"/>
+    <hyperlink ref="C646" r:id="rId643" location="" display="mailto:miriamshaindel@gmail.com"/>
+    <hyperlink ref="C647" r:id="rId644" location="" display="mailto:rdayanim@gmail.com"/>
+    <hyperlink ref="C648" r:id="rId645" location="" display="mailto:miriamandvel@gmail.com"/>
+    <hyperlink ref="C649" r:id="rId646" location="" display="mailto:lebowitza@gmail.com"/>
+    <hyperlink ref="C650" r:id="rId647" location="" display="mailto:debbilederman@gmail.com"/>
+    <hyperlink ref="C651" r:id="rId648" location="" display="mailto:alissafel@gmail.com"/>
+    <hyperlink ref="C652" r:id="rId649" location="" display="mailto:srhewitt@bell.net"/>
+    <hyperlink ref="C653" r:id="rId650" location="" display="mailto:bbirnbaum2@gmail.com"/>
+    <hyperlink ref="C654" r:id="rId651" location="" display="mailto:avivarivkaaranov@gmail.com"/>
+    <hyperlink ref="C655" r:id="rId652" location="" display="mailto:howdy613@hotmail.com"/>
+    <hyperlink ref="C656" r:id="rId653" location="" display="mailto:writime@gmail.com"/>
+    <hyperlink ref="C657" r:id="rId654" location="" display="mailto:chana.lebow@gmail.com"/>
+    <hyperlink ref="C658" r:id="rId655" location="" display="mailto:kessaliza@aol.com"/>
+    <hyperlink ref="C659" r:id="rId656" location="" display="mailto:tzipporashemen@gmail.com"/>
+    <hyperlink ref="C660" r:id="rId657" location="" display="mailto:yaelklein613@gmail.com"/>
+    <hyperlink ref="C661" r:id="rId658" location="" display="mailto:henna.k@gmail.com"/>
+    <hyperlink ref="C662" r:id="rId659" location="" display="mailto:chanacmeow@gmail.com"/>
+    <hyperlink ref="C663" r:id="rId660" location="" display="mailto:ilanaklein53@icloud.com"/>
+    <hyperlink ref="C664" r:id="rId661" location="" display="mailto:boren1381@gmail.com"/>
+    <hyperlink ref="C665" r:id="rId662" location="" display="mailto:yonithk@gmail.com"/>
+    <hyperlink ref="C666" r:id="rId663" location="" display="mailto:yona.morgenstern@gmail.com"/>
+    <hyperlink ref="C667" r:id="rId664" location="" display="mailto:ninaraye18@icloud.com"/>
+    <hyperlink ref="C668" r:id="rId665" location="" display="mailto:tova8321@gmail.com"/>
+    <hyperlink ref="C669" r:id="rId666" location="" display="mailto:maureen@bgu.ac.il"/>
+    <hyperlink ref="C670" r:id="rId667" location="" display="mailto:P0548415993@gmail.com"/>
+    <hyperlink ref="C671" r:id="rId668" location="" display="mailto:saftasaragluch@gmail.com"/>
+    <hyperlink ref="C672" r:id="rId669" location="" display="mailto:elissasetareh@yahoo.com"/>
+    <hyperlink ref="C673" r:id="rId670" location="" display="mailto:rivkazstern@gmail.com"/>
+    <hyperlink ref="C674" r:id="rId671" location="" display="mailto:sarahstraus1@gmail.com"/>
+    <hyperlink ref="C675" r:id="rId672" location="" display="mailto:fionakark@gmail.com"/>
+    <hyperlink ref="C676" r:id="rId673" location="" display="mailto:joannedove80@gmail.com"/>
+    <hyperlink ref="C677" r:id="rId674" location="" display="mailto:mitzmom700@gmail.com"/>
+    <hyperlink ref="C678" r:id="rId675" location="" display="mailto:ingridcohen1457@yahoo.com"/>
+    <hyperlink ref="C679" r:id="rId676" location="" display="mailto:eda835@gmail.com"/>
+    <hyperlink ref="C680" r:id="rId677" location="" display="mailto:hatlady16@aol.com"/>
+    <hyperlink ref="C681" r:id="rId678" location="" display="mailto:yolros@googlemail.com"/>
+    <hyperlink ref="C682" r:id="rId679" location="" display="mailto:joelledeutsch1@gmail.com"/>
+    <hyperlink ref="C683" r:id="rId680" location="" display="mailto:myerslynne@gmail.com"/>
+    <hyperlink ref="C684" r:id="rId681" location="" display="mailto:marcysegal@gmail.com"/>
+    <hyperlink ref="C685" r:id="rId682" location="" display="mailto:tzvi.silver@gmail.com"/>
+    <hyperlink ref="C686" r:id="rId683" location="" display="mailto:saul@beachheadgroup.com"/>
+    <hyperlink ref="C687" r:id="rId684" location="" display="mailto:brochaleahe@gmail.com"/>
+    <hyperlink ref="C688" r:id="rId685" location="" display="mailto:frockoff@comcast.net"/>
+    <hyperlink ref="C689" r:id="rId686" location="" display="mailto:evviheller@yahoo.com"/>
+    <hyperlink ref="C690" r:id="rId687" location="" display="mailto:naomi.neta@gmail.com"/>
+    <hyperlink ref="C691" r:id="rId688" location="" display="mailto:avi.clark@gmail.com"/>
+    <hyperlink ref="C692" r:id="rId689" location="" display="mailto:aemeallem@gmail.com"/>
+    <hyperlink ref="C693" r:id="rId690" location="" display="mailto:zakon@artscroll.com"/>
+    <hyperlink ref="C694" r:id="rId691" location="" display="mailto:smess5@yahoo.com"/>
+    <hyperlink ref="C695" r:id="rId692" location="" display="mailto:faigepeskin@gmail.com"/>
+    <hyperlink ref="C696" r:id="rId693" location="" display="mailto:marshat@013net.net"/>
+    <hyperlink ref="C697" r:id="rId694" location="" display="mailto:yoelz@phillykollel.org"/>
+    <hyperlink ref="C698" r:id="rId695" location="" display="mailto:jennysolomon613@gmail.com"/>
+    <hyperlink ref="C699" r:id="rId696" location="" display="mailto:naomilfranklin@gmail.com"/>
+    <hyperlink ref="C700" r:id="rId697" location="" display="mailto:rivkahvogel@yahoo.com"/>
+    <hyperlink ref="C701" r:id="rId698" location="" display="mailto:ginsbergsharon@gmail.com"/>
+    <hyperlink ref="C702" r:id="rId699" location="" display="mailto:radars123@gmail.com"/>
+    <hyperlink ref="C703" r:id="rId700" location="" display="mailto:dherschaft@yahoo.com"/>
+    <hyperlink ref="C704" r:id="rId701" location="" display="mailto:ggalili@parksyn.org"/>
+    <hyperlink ref="C705" r:id="rId702" location="" display="mailto:libihart@gmail.com"/>
+    <hyperlink ref="C706" r:id="rId703" location="" display="mailto:estherwachstock@gmail.com"/>
+    <hyperlink ref="C707" r:id="rId704" location="" display="mailto:temima12304@gmail.com"/>
+    <hyperlink ref="C708" r:id="rId705" location="" display="mailto:msstatf@gmail.com"/>
+    <hyperlink ref="C709" r:id="rId706" location="" display="mailto:greeneyotgreene@gmail.com"/>
+    <hyperlink ref="C710" r:id="rId707" location="" display="mailto:michalrubinot@gmail.com"/>
+    <hyperlink ref="C711" r:id="rId708" location="" display="mailto:marzee1207@gmail.com"/>
+    <hyperlink ref="C712" r:id="rId709" location="" display="mailto:cm.schulgasser@gmail.com"/>
+    <hyperlink ref="C713" r:id="rId710" location="" display="mailto:wchaim@aol.com"/>
+    <hyperlink ref="C714" r:id="rId711" location="" display="mailto:ylktyh@gmail.com"/>
+    <hyperlink ref="C715" r:id="rId712" location="" display="mailto:sabetaviva@gmail.com"/>
+    <hyperlink ref="C716" r:id="rId713" location="" display="mailto:sajbescott@gmail.com"/>
+    <hyperlink ref="C717" r:id="rId714" location="" display="mailto:bialikrivka@gmail.com"/>
+    <hyperlink ref="C718" r:id="rId715" location="" display="mailto:yintract@gmail.com"/>
+    <hyperlink ref="C719" r:id="rId716" location="" display="mailto:mparker7629@gmail.com"/>
+    <hyperlink ref="C720" r:id="rId717" location="" display="mailto:carolstern575@gmail.com"/>
+    <hyperlink ref="C721" r:id="rId718" location="" display="mailto:lkotlarsky99@gmail.com"/>
+    <hyperlink ref="C722" r:id="rId719" location="" display="mailto:andreakeehn@gmail.com"/>
+    <hyperlink ref="C723" r:id="rId720" location="" display="mailto:n0533184883@gmail.com"/>
+    <hyperlink ref="C724" r:id="rId721" location="" display="mailto:7yatf7@gmail.com"/>
+    <hyperlink ref="C725" r:id="rId722" location="" display="mailto:barwein1@gmail.com"/>
+    <hyperlink ref="C726" r:id="rId723" location="" display="mailto:juditha24@gmail.com"/>
+    <hyperlink ref="C727" r:id="rId724" location="" display="mailto:sheila.shelnitz@gmail.com"/>
+    <hyperlink ref="C728" r:id="rId725" location="" display="mailto:hilatamar@gmail.com"/>
+    <hyperlink ref="C729" r:id="rId726" location="" display="mailto:sarakohen@gmail.com"/>
+    <hyperlink ref="C730" r:id="rId727" location="" display="mailto:hndrch@gmail.com"/>
+    <hyperlink ref="C731" r:id="rId728" location="" display="mailto:esther0482@gmail.com"/>
+    <hyperlink ref="C732" r:id="rId729" location="" display="mailto:thiya2@gmail.com"/>
+    <hyperlink ref="C733" r:id="rId730" location="" display="mailto:phzlotnick@gmail.com"/>
+    <hyperlink ref="C734" r:id="rId731" location="" display="mailto:ariel22.sdw@gmail.com"/>
+    <hyperlink ref="C735" r:id="rId732" location="" display="mailto:pragerh@icloud.com"/>
+    <hyperlink ref="C736" r:id="rId733" location="" display="mailto:adymdly@gmail.com"/>
+    <hyperlink ref="C737" r:id="rId734" location="" display="mailto:jack@abramoff.com"/>
+    <hyperlink ref="C738" r:id="rId735" location="" display="mailto:marciaweinblatt@gmail.com"/>
+    <hyperlink ref="C739" r:id="rId736" location="" display="mailto:carolkierman@yahoo.com"/>
+    <hyperlink ref="C740" r:id="rId737" location="" display="mailto:tamiprus@gmail.com"/>
+    <hyperlink ref="C741" r:id="rId738" location="" display="mailto:dibragimov@yszqueens.org"/>
+    <hyperlink ref="C742" r:id="rId739" location="" display="mailto:33callig@gmail.com"/>
+    <hyperlink ref="C743" r:id="rId740" location="" display="mailto:mhv4@oasher.org"/>
     <hyperlink ref="C744" r:id="rId741" location="" display="mailto:silene.bohadana@gmail.com"/>
     <hyperlink ref="C745" r:id="rId742" location="" display="mailto:yisroelavraham@gmail.com"/>
     <hyperlink ref="C746" r:id="rId743" location="" display="mailto:glaserjudy@gmail.com"/>
     <hyperlink ref="C747" r:id="rId744" location="" display="mailto:tara@tarawayne.com"/>
     <hyperlink ref="C748" r:id="rId745" location="" display="mailto:etbc77@gmail.com"/>
     <hyperlink ref="C749" r:id="rId746" location="" display="mailto:tonigordon@gmail.com"/>
     <hyperlink ref="C750" r:id="rId747" location="" display="mailto:profneva@icloud.com"/>
     <hyperlink ref="C751" r:id="rId748" location="" display="mailto:sgurspan@yahoo.com"/>
     <hyperlink ref="C752" r:id="rId749" location="" display="mailto:jonimickey@gmail.com"/>
     <hyperlink ref="C753" r:id="rId750" location="" display="mailto:hkpe@msn.com"/>
     <hyperlink ref="C754" r:id="rId751" location="" display="mailto:levi1@hotmail.com"/>
     <hyperlink ref="C755" r:id="rId752" location="" display="mailto:savta.mateh@gmail.com"/>
     <hyperlink ref="C756" r:id="rId753" location="" display="mailto:Noam@avichai.org.il"/>
     <hyperlink ref="C757" r:id="rId754" location="" display="mailto:wendy.dickstein@gmail.com"/>
     <hyperlink ref="C758" r:id="rId755" location="" display="mailto:bethgordon0912@gmail.com"/>
     <hyperlink ref="C759" r:id="rId756" location="" display="mailto:karmela.wener@gmail.com"/>
     <hyperlink ref="C760" r:id="rId757" location="" display="mailto:daliak@rogers.com"/>
     <hyperlink ref="C761" r:id="rId758" location="" display="mailto:crbee613@hotmail.com"/>
     <hyperlink ref="C762" r:id="rId759" location="" display="mailto:gennis2243@gmail.com"/>
     <hyperlink ref="C763" r:id="rId760" location="" display="mailto:raefischer26@gmail.com"/>
     <hyperlink ref="C764" r:id="rId761" location="" display="mailto:lindasegal@gmail.com"/>
     <hyperlink ref="C765" r:id="rId762" location="" display="mailto:sglanz55@gmail.com"/>
     <hyperlink ref="C766" r:id="rId763" location="" display="mailto:squires774@aol.com"/>
     <hyperlink ref="C767" r:id="rId764" location="" display="mailto:shirahorowitz2014@gmail.com"/>
     <hyperlink ref="C768" r:id="rId765" location="" display="mailto:rgloriamay1@gmail.com"/>