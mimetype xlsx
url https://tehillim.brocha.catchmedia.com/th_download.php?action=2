--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -9,94 +9,91 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="CodexWorld\PhpXlsxGenerator"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1016" uniqueCount="1016">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="999" uniqueCount="999">
   <si>
     <t>אבידן משה בן רינה רבקה</t>
   </si>
   <si>
     <t>אביעד חיים בן נועה</t>
   </si>
   <si>
     <t>אביעד יאיר בן שרית</t>
   </si>
   <si>
     <t>אבישי בן מרים</t>
   </si>
   <si>
     <t>אבישי בן עדנה</t>
   </si>
   <si>
     <t>אביתר בן יפית</t>
   </si>
   <si>
     <t>אבנר בן רחל</t>
   </si>
   <si>
     <t>אברהם אשר בן רבקה</t>
   </si>
   <si>
     <t>אברהם בן משה</t>
   </si>
   <si>
     <t>אברהם בן נוית</t>
   </si>
   <si>
     <t>אברהם בן פרחיה</t>
   </si>
   <si>
     <t>אברהם בן תמר</t>
   </si>
   <si>
     <t>אברהם שבתי בן רחל</t>
   </si>
   <si>
-    <t>אהד נתנאל בן ג׳נין</t>
-[...1 lines deleted...]
-  <si>
     <t>אהרון בן דבורה סילבה</t>
   </si>
   <si>
     <t>אוהד בן אביטל</t>
   </si>
   <si>
     <t>אוהד בן ברכה</t>
   </si>
   <si>
     <t>אוהד בן דבורה דבי</t>
   </si>
   <si>
     <t>אופיר חיים בן שרית</t>
   </si>
   <si>
     <t>אופק בן אורלי</t>
   </si>
   <si>
     <t>אופק בן לבנת</t>
   </si>
   <si>
     <t>אור אהרון בן אילנית</t>
   </si>
   <si>
     <t>אור בן אירית ענת</t>
@@ -125,53 +122,50 @@
   <si>
     <t>אייל בן איריס</t>
   </si>
   <si>
     <t>אייל בן פנינה</t>
   </si>
   <si>
     <t>אייל בן רות</t>
   </si>
   <si>
     <t>אייל בן שולמית</t>
   </si>
   <si>
     <t>אייל סולטן בן פנינה</t>
   </si>
   <si>
     <t>אייל שמואל בן אביבה</t>
   </si>
   <si>
     <t>איליה בן ילנה</t>
   </si>
   <si>
     <t>איתי בן אוסנת</t>
   </si>
   <si>
-    <t>איתי בן אתי איטה</t>
-[...1 lines deleted...]
-  <si>
     <t>איתי בן מיכל</t>
   </si>
   <si>
     <t>איתי בן מירי מרים</t>
   </si>
   <si>
     <t>איתי בן עדי</t>
   </si>
   <si>
     <t>איתי בן עידית</t>
   </si>
   <si>
     <t>איתי בן רינת</t>
   </si>
   <si>
     <t>איתי יחזקאל בן שרית עפרה</t>
   </si>
   <si>
     <t>איתי יששכר בן אסתר</t>
   </si>
   <si>
     <t>איתי מנחם בן דבורה</t>
   </si>
   <si>
     <t>איתי עמנואל בן תימור</t>
@@ -206,53 +200,50 @@
   <si>
     <t>אליה בן מרים</t>
   </si>
   <si>
     <t>אליה בן ענבל</t>
   </si>
   <si>
     <t>אליה בן ריבקה</t>
   </si>
   <si>
     <t>אליה דוד בן אסתר ברכה</t>
   </si>
   <si>
     <t>אליה דוד בן אסתר שרה</t>
   </si>
   <si>
     <t>אליקים יהודה בן חדוה</t>
   </si>
   <si>
     <t>אלירז בן רחל</t>
   </si>
   <si>
     <t>אלמוג בן דורית</t>
   </si>
   <si>
-    <t>אלמוג בן לינדה</t>
-[...1 lines deleted...]
-  <si>
     <t>אלמוג בן שנהב</t>
   </si>
   <si>
     <t>אלנתן רפאל בן יוכבד ( נפצע בעיניו)</t>
   </si>
   <si>
     <t>אלעד בן אוה</t>
   </si>
   <si>
     <t>אלעד בן ענת</t>
   </si>
   <si>
     <t>אלעזר בן אורנה</t>
   </si>
   <si>
     <t>אמיתי אביב בן מאירה</t>
   </si>
   <si>
     <t>אמיתי בן מרים</t>
   </si>
   <si>
     <t>אסי (אסף) בן פרנוס</t>
   </si>
   <si>
     <t>אסף בן אורנה</t>
@@ -368,53 +359,50 @@
   <si>
     <t>דוד בן דינה</t>
   </si>
   <si>
     <t>דוד בן זיוה</t>
   </si>
   <si>
     <t>דוד בן מרים</t>
   </si>
   <si>
     <t>דוד בן שולמית</t>
   </si>
   <si>
     <t>דוד דמיטרי בן אילמירה</t>
   </si>
   <si>
     <t>דוד מיכאל בן אנה חנה</t>
   </si>
   <si>
     <t>דור ישראל בן ויקטוריה</t>
   </si>
   <si>
     <t>דייאן בן נאדיה</t>
   </si>
   <si>
-    <t>דן בן אילנה</t>
-[...1 lines deleted...]
-  <si>
     <t>דן בן בריג׳יט</t>
   </si>
   <si>
     <t>דן בן לירז</t>
   </si>
   <si>
     <t>דניאלֹ בן מרינה</t>
   </si>
   <si>
     <t>דניאל בן אסתר</t>
   </si>
   <si>
     <t>דניאל בן טניה</t>
   </si>
   <si>
     <t>דניאל בן ליז רבקה</t>
   </si>
   <si>
     <t>דניאל בן מרינה</t>
   </si>
   <si>
     <t>דניאל בן רותם</t>
   </si>
   <si>
     <t>דניאל יהודה בן שרית יוספה</t>
@@ -797,53 +785,50 @@
   <si>
     <t>ניר בן מאיה</t>
   </si>
   <si>
     <t>ניר בן נטלי</t>
   </si>
   <si>
     <t>ניר בן פנינה</t>
   </si>
   <si>
     <t>ניר רפאל בן גלית בלה</t>
   </si>
   <si>
     <t>נעם בן אביטל</t>
   </si>
   <si>
     <t>נריה אהרון בן רונית</t>
   </si>
   <si>
     <t>נריה אורי בן אבישג</t>
   </si>
   <si>
     <t>נתן בן פטריסיה</t>
   </si>
   <si>
-    <t>נתנאל בן מהרט</t>
-[...1 lines deleted...]
-  <si>
     <t>נתנאל בן מסרת</t>
   </si>
   <si>
     <t>נתנאל בן נאוה</t>
   </si>
   <si>
     <t>נתנאל בן נעמי פייגא</t>
   </si>
   <si>
     <t>נתנאל יהודה בן שלומית</t>
   </si>
   <si>
     <t>נתנאל יעקב בן יהודית שרה</t>
   </si>
   <si>
     <t>נתנאל מנחם בן טלי ויקטוריה</t>
   </si>
   <si>
     <t>נתנאל משה בן יוכבד</t>
   </si>
   <si>
     <t>סלע ישראל בן רני</t>
   </si>
   <si>
     <t>סער בן יעל</t>
@@ -917,53 +902,50 @@
   <si>
     <t>עידו בן שירלי</t>
   </si>
   <si>
     <t>עידו יעקב בן נורית</t>
   </si>
   <si>
     <t>עידן בן ליאורה</t>
   </si>
   <si>
     <t>עידן בן נאדי</t>
   </si>
   <si>
     <t>ערן בן בת שבע</t>
   </si>
   <si>
     <t>פנחס יאיר בן יוכבד</t>
   </si>
   <si>
     <t>רון בן בלהה</t>
   </si>
   <si>
     <t>רון בן שלומית</t>
   </si>
   <si>
-    <t>רועי בן יעל</t>
-[...1 lines deleted...]
-  <si>
     <t>רועי בן מירב</t>
   </si>
   <si>
     <t>רועי שלום בן נעמה</t>
   </si>
   <si>
     <t>רותם בן לאה</t>
   </si>
   <si>
     <t>רן בן מרל</t>
   </si>
   <si>
     <t>רפאל משה חיים בן חנה</t>
   </si>
   <si>
     <t>שגיא בן אוסנת</t>
   </si>
   <si>
     <t>שמואל אהרון בן איילה</t>
   </si>
   <si>
     <t>תומר בן ציפורה</t>
   </si>
   <si>
     <t>אדם בן שני</t>
@@ -1076,62 +1058,56 @@
   <si>
     <t>בנימין יצחק בן שרה</t>
   </si>
   <si>
     <t>יונתן בן מונט</t>
   </si>
   <si>
     <t>ינון בן עמי בן ארלט</t>
   </si>
   <si>
     <t>יבגני בן ולריה</t>
   </si>
   <si>
     <t>סהר בן מיכל</t>
   </si>
   <si>
     <t>ישראל אליעד בן אילנה</t>
   </si>
   <si>
     <t>דוד בן תמר</t>
   </si>
   <si>
     <t>בר בן גיטה</t>
   </si>
   <si>
-    <t>מרדכי בן פרומית תמימה</t>
-[...1 lines deleted...]
-  <si>
     <t>אדם בן לוסיה</t>
   </si>
   <si>
     <t>אייל בן רגינה</t>
   </si>
   <si>
-    <t>איתמר בן גיתית</t>
-[...1 lines deleted...]
-  <si>
     <t>אלרועי חנוך בן יעל</t>
   </si>
   <si>
     <t>ארי אפרים בן אילנית</t>
   </si>
   <si>
     <t>ארי ייהודה בן ציפורה אסתר</t>
   </si>
   <si>
     <t>דביר בן טובה</t>
   </si>
   <si>
     <t>דביר בן רינה</t>
   </si>
   <si>
     <t>חן אריאל בן אילנית</t>
   </si>
   <si>
     <t>יאיר בן מעיין</t>
   </si>
   <si>
     <t>יובל בן עמית</t>
   </si>
   <si>
     <t>יונתן בן איילה</t>
@@ -1151,53 +1127,50 @@
   <si>
     <t>מעין בן אסנת</t>
   </si>
   <si>
     <t>מתנאל בן בתיה</t>
   </si>
   <si>
     <t>נדב בן הילה</t>
   </si>
   <si>
     <t>נועם בן חגית</t>
   </si>
   <si>
     <t>עדי מנחם בן מורן מירה</t>
   </si>
   <si>
     <t>איתי בן גיתית</t>
   </si>
   <si>
     <t>דניאל בן נליה</t>
   </si>
   <si>
     <t>ירין אליהו בן סיגל</t>
   </si>
   <si>
-    <t>שילה בן שפרה יהל</t>
-[...1 lines deleted...]
-  <si>
     <t>שילה בן תמר</t>
   </si>
   <si>
     <t>גלעד רחמים בן אסתר</t>
   </si>
   <si>
     <t>אליה בן מזל</t>
   </si>
   <si>
     <t>יהונתן בן חמו</t>
   </si>
   <si>
     <t>אביעד בן חנה</t>
   </si>
   <si>
     <t>אוהד ישראל בן גליה</t>
   </si>
   <si>
     <t>אריאל בן רוחמה</t>
   </si>
   <si>
     <t>ינון בן אנט</t>
   </si>
   <si>
     <t>עודד אפרים בן ויויאן</t>
@@ -1250,92 +1223,86 @@
   <si>
     <t>נווה בן עירית</t>
   </si>
   <si>
     <t>ניב בן דינה</t>
   </si>
   <si>
     <t>עומרי בן נילי</t>
   </si>
   <si>
     <t>עידו בן אילנית</t>
   </si>
   <si>
     <t>אריאל בן אפרת</t>
   </si>
   <si>
     <t>רועי בן אורלי</t>
   </si>
   <si>
     <t>שילה אפרים בן מיכל</t>
   </si>
   <si>
     <t>אייל בן רחל</t>
   </si>
   <si>
-    <t>איתי בן נורית</t>
-[...1 lines deleted...]
-  <si>
     <t>דוד אלימלך בן חנה</t>
   </si>
   <si>
     <t>דולב בן תמר</t>
   </si>
   <si>
     <t>דניאל בן אירינה</t>
   </si>
   <si>
     <t>חנניה שלום בן אלינה נאוה</t>
   </si>
   <si>
     <t>טל גרשון בן שרה</t>
   </si>
   <si>
     <t>ינון בן סיגל</t>
   </si>
   <si>
     <t>יניב בן רחל</t>
   </si>
   <si>
     <t>יצחק חי בן מוריאל אודט</t>
   </si>
   <si>
     <t>לביא בן אירית</t>
   </si>
   <si>
     <t>משה בן רחל</t>
   </si>
   <si>
     <t>נועם בן אורנה</t>
   </si>
   <si>
     <t>נתנאל בן ענת</t>
   </si>
   <si>
-    <t>עוז משה בן תמר</t>
-[...1 lines deleted...]
-  <si>
     <t>ערן רפאל בן אלקה</t>
   </si>
   <si>
     <t>מור בן לודמילה</t>
   </si>
   <si>
     <t>איתי בן אסתר</t>
   </si>
   <si>
     <t>עומר בן מיכל</t>
   </si>
   <si>
     <t>ריף בן אתי</t>
   </si>
   <si>
     <t>עמית יוסף בן דבירה</t>
   </si>
   <si>
     <t>חנניה שלום בן חנה</t>
   </si>
   <si>
     <t>מיכאל בן נעמי שרה</t>
   </si>
   <si>
     <t>אביעד בן ליאת</t>
@@ -1490,53 +1457,50 @@
   <si>
     <t>אופיר בן דבי דבורה </t>
   </si>
   <si>
     <t>חן בן מרים</t>
   </si>
   <si>
     <t>יאיר יהודה בן רינה</t>
   </si>
   <si>
     <t>יוסף בן אתי אסתר</t>
   </si>
   <si>
     <t>נתנאל בן מיטל</t>
   </si>
   <si>
     <t>עידן בן פנינה</t>
   </si>
   <si>
     <t>תום שאול בן דניאל</t>
   </si>
   <si>
     <t>מיכאל בן קורין</t>
   </si>
   <si>
-    <t>אופיר חי בן יפה</t>
-[...1 lines deleted...]
-  <si>
     <t>אורי בן דניאלה</t>
   </si>
   <si>
     <t>אוריאל רפאל בן חגית רבקה</t>
   </si>
   <si>
     <t>איילת לאה בת מרים</t>
   </si>
   <si>
     <t>אריאל בן קרן</t>
   </si>
   <si>
     <t>דניאל בן איריס</t>
   </si>
   <si>
     <t>זיו משה בן ציפורה</t>
   </si>
   <si>
     <t>טל בן מיכלט</t>
   </si>
   <si>
     <t>יהב בן שירלי</t>
   </si>
   <si>
     <t>יהונתן יאשיהו בן כרמית</t>
@@ -1607,53 +1571,50 @@
   <si>
     <t>רי בן לואיז</t>
   </si>
   <si>
     <t>יהונתן יצחק בן עתרת</t>
   </si>
   <si>
     <t>אבירם בן זיוה</t>
   </si>
   <si>
     <t>אברהם יוסף בן שיינא אסתר</t>
   </si>
   <si>
     <t>אדם מיכאל בן תקוה</t>
   </si>
   <si>
     <t>אהרון בן שרה</t>
   </si>
   <si>
     <t>אחיה בן יעל חיה</t>
   </si>
   <si>
     <t>איזיקיאל צינה מרטין בן גבריאל</t>
   </si>
   <si>
-    <t>איתי יהודה בן יפית</t>
-[...1 lines deleted...]
-  <si>
     <t>איתי בן לילך</t>
   </si>
   <si>
     <t>איתמר בן דבורה</t>
   </si>
   <si>
     <t>איתן יצחק בן עדנה</t>
   </si>
   <si>
     <t>אלנתן יוסף בן דפנה</t>
   </si>
   <si>
     <t>אנטון בן סטלה</t>
   </si>
   <si>
     <t>אסף דן בן מרים דבורה</t>
   </si>
   <si>
     <t>בנימין בן מיכאלה</t>
   </si>
   <si>
     <t>גל בן אלימה</t>
   </si>
   <si>
     <t>דוד בן נורית</t>
@@ -1940,53 +1901,50 @@
   <si>
     <t>עידו בן רחל</t>
   </si>
   <si>
     <t>איתמר בן חגית</t>
   </si>
   <si>
     <t>גולן חיים בן ליאת</t>
   </si>
   <si>
     <t>רונן בן זהבה</t>
   </si>
   <si>
     <t>אריאל בן רחל</t>
   </si>
   <si>
     <t>איתי בן טללית</t>
   </si>
   <si>
     <t>אריאל בן ללה רחל</t>
   </si>
   <si>
     <t>גל בן רוית</t>
   </si>
   <si>
-    <t>דור בן אורלי</t>
-[...1 lines deleted...]
-  <si>
     <t>אוריה יצחק בן רבקה</t>
   </si>
   <si>
     <t>גדליה ראובן בן חיה</t>
   </si>
   <si>
     <t>הראל בן קרן</t>
   </si>
   <si>
     <t>מאיר יונתן בן תמר צירל</t>
   </si>
   <si>
     <t>נחום שי בן גלית</t>
   </si>
   <si>
     <t>עדי מאור בן דקלה</t>
   </si>
   <si>
     <t>דור חיים בן ג׳ולייט</t>
   </si>
   <si>
     <t>יונתן בן הילה</t>
   </si>
   <si>
     <t>אסף בן דפנה</t>
@@ -2189,53 +2147,50 @@
   <si>
     <t>אלמוג זוהר בן סיגלית</t>
   </si>
   <si>
     <t>יהונתן בן דליה</t>
   </si>
   <si>
     <t>יעקב נווה בן מירה</t>
   </si>
   <si>
     <t>צוריאל בן בטי</t>
   </si>
   <si>
     <t>שי בן אלויז</t>
   </si>
   <si>
     <t>שריה בן אביבה</t>
   </si>
   <si>
     <t>לידור בן עמליה</t>
   </si>
   <si>
     <t>אדיר יפתח בן איריס</t>
   </si>
   <si>
-    <t>און סלמן בן שושנה</t>
-[...1 lines deleted...]
-  <si>
     <t>אוּרי בן רונית</t>
   </si>
   <si>
     <t>גיל בן אולה</t>
   </si>
   <si>
     <t>דור בן לילי</t>
   </si>
   <si>
     <t>נדב בן ליאורה</t>
   </si>
   <si>
     <t>נתנאל עמנואל בן יאנה שרה</t>
   </si>
   <si>
     <t>רז בן נילי</t>
   </si>
   <si>
     <t>תום בן מירי מרים</t>
   </si>
   <si>
     <t>אליעד אוריאל בן מירי מרים</t>
   </si>
   <si>
     <t>אלרואי ינון בן סיגל</t>
@@ -2315,53 +2270,50 @@
   <si>
     <t>אורי בן רמו רחל</t>
   </si>
   <si>
     <t>אברהם ישעיה בן מוריה</t>
   </si>
   <si>
     <t>מאיר בן תרצה</t>
   </si>
   <si>
     <t>עומר בן אסנת</t>
   </si>
   <si>
     <t>יונתן יעקב בן אסתר</t>
   </si>
   <si>
     <t>חגי בן רונית</t>
   </si>
   <si>
     <t>טל ארבל בן דפנה</t>
   </si>
   <si>
     <t>אלדר שמואל בן סילבי</t>
   </si>
   <si>
-    <t>יהודה בן מירב</t>
-[...1 lines deleted...]
-  <si>
     <t>יהונתן משה בן מלכה גיטל</t>
   </si>
   <si>
     <t>יצחק בן דינה</t>
   </si>
   <si>
     <t>מקסים בן יוליה</t>
   </si>
   <si>
     <t>הודיה בת אורית</t>
   </si>
   <si>
     <t>יוסף נהוראי בן מוריאל</t>
   </si>
   <si>
     <t>אוריאל בן אסתר </t>
   </si>
   <si>
     <t>איתן הדידה בן אילנה</t>
   </si>
   <si>
     <t>בנימין רואי בן שרה</t>
   </si>
   <si>
     <t>דניאל בן אודיה</t>
@@ -2859,53 +2811,50 @@
     <t>נדב שבתי בן מיכל לאה</t>
   </si>
   <si>
     <t>נעם יובל שלום בן אפרת</t>
   </si>
   <si>
     <t>עומר חיים  בן שרית</t>
   </si>
   <si>
     <t>אליה חנן בן שירה</t>
   </si>
   <si>
     <t>אסף בן אביטל פסיה</t>
   </si>
   <si>
     <t>דוד בן חיה</t>
   </si>
   <si>
     <t>יוסף בן שושנה</t>
   </si>
   <si>
     <t>אפריים אברהם בן אסתר בתיה</t>
   </si>
   <si>
     <t>אלקנה בן אורית</t>
-  </si>
-[...1 lines deleted...]
-    <t>ראם בן דקלה</t>
   </si>
   <si>
     <t>עומר בן אורלי</t>
   </si>
   <si>
     <t>יהלי בן הילה</t>
   </si>
   <si>
     <t>יועז בן איילת</t>
   </si>
   <si>
     <t>משה בן ג׳וליה</t>
   </si>
   <si>
     <t>אליאס בן אמרץ</t>
   </si>
   <si>
     <t>ארז בן עדינה מרים</t>
   </si>
   <si>
     <t>דויד בן שרה</t>
   </si>
   <si>
     <t>הראל בן טלי</t>
   </si>
@@ -3115,51 +3064,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:A1016"/>
+  <dimension ref="A1:A999"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5">
@@ -8113,135 +8062,50 @@
       </c>
     </row>
     <row r="995">
       <c r="A995" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" t="s">
         <v>998</v>
-      </c>
-[...83 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>CodexWorld\PhpXlsxGenerator</Application>
   <Company>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Company>
   <Manager>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>