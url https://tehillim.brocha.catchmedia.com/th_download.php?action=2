--- v1 (2025-12-14)
+++ v2 (2026-02-12)
@@ -9,67 +9,64 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="CodexWorld\PhpXlsxGenerator"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="999" uniqueCount="999">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1050" uniqueCount="1050">
   <si>
     <t>אבידן משה בן רינה רבקה</t>
   </si>
   <si>
     <t>אביעד חיים בן נועה</t>
   </si>
   <si>
     <t>אביעד יאיר בן שרית</t>
   </si>
   <si>
     <t>אבישי בן מרים</t>
   </si>
   <si>
-    <t>אבישי בן עדנה</t>
-[...1 lines deleted...]
-  <si>
     <t>אביתר בן יפית</t>
   </si>
   <si>
     <t>אבנר בן רחל</t>
   </si>
   <si>
     <t>אברהם אשר בן רבקה</t>
   </si>
   <si>
     <t>אברהם בן משה</t>
   </si>
   <si>
     <t>אברהם בן נוית</t>
   </si>
   <si>
     <t>אברהם בן פרחיה</t>
   </si>
   <si>
     <t>אברהם בן תמר</t>
   </si>
   <si>
     <t>אברהם שבתי בן רחל</t>
   </si>
   <si>
     <t>אהרון בן דבורה סילבה</t>
@@ -335,155 +332,149 @@
   <si>
     <t>גיא בן רחל</t>
   </si>
   <si>
     <t>גל בן גילה</t>
   </si>
   <si>
     <t>גל בן ליאורה</t>
   </si>
   <si>
     <t>גל ניסים בן שרה</t>
   </si>
   <si>
     <t>גלי בת אורלי</t>
   </si>
   <si>
     <t>גלעד איתי בן אפרת</t>
   </si>
   <si>
     <t>גלעד בן הדר</t>
   </si>
   <si>
     <t>דביר בן שלומית</t>
   </si>
   <si>
-    <t>דוד בן דינה</t>
-[...1 lines deleted...]
-  <si>
     <t>דוד בן זיוה</t>
   </si>
   <si>
     <t>דוד בן מרים</t>
   </si>
   <si>
     <t>דוד בן שולמית</t>
   </si>
   <si>
     <t>דוד דמיטרי בן אילמירה</t>
   </si>
   <si>
     <t>דוד מיכאל בן אנה חנה</t>
   </si>
   <si>
     <t>דור ישראל בן ויקטוריה</t>
   </si>
   <si>
     <t>דייאן בן נאדיה</t>
   </si>
   <si>
     <t>דן בן בריג׳יט</t>
   </si>
   <si>
     <t>דן בן לירז</t>
   </si>
   <si>
     <t>דניאלֹ בן מרינה</t>
   </si>
   <si>
     <t>דניאל בן אסתר</t>
   </si>
   <si>
     <t>דניאל בן טניה</t>
   </si>
   <si>
     <t>דניאל בן ליז רבקה</t>
   </si>
   <si>
     <t>דניאל בן מרינה</t>
   </si>
   <si>
     <t>דניאל בן רותם</t>
   </si>
   <si>
-    <t>דניאל יהודה בן שרית יוספה</t>
-[...1 lines deleted...]
-  <si>
     <t>הדר בן אורית</t>
   </si>
   <si>
     <t>הראלֹ בן מרים</t>
   </si>
   <si>
     <t>הרץ פיש בן אירן</t>
   </si>
   <si>
     <t>זיו רועי בן מירב</t>
   </si>
   <si>
     <t>חגי בן אוריאנה</t>
   </si>
   <si>
     <t>חגי בן פרידה</t>
   </si>
   <si>
     <t>חגי נפתלי בן אסתר אביגיל</t>
   </si>
   <si>
     <t>חיים בן גלית</t>
   </si>
   <si>
     <t>חיים בן נטלי</t>
   </si>
   <si>
     <t>חיים בן סולטנה</t>
   </si>
   <si>
     <t>חיים משה נפתלי בן רות רייזל</t>
   </si>
   <si>
     <t>חיים נחום בן פייגא רבקה</t>
   </si>
   <si>
     <t>חנוך בן גילה</t>
   </si>
   <si>
     <t>טל בן אלונה</t>
   </si>
   <si>
+    <t>טל בן דורית</t>
+  </si>
+  <si>
     <t>טל בן מיכל</t>
   </si>
   <si>
     <t>יאיר בן איילה</t>
   </si>
   <si>
     <t>יאיר בן איריס</t>
   </si>
   <si>
-    <t>יאיר ידידיה בן מיכל בינה</t>
-[...1 lines deleted...]
-  <si>
     <t>יאיר יונה בן דרורה ציפורה מלכה</t>
   </si>
   <si>
     <t>יאיר משה בן יפעת</t>
   </si>
   <si>
     <t>יאיר נתנאל בן נעמי פייגא</t>
   </si>
   <si>
     <t>ידידיה בן עובדיה</t>
   </si>
   <si>
     <t>יהודה בן אסתר</t>
   </si>
   <si>
     <t>יהודה בן לאה</t>
   </si>
   <si>
     <t>יהונתן בן אופיר</t>
   </si>
   <si>
     <t>יהונתן בן חמדה</t>
   </si>
   <si>
     <t>יהונתן בן יונית</t>
@@ -785,53 +776,50 @@
   <si>
     <t>ניר בן מאיה</t>
   </si>
   <si>
     <t>ניר בן נטלי</t>
   </si>
   <si>
     <t>ניר בן פנינה</t>
   </si>
   <si>
     <t>ניר רפאל בן גלית בלה</t>
   </si>
   <si>
     <t>נעם בן אביטל</t>
   </si>
   <si>
     <t>נריה אהרון בן רונית</t>
   </si>
   <si>
     <t>נריה אורי בן אבישג</t>
   </si>
   <si>
     <t>נתן בן פטריסיה</t>
   </si>
   <si>
-    <t>נתנאל בן מסרת</t>
-[...1 lines deleted...]
-  <si>
     <t>נתנאל בן נאוה</t>
   </si>
   <si>
     <t>נתנאל בן נעמי פייגא</t>
   </si>
   <si>
     <t>נתנאל יהודה בן שלומית</t>
   </si>
   <si>
     <t>נתנאל יעקב בן יהודית שרה</t>
   </si>
   <si>
     <t>נתנאל מנחם בן טלי ויקטוריה</t>
   </si>
   <si>
     <t>נתנאל משה בן יוכבד</t>
   </si>
   <si>
     <t>סלע ישראל בן רני</t>
   </si>
   <si>
     <t>סער בן יעל</t>
   </si>
   <si>
     <t>סער בן לימור</t>
@@ -1070,95 +1058,89 @@
   <si>
     <t>סהר בן מיכל</t>
   </si>
   <si>
     <t>ישראל אליעד בן אילנה</t>
   </si>
   <si>
     <t>דוד בן תמר</t>
   </si>
   <si>
     <t>בר בן גיטה</t>
   </si>
   <si>
     <t>אדם בן לוסיה</t>
   </si>
   <si>
     <t>אייל בן רגינה</t>
   </si>
   <si>
     <t>אלרועי חנוך בן יעל</t>
   </si>
   <si>
     <t>ארי אפרים בן אילנית</t>
   </si>
   <si>
-    <t>ארי ייהודה בן ציפורה אסתר</t>
-[...1 lines deleted...]
-  <si>
     <t>דביר בן טובה</t>
   </si>
   <si>
     <t>דביר בן רינה</t>
   </si>
   <si>
     <t>חן אריאל בן אילנית</t>
   </si>
   <si>
     <t>יאיר בן מעיין</t>
   </si>
   <si>
     <t>יובל בן עמית</t>
   </si>
   <si>
     <t>יונתן בן איילה</t>
   </si>
   <si>
     <t>ינון בן ארלט</t>
   </si>
   <si>
     <t>ינון שלום בן שרה</t>
   </si>
   <si>
     <t>ליאור בן אסתר</t>
   </si>
   <si>
     <t>מיכאל מנחם בן שרה</t>
   </si>
   <si>
     <t>מעין בן אסנת</t>
   </si>
   <si>
     <t>מתנאל בן בתיה</t>
   </si>
   <si>
     <t>נדב בן הילה</t>
   </si>
   <si>
-    <t>נועם בן חגית</t>
-[...1 lines deleted...]
-  <si>
     <t>עדי מנחם בן מורן מירה</t>
   </si>
   <si>
     <t>איתי בן גיתית</t>
   </si>
   <si>
     <t>דניאל בן נליה</t>
   </si>
   <si>
     <t>ירין אליהו בן סיגל</t>
   </si>
   <si>
     <t>שילה בן תמר</t>
   </si>
   <si>
     <t>גלעד רחמים בן אסתר</t>
   </si>
   <si>
     <t>אליה בן מזל</t>
   </si>
   <si>
     <t>יהונתן בן חמו</t>
   </si>
   <si>
     <t>אביעד בן חנה</t>
@@ -1202,53 +1184,50 @@
   <si>
     <t>הדר חיה בת מלכה</t>
   </si>
   <si>
     <t>חיים ירון בן שושנה</t>
   </si>
   <si>
     <t>חן חנה בת כוכבה</t>
   </si>
   <si>
     <t>ליאל בן חנה</t>
   </si>
   <si>
     <t>מיכאל בן קירה</t>
   </si>
   <si>
     <t>נדב בן אסתר מיכל</t>
   </si>
   <si>
     <t>נדב בן דניאלה</t>
   </si>
   <si>
     <t>נווה בן עירית</t>
   </si>
   <si>
-    <t>ניב בן דינה</t>
-[...1 lines deleted...]
-  <si>
     <t>עומרי בן נילי</t>
   </si>
   <si>
     <t>עידו בן אילנית</t>
   </si>
   <si>
     <t>אריאל בן אפרת</t>
   </si>
   <si>
     <t>רועי בן אורלי</t>
   </si>
   <si>
     <t>שילה אפרים בן מיכל</t>
   </si>
   <si>
     <t>אייל בן רחל</t>
   </si>
   <si>
     <t>דוד אלימלך בן חנה</t>
   </si>
   <si>
     <t>דולב בן תמר</t>
   </si>
   <si>
     <t>דניאל בן אירינה</t>
@@ -1562,53 +1541,50 @@
   <si>
     <t>נתן בן רינה</t>
   </si>
   <si>
     <t>רם אורי בן מיטל</t>
   </si>
   <si>
     <t>רון בן אבישג</t>
   </si>
   <si>
     <t>רי בן לואיז</t>
   </si>
   <si>
     <t>יהונתן יצחק בן עתרת</t>
   </si>
   <si>
     <t>אבירם בן זיוה</t>
   </si>
   <si>
     <t>אברהם יוסף בן שיינא אסתר</t>
   </si>
   <si>
     <t>אדם מיכאל בן תקוה</t>
   </si>
   <si>
-    <t>אהרון בן שרה</t>
-[...1 lines deleted...]
-  <si>
     <t>אחיה בן יעל חיה</t>
   </si>
   <si>
     <t>איזיקיאל צינה מרטין בן גבריאל</t>
   </si>
   <si>
     <t>איתי בן לילך</t>
   </si>
   <si>
     <t>איתמר בן דבורה</t>
   </si>
   <si>
     <t>איתן יצחק בן עדנה</t>
   </si>
   <si>
     <t>אלנתן יוסף בן דפנה</t>
   </si>
   <si>
     <t>אנטון בן סטלה</t>
   </si>
   <si>
     <t>אסף דן בן מרים דבורה</t>
   </si>
   <si>
     <t>בנימין בן מיכאלה</t>
@@ -2993,63 +2969,240 @@
   <si>
     <t>עמרי ג׳ון בן שושנה</t>
   </si>
   <si>
     <t>ואדים בן לריסה</t>
   </si>
   <si>
     <t>חנן ישראל בן אסתר</t>
   </si>
   <si>
     <t>גדי בן אביבה</t>
   </si>
   <si>
     <t>גדעון בן ענת רחל</t>
   </si>
   <si>
     <t>אביחי אהרון בן שושנה אני</t>
   </si>
   <si>
     <t>אברהם חי בן נעמי</t>
   </si>
   <si>
     <t>אורי רחמים בן רחל</t>
   </si>
   <si>
-    <t>אוריה בן עדי</t>
-[...1 lines deleted...]
-  <si>
     <t>אושר אברהם בן מרים</t>
   </si>
   <si>
     <t>אייל עזריאל דב בן רוקסן מזל</t>
   </si>
   <si>
-    <t>אלנתן בן בת</t>
-[...1 lines deleted...]
-  <si>
     <t>ברוך בן דינה</t>
+  </si>
+  <si>
+    <t>אוריאל אביעזר בן מיכל לאה</t>
+  </si>
+  <si>
+    <t>הִלל אליעזר בן איבי</t>
+  </si>
+  <si>
+    <t>ידידה בן ציון בן עדינה פרידל</t>
+  </si>
+  <si>
+    <t>אודי יהודה בן מרגלית</t>
+  </si>
+  <si>
+    <t>אבי אביעד בן עופרה</t>
+  </si>
+  <si>
+    <t>‏אביה צופית בת נחמה</t>
+  </si>
+  <si>
+    <t>אוֹרי בן אפרת</t>
+  </si>
+  <si>
+    <t>אוֹרי בן גלית</t>
+  </si>
+  <si>
+    <t>אוּרִיאֶל בן אלישבע חֶפְצִי</t>
+  </si>
+  <si>
+    <t>אוראל אברהם בן מיכל לאה</t>
+  </si>
+  <si>
+    <t>אורי יוסף בן דבורה חיה</t>
+  </si>
+  <si>
+    <t>אוריאל בן חנה רחל</t>
+  </si>
+  <si>
+    <t>איתי בן סיגלית</t>
+  </si>
+  <si>
+    <t>איתי יעקב בן אלן מארי אילנה</t>
+  </si>
+  <si>
+    <t>איתמר בן דגנית</t>
+  </si>
+  <si>
+    <t>אלברט בן נילי</t>
+  </si>
+  <si>
+    <t>אלון בן איילת</t>
+  </si>
+  <si>
+    <t>אלון בן עידית</t>
+  </si>
+  <si>
+    <t>אליהו בן רחל</t>
+  </si>
+  <si>
+    <t>אלמוג בן נעמי</t>
+  </si>
+  <si>
+    <t>אלנתן חיים בן בת</t>
+  </si>
+  <si>
+    <t>אלעד בן לאה</t>
+  </si>
+  <si>
+    <t>אריאל בן חנה</t>
+  </si>
+  <si>
+    <t>בנימין זאב בן פאני</t>
+  </si>
+  <si>
+    <t>גדגיא בן שרה</t>
+  </si>
+  <si>
+    <t>גלעד בן סיגל</t>
+  </si>
+  <si>
+    <t>דב בן אסתר אתי</t>
+  </si>
+  <si>
+    <t>דוד אברהם  בן פנינה</t>
+  </si>
+  <si>
+    <t>דוד בן שושנה</t>
+  </si>
+  <si>
+    <t>דניאל בן צביה</t>
+  </si>
+  <si>
+    <t>הלל בן  יעל</t>
+  </si>
+  <si>
+    <t>וולודימיר בן סביטלנה</t>
+  </si>
+  <si>
+    <t>חן בן מאיה</t>
+  </si>
+  <si>
+    <t>יוחאי עובדיה בן אביטל</t>
+  </si>
+  <si>
+    <t>יניב מאיר בן חיה ביילה ליסה</t>
+  </si>
+  <si>
+    <t>יניר בן קרן</t>
+  </si>
+  <si>
+    <t>יצחק בן ירדנה</t>
+  </si>
+  <si>
+    <t>יצחק יוסף בן יהודית חנה</t>
+  </si>
+  <si>
+    <t>כפיר עומר בן דגנית</t>
+  </si>
+  <si>
+    <t>מורן בת מיכל מזל</t>
+  </si>
+  <si>
+    <t>משה בן עינת</t>
+  </si>
+  <si>
+    <t>מתן מרדכי בן סימה</t>
+  </si>
+  <si>
+    <t>נדב בן ברכה</t>
+  </si>
+  <si>
+    <t>ניב בן עדינה</t>
+  </si>
+  <si>
+    <t>נעם בן טליה</t>
+  </si>
+  <si>
+    <t>נפתלי נתן בן אנג׳לין</t>
+  </si>
+  <si>
+    <t>נתנאל בן פאני</t>
+  </si>
+  <si>
+    <t>עדן יהודה בן אננה</t>
+  </si>
+  <si>
+    <t>עוגן חי בן דבורה</t>
+  </si>
+  <si>
+    <t>עוז משה בן יעל שושנה</t>
+  </si>
+  <si>
+    <t>עומר בן יהודית</t>
+  </si>
+  <si>
+    <t>פיליפ בן קרינה</t>
+  </si>
+  <si>
+    <t>רואי יששכר בן עופרה</t>
+  </si>
+  <si>
+    <t>רום בן נועה תמר</t>
+  </si>
+  <si>
+    <t>רפאל ניסים בן יהודית</t>
+  </si>
+  <si>
+    <t>שילה בן מירב</t>
+  </si>
+  <si>
+    <t>שלומי בן רויטל</t>
+  </si>
+  <si>
+    <t>שמונדי בן טרקץ</t>
+  </si>
+  <si>
+    <t>איתי בן טלי</t>
+  </si>
+  <si>
+    <t>גפן דוד בן אסתר</t>
+  </si>
+  <si>
+    <t>ראובן יוסף בן פטריסיה</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3064,51 +3217,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:A999"/>
+  <dimension ref="A1:A1050"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5">
@@ -8062,50 +8215,305 @@
       </c>
     </row>
     <row r="995">
       <c r="A995" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" t="s">
         <v>998</v>
+      </c>
+    </row>
+    <row r="1000">
+      <c r="A1000" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="1001">
+      <c r="A1001" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1002">
+      <c r="A1002" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="1003">
+      <c r="A1003" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="1004">
+      <c r="A1004" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="1005">
+      <c r="A1005" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="1006">
+      <c r="A1006" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="1007">
+      <c r="A1007" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="1008">
+      <c r="A1008" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="1009">
+      <c r="A1009" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="1010">
+      <c r="A1010" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="1011">
+      <c r="A1011" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="1012">
+      <c r="A1012" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="1013">
+      <c r="A1013" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="1014">
+      <c r="A1014" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="1015">
+      <c r="A1015" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="1016">
+      <c r="A1016" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="1017">
+      <c r="A1017" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="1018">
+      <c r="A1018" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="1019">
+      <c r="A1019" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="1020">
+      <c r="A1020" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="1021">
+      <c r="A1021" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="1022">
+      <c r="A1022" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="1023">
+      <c r="A1023" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="1024">
+      <c r="A1024" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="1025">
+      <c r="A1025" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="1026">
+      <c r="A1026" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="1027">
+      <c r="A1027" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="1028">
+      <c r="A1028" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="1029">
+      <c r="A1029" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="1030">
+      <c r="A1030" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="1031">
+      <c r="A1031" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="1032">
+      <c r="A1032" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="1033">
+      <c r="A1033" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="1034">
+      <c r="A1034" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="1035">
+      <c r="A1035" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="1036">
+      <c r="A1036" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="1037">
+      <c r="A1037" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="1041">
+      <c r="A1041" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="1042">
+      <c r="A1042" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="1043">
+      <c r="A1043" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="1044">
+      <c r="A1044" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="1045">
+      <c r="A1045" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="1046">
+      <c r="A1046" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="1047">
+      <c r="A1047" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="1048">
+      <c r="A1048" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="1049">
+      <c r="A1049" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="1050">
+      <c r="A1050" t="s">
+        <v>1049</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>CodexWorld\PhpXlsxGenerator</Application>
   <Company>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Company>
   <Manager>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>